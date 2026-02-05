--- v0 (2025-11-04)
+++ v1 (2026-02-05)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9a7814dd83a48f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6017b8f2a9b64d668b5a75ceded96a6d.psmdcp" Id="Re6172d4aae1e4500" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb5b84257a814c9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/74668fd6abaf4a9fa5b712030d57a894.psmdcp" Id="R75cf21d8c63d4cf7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C0501</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Population Usually Resident and Present in the State</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/6/2020 11:00:00 AM</x:t>
+    <x:t>06/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0501/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P5</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 5 - Ethnic or Cultural Background including the Irish Traveller Community</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -610,523 +610,210 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...471 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02688V03255" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="Ethnic or Cultural Background" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02779V03348" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="31">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+      </items>
+    </pivotField>
+    <pivotField name="Province County or City" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="31">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L931" totalsRowShown="0">
   <x:autoFilter ref="A1:L931"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02688V03255"/>
     <x:tableColumn id="6" name="Ethnic or Cultural Background"/>
     <x:tableColumn id="7" name="C02779V03348"/>
     <x:tableColumn id="8" name="Province County or City"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1399,51 +1086,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0501/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1630,51 +1317,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L931"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="48.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="44.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="24.282054" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -37044,51 +36731,51 @@
       <x:c r="I931" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J931" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K931" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L931" s="0">
         <x:v>27253</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -37105,51 +36792,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L931" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="C0501"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v=" Population Usually Resident and Present in the State"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -38058,27 +37745,13048 @@
         <x:n v="62621"/>
         <x:n v="573805"/>
         <x:n v="53810"/>
         <x:n v="237810"/>
         <x:n v="66587"/>
         <x:n v="89497"/>
         <x:n v="72927"/>
         <x:n v="53174"/>
         <x:n v="244417"/>
         <x:n v="112119"/>
         <x:n v="13952"/>
         <x:n v="60033"/>
         <x:n v="28302"/>
         <x:n v="30011"/>
         <x:n v="130246"/>
         <x:n v="30841"/>
         <x:n v="72152"/>
         <x:n v="27253"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3645199"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1945056"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44497"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="966392"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="162098"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="79029"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59624"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29579"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="98664"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="143901"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63283"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69081"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="117912"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="110996"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1025536"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="95308"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="421162"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="118344"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="161718"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="134066"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="94938"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="434406"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="194508"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25379"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="108836"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52128"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53555"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="240201"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56646"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="133753"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49802"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22369"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11315"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5029"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="478"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="347"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="486"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="552"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="419"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="715"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="722"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="623"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1138"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="538"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5382"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="665"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1281"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="694"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1411"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="890"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="441"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4908"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3113"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="938"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="308"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="357"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="764"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="289041"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="161897"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3204"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93829"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13177"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4562"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3635"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2409"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5208"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10444"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3727"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5077"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8310"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8315"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77232"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7520"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33970"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10046"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10353"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8935"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6408"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34608"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16777"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2318"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8031"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3890"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3592"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15304"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4296"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6976"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4032"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40525"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29251"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="306"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19661"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2304"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="323"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="512"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="442"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2325"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1841"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="716"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="267"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7320"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1124"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3161"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="578"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1197"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="307"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="953"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2956"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2216"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="343"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="998"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="593"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3793"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2384"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1471"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="884"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="442"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="402"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16533"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13016"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10469"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="433"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="359"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="485"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2475"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="991"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="566"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="270"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="739"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="446"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35812"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25652"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20155"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1304"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="346"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="704"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="788"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="430"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="329"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="748"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6236"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="523"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2589"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="837"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1226"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="525"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="536"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2804"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1392"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="554"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="297"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="420"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1120"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="312"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="618"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46438"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27801"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="432"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17049"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2195"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="654"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="563"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="351"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="992"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1597"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="739"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="812"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1021"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1396"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10648"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1274"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4518"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1354"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1506"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1059"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="937"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6071"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3371"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="297"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1125"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="758"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="520"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1918"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="508"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="982"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="428"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72303"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44886"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="831"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28776"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2634"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1191"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="964"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="740"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1858"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2155"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1129"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1326"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1405"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1877"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17722"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2060"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7229"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2627"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2228"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1857"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1721"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6678"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3558"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="267"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1318"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="558"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="977"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3017"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="972"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1338"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="707"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4172013"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2261258"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49896"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1162831"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="184857"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="86577"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66214"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34295"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="110659"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="161910"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70260"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="78384"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="130648"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="124727"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1153435"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="108760"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="475343"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="134782"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="180314"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="147944"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="106292"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="493572"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="225635"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28672"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="121353"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58220"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59692"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="263748"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63323"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="144834"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55591"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1804819"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="954510"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22307"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="465956"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80875"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39669"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30016"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14888"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48828"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72298"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31652"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34297"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58655"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55069"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="511060"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47808"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="208578"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59457"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80509"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67574"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47134"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="218060"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="97102"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12954"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54850"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26644"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26510"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="121189"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28757"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67163"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25269"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10990"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5553"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2484"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="356"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="346"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="330"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="540"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2623"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="608"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="342"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="662"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="437"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2418"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1488"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="475"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="396"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="156855"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="88315"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1921"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50153"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7518"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2540"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2173"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1403"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2859"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5976"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2089"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2856"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4536"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4291"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42019"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4035"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18441"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5361"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5855"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4862"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3465"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18467"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9004"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1237"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4192"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2107"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1927"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8054"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2456"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3461"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2137"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19774"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14167"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9537"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1108"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1095"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="867"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="332"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3685"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="561"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1552"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="664"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="446"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1390"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1053"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="532"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="313"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2038"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1223"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="747"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="495"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8687"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6834"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5497"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1281"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="512"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="319"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="412"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18311"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13128"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10378"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="656"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="394"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="360"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3219"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="274"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1228"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="477"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="719"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="257"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1452"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="738"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="512"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="282"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24683"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14761"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8963"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1199"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="364"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="533"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="857"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="422"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="453"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="542"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="665"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5667"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="691"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2379"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="724"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="827"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="550"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="496"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3267"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1850"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="547"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="448"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="988"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="479"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39035"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24414"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="448"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15882"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1415"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="595"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="513"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="406"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="958"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1130"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="616"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="689"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="774"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="988"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9581"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1091"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3984"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1385"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1201"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1003"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="917"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3450"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1884"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="703"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="449"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1590"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="531"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="680"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="379"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2085192"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1122905"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25403"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="569597"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93363"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43791"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33708"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17489"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55049"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="82112"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35452"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39345"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="65490"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62106"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="579630"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54950"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="237533"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="68195"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="90817"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="75017"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53118"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="249155"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="113516"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14720"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61320"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29918"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29681"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="133502"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32482"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72682"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28338"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1840380"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="990546"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22190"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="500436"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="81223"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39360"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29608"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14691"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49836"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="71603"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31631"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34784"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59257"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55927"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="514476"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47500"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="212584"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58887"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="81209"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66492"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47804"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="216346"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="97406"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12425"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53986"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25484"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27045"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="119012"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27889"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66590"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="White Irish"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24533"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11379"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5762"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2545"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="359"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="376"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="293"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="598"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2759"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="317"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="673"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="749"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="453"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2490"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1625"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="463"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="368"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="White Irish Traveller"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="132186"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73582"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1283"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43676"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5659"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2022"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1462"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1006"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2349"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4468"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1638"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2221"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3774"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4024"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35213"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3485"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15529"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4685"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4498"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4073"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2943"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16141"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7773"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1081"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3839"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1783"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1665"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7250"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1840"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3515"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="Any other White background"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1895"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20751"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15084"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10124"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1196"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1230"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="974"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="384"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3635"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="563"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1609"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="533"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="507"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1566"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1163"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="466"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Black or Black Irish - African"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1755"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1161"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="724"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="389"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="Black or Black Irish - any other Black background"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7846"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6182"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4972"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1194"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="479"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="327"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="Asian or Asian Irish - Chinese"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17501"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12524"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9777"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="648"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="370"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="394"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="388"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3017"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1361"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="360"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="507"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1352"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="654"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="608"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="336"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="Asian or Asian Irish - any other Asian background"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21755"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13040"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8086"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="996"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="459"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="740"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="317"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="359"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="479"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="731"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4981"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="583"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2139"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="630"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="679"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="509"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="441"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2804"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1521"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="578"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="930"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="503"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Other including mixed background"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33268"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20472"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="383"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12894"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1219"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="596"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="451"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="900"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1025"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="513"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="637"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="631"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="889"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8141"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="969"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3245"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1242"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1027"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="854"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="804"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3228"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1674"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="615"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="528"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1427"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="441"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="658"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Not stated"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="328"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2086821"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1138353"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24493"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="593234"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="91494"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42786"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32506"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16806"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55610"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="79798"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34808"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39039"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="65158"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62621"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="573805"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53810"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="237810"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66587"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="89497"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72927"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53174"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="244417"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="112119"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13952"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60033"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28302"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30011"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="130246"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30841"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72152"/>
+  </r>
+  <r>
+    <s v="C0501"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ethnic or cultural backgrounds"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27253"/>
+  </r>
+</pivotCacheRecords>
 </file>