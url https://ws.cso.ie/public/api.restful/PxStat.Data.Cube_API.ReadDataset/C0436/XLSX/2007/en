--- v0 (2025-11-05)
+++ v1 (2026-01-06)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8863a1359c4149ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d122a9c50e134b7b9732d4a2eab30d41.psmdcp" Id="Re02d582477ae45e7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R957228312f294c91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/04b59247b6524f8db7cae686392accc1.psmdcp" Id="R1624d5bb653646e4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C0436</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Population Usually Resident and Present in the State</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/13/2020 11:00:00 AM</x:t>
+    <x:t>13/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0436/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P4</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 4 - Usual Residence Migration Birthplaces and Nationalities</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -574,467 +574,196 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...415 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="19">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="19">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02537V03240" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="15">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+      </items>
+    </pivotField>
+    <pivotField name="Nationality" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="15">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L856" totalsRowShown="0">
   <x:autoFilter ref="A1:L856"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02076V03371"/>
     <x:tableColumn id="4" name="Age Group"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="C02537V03240"/>
     <x:tableColumn id="8" name="Nationality"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1307,51 +1036,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0436/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1538,51 +1267,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L856"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="48.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="16.567768" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="25.567768" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -34102,51 +33831,51 @@
       <x:c r="I856" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J856" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K856" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L856" s="0">
         <x:v>33020</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -34163,51 +33892,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L856" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="C0436"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v=" Population Usually Resident and Present in the State"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02076V03371">
       <x:sharedItems count="19">
         <x:s v="-"/>
         <x:s v="205"/>
         <x:s v="245"/>
         <x:s v="265"/>
         <x:s v="300"/>
         <x:s v="365"/>
         <x:s v="410"/>
         <x:s v="440"/>
         <x:s v="460"/>
         <x:s v="475"/>
         <x:s v="495"/>
@@ -35031,27 +34760,11998 @@
         <x:n v="916"/>
         <x:n v="1057"/>
         <x:n v="47755"/>
         <x:n v="13919"/>
         <x:n v="13824"/>
         <x:n v="95"/>
         <x:n v="4"/>
         <x:n v="16"/>
         <x:n v="1"/>
         <x:n v="298"/>
         <x:n v="14735"/>
         <x:n v="31402"/>
         <x:n v="31239"/>
         <x:n v="163"/>
         <x:n v="80"/>
         <x:n v="3"/>
         <x:n v="759"/>
         <x:n v="33020"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3706683"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3661560"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45123"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="112548"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42693"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="120534"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24425"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35326"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46952"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12475"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22422"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2358"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1318"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44279"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4172013"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1836897"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1814754"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22143"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56210"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20760"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73033"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13146"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17560"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24566"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5572"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11708"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1162"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="751"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23827"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2085192"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1869786"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1846806"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22980"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56338"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21933"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47501"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11279"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17766"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22386"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6903"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10714"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1196"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="567"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20452"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2086821"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="283428"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="278262"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5166"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2528"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="989"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4198"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="697"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1430"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1484"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="926"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="861"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3706"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="300683"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="144978"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="142373"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2605"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1295"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="497"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2141"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="345"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="703"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="728"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="463"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="456"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1936"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="153767"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="138450"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="135889"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2561"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1233"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="492"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2057"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="727"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="756"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="463"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="405"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1770"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="146916"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="263614"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="258291"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5323"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5773"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1019"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3398"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1351"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3593"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2242"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1365"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1226"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3446"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="287313"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="135283"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="132582"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2701"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2920"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="528"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1754"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="710"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1847"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1175"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="718"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="596"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1799"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="147471"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="128331"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="125709"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2622"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2853"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="491"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1644"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="641"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1746"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1067"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="647"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="630"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1647"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="139842"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="250239"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="245504"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4735"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7350"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1029"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2411"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1201"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2624"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1771"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1244"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1248"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3166"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="272500"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="128437"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="126009"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2428"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3744"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="566"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1262"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="641"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1256"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="880"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="599"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="593"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1696"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="139772"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="121802"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="119495"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2307"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3606"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="463"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1149"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="560"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1368"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="891"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="645"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="655"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1470"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="132728"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="265613"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="262007"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3606"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6506"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1332"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3821"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1196"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2141"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1556"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="836"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1259"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2687"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="287121"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="136129"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="134349"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1780"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3205"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="549"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1914"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="596"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="998"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="874"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="407"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="640"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1493"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="146891"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="129484"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="127658"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1826"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3301"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="783"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1907"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="600"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1143"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="682"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="429"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="619"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1194"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="140230"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="271164"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="269145"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2019"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4916"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5742"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29509"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2323"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2474"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8500"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="779"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2504"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3135"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="331344"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="136868"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="135912"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="956"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2210"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2353"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15938"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1114"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1081"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4709"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1259"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1908"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="167848"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="134296"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="133233"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1063"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2706"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3389"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13571"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1209"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1393"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3791"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="521"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1245"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1227"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="163496"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="280899"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="278770"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2129"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7110"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9678"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36058"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5274"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4624"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11130"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="883"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4148"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="304"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3341"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="363586"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="139156"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="138150"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1006"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3290"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4552"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22061"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2564"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1829"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5696"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="319"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2087"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2063"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="183838"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="141743"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="140620"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1123"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3820"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5126"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13997"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2710"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2795"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5434"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="564"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2061"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1278"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="179748"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="279282"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="276303"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2979"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10278"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7692"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17102"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5164"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7109"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8422"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="953"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3605"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3004"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="343043"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="138067"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="136664"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1403"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5273"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3777"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11622"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2952"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3120"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4286"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="427"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1984"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1828"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="173569"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="141215"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="139639"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1576"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5005"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3915"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5480"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2212"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3989"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4136"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="526"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1621"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1176"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="169474"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="267596"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="263367"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4229"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13814"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4937"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8759"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3304"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6222"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5637"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1260"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2391"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2782"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="317078"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="132524"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="130502"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2022"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7061"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2609"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6147"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1976"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3502"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2976"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="537"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1376"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1722"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="160644"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="135072"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="132865"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2207"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6753"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2328"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2612"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1328"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2720"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2661"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="723"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1015"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1060"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="156434"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="261461"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="257281"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4180"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13061"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3091"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6208"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1704"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2982"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2869"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1156"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1605"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2420"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="296844"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="128674"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="126636"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2038"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6705"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1559"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4268"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1032"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1892"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1565"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="476"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="900"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1368"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="148594"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="132787"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="130645"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2142"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6356"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1532"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1940"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="672"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1090"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1304"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="680"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="705"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1052"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="148250"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="245284"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="242375"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2909"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9519"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2109"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4944"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1027"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1195"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1734"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="823"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1103"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2543"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="270507"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="121439"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="120008"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1431"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4804"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1148"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3298"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="606"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="837"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="873"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="357"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="603"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1399"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="135491"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="123845"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="122367"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1478"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4715"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="961"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1646"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="421"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="358"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="861"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="466"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="500"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1144"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="135016"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="225988"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="224175"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1813"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7468"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1537"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2542"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="528"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="447"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="782"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="533"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="701"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2372"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="243032"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="113196"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="112304"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="892"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3817"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="807"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1653"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="388"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="383"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1265"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="122342"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="112792"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="111871"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="921"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3651"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="730"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="889"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="394"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="318"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1107"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="120690"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="206624"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="205156"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1468"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7600"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1281"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="972"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="386"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="454"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="544"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2552"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="221043"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="104352"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="103591"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="761"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3877"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="656"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="598"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="260"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1342"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="111803"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="102272"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="101565"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="707"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3723"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="625"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="374"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="284"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1210"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="109240"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="167264"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="166046"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1218"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5864"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="817"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="335"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="336"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2323"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="177719"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="84325"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="83764"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="561"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2900"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="451"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1210"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="89631"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="82939"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="82282"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="657"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2964"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="366"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1113"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="88088"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="132529"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="131487"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1042"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4131"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="617"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1909"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="140085"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="65511"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="65026"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="485"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2080"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="325"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="951"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69316"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67018"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66461"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="557"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2051"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="958"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70769"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="111857"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="110938"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="919"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2690"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="338"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1355"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="116918"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53051"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52608"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="443"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1360"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="612"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55513"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58806"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58330"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="476"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1330"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="743"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61405"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="87136"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="86408"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="728"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1819"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1345"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="91163"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37748"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37397"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="351"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="843"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="534"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39548"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49388"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49011"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="377"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="976"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="811"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51615"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61384"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60982"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="402"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1205"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1136"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64279"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23240"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23055"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="522"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="403"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24419"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38144"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37927"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="683"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="733"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39860"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45321"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45063"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="916"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1057"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47755"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13919"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13824"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="304"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14735"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE-"/>
+    <s v="All Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31402"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31239"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Irish-Other"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GB01"/>
+    <s v="UK (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="612"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="EU15X02"/>
+    <s v="EU15 excluding Irish and UK"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ACC10"/>
+    <s v="EU15 to EU25 states"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="OEUR01"/>
+    <s v="Other European (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AFR01"/>
+    <s v="African (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AS01"/>
+    <s v="Asian (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="American (US)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ON14"/>
+    <s v="Other nationalities (14)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ10"/>
+    <s v="Multi nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ30"/>
+    <s v="No nationality"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZ98"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="759"/>
+  </r>
+  <r>
+    <s v="C0436"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33020"/>
+  </r>
+</pivotCacheRecords>
 </file>