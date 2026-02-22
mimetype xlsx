--- v1 (2026-01-06)
+++ v2 (2026-02-22)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R957228312f294c91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/04b59247b6524f8db7cae686392accc1.psmdcp" Id="R1624d5bb653646e4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5addd54b3cb49ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/22d6c046a47d4d0a924b7a2f06b3d84f.psmdcp" Id="Ra128b0072cc34c19" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>