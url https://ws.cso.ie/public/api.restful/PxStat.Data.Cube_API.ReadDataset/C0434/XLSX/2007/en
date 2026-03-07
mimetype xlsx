--- v0 (2025-11-14)
+++ v1 (2026-03-07)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48c2b04af13746d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/899e65d0be0348be912aa1854b67387f.psmdcp" Id="R7076ef86074a4c0b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rddc35fad475d4d07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/18c96429522b41ba89389b13dd4be069.psmdcp" Id="R848a5e7404ab4fd2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C0434</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Percentage of Population Born Outside County of Enumeration by Birthplace</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/13/2020 11:00:00 AM</x:t>
+    <x:t>13/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0434/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P4</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 4 - Usual Residence Migration Birthplaces and Nationalities</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -604,483 +604,188 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...431 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="C02779V03348" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="32">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+      </items>
+    </pivotField>
+    <pivotField name="Place of Enumeration" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="32">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H1153" totalsRowShown="0">
   <x:autoFilter ref="A1:H1153"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="C02779V03348"/>
     <x:tableColumn id="2" name="Place of Enumeration"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="CensusYear"/>
     <x:tableColumn id="5" name="STATISTIC"/>
     <x:tableColumn id="6" name="Statistic Label"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1349,51 +1054,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0434/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1580,51 +1285,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H1153"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="22.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="13.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.996339" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="66.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="8.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>39</x:v>
@@ -31590,51 +31295,51 @@
       <x:c r="E1153" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F1153" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G1153" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H1153" s="0">
         <x:v>35.9</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -31651,51 +31356,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H1153" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02779V03348">
       <x:sharedItems count="32">
         <x:s v="-"/>
         <x:s v="A"/>
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="03"/>
         <x:s v="04"/>
         <x:s v="05"/>
         <x:s v="06"/>
         <x:s v="07"/>
         <x:s v="08"/>
         <x:s v="09"/>
         <x:s v="10"/>
         <x:s v="11"/>
         <x:s v="12"/>
         <x:s v="B"/>
         <x:s v="13"/>
         <x:s v="14"/>
         <x:s v="15"/>
         <x:s v="16"/>
         <x:s v="171"/>
         <x:s v="172"/>
@@ -32851,27 +32556,11548 @@
         <x:n v="2634"/>
         <x:n v="1473"/>
         <x:n v="23"/>
         <x:n v="52593"/>
         <x:n v="37565"/>
         <x:n v="8099"/>
         <x:n v="3515"/>
         <x:n v="1641"/>
         <x:n v="246"/>
         <x:n v="1253"/>
         <x:n v="28.6"/>
         <x:n v="55997"/>
         <x:n v="35896"/>
         <x:n v="9596"/>
         <x:n v="3585"/>
         <x:n v="2190"/>
         <x:n v="259"/>
         <x:n v="305"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="3525719"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="2626053"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="670941"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="35986"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="126487"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="11378"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="14533"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="40341"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="25.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="3626087"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="2670280"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="684630"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="41109"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="145640"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="12504"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="18753"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="53171"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="26.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="3917203"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="2695033"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="773691"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="52884"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="194248"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="17583"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="28063"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="155701"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="31.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="4239848"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="2707918"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="861829"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="53292"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="215511"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="18268"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="32380"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="350650"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="36.1"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="1860949"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="1321587"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="421031"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="20396"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="62559"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="4747"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="6425"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="24204"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="1924702"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="1360018"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="424975"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="23207"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="70421"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="5154"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="8258"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="32669"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="29.3"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="2105579"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="1378795"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="483983"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="27053"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="91884"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="7950"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="12523"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="103391"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="34.5"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="2295123"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="1382515"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="541476"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="27004"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="97295"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="7838"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="14688"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="224307"/>
+  </r>
+  <r>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="39.8"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="40942"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="27619"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="11561"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="1271"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="32.5"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="41616"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="28850"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="10699"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="1445"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="335"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="30.7"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="46014"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="28422"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="13783"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="2110"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="1274"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="38.2"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="50349"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="27345"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="16441"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="2475"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="3604"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="45.7"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="1025304"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="787914"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="166181"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="12121"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="33965"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="3082"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="4457"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="17584"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="23.2"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="1058264"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="809882"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="165689"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="13180"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="36732"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="3279"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="5529"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="23973"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="23.5"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="1122821"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="798527"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="178055"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="15046"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="44452"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="4771"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="7815"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="74155"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="28.9"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="1187176"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="796150"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="171879"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="14053"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="42801"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="4284"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="8986"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="149023"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="32.9"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="122656"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="59273"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="56220"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="1058"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="4289"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="274"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="1208"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="51.7"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="134992"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="63107"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="62891"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="1198"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="5341"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="347"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="514"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="1594"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="53.3"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="163944"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="75237"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="71445"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="1485"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="7733"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="708"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="945"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="6391"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="54.1"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="186335"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="75733"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="82659"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="1644"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="8419"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="729"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="1063"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="16088"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="59.4"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="73635"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="54928"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="15181"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="2462"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="541"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="25.4"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="75336"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="54481"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="16011"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="3258"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="923"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="27.7"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="80339"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="53220"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="20403"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="375"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="4008"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="410"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="1770"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="33.8"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="87558"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="54582"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="23021"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="432"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="4651"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="446"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="4240"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="37.7"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="52314"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="38032"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="12338"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="1408"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="27.3"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="52945"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="38427"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="12135"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="1690"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="358"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="27.4"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="58774"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="38819"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="15797"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="2608"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="1032"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="67059"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="39717"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="19742"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="274"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="3124"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="3878"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="40.8"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="30296"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="20823"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="7975"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="1048"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="31.3"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="30166"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="21596"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="6827"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="1247"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="28.4"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="31068"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="20036"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="8181"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="1708"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="683"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="35.5"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="34391"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="19603"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="9646"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="2015"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="2568"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="90724"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="71345"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="12594"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="3351"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="2456"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="549"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="21.4"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="92166"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="71131"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="12623"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="4705"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="2537"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="719"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="22.8"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="101821"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="73513"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="16005"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="5295"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="2806"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="396"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="3454"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="27.8"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="111267"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="75468"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="17875"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="5337"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="4041"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="374"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="486"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="7686"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="32.2"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="105370"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="52707"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="46630"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="1166"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="3588"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="768"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="109732"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="54103"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="48751"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="1293"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="4041"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="358"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="920"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="50.7"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="134005"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="64546"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="56030"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="1602"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="6343"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="547"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="771"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="4166"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="51.8"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="162831"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="64644"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="75154"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="1949"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="7459"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="707"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="943"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="11975"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="60.3"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="58494"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="42070"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="14098"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="1631"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="314"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="28.1"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="59117"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="43913"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="12472"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="1903"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="385"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="25.7"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="63663"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="41824"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="17238"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="2704"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="1183"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="34.3"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="70868"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="41875"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="20922"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="322"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="3206"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="331"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="4043"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="40.9"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="61880"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="39399"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="19223"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="386"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="2064"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="484"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="36.3"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="63314"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="41497"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="17985"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="407"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="2435"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="640"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="34.5"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="71858"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="42956"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="21440"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="543"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="3786"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="459"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="2432"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="40.2"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="79346"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="43618"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="24276"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="606"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="4112"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="274"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="521"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="5939"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="102069"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="83290"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="13632"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="3842"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="707"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="18.4"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="104371"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="83905"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="14348"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="378"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="4498"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="915"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="19.6"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="116596"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="85391"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="20843"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="510"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="6910"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="2409"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="26.8"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="131749"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="88544"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="27141"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="627"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="7950"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="409"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="6779"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="32.8"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="97265"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="44187"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="45398"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="1028"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="4535"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="331"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="294"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="1492"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="54.6"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="102683"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="49126"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="44544"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="1088"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="5294"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="391"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="452"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="1788"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="52.2"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="114676"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="56304"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="44763"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="1251"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="6716"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="491"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="709"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="4442"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="50.9"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="126194"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="55236"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="52720"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="1328"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="7042"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="501"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="883"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="8484"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="56.2"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="1009533"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="800070"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="151259"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="3991"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="37818"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="1363"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="4477"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="10555"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="20.7"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="1033903"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="805456"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="158168"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="4579"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="44851"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="1652"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="5851"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="13346"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="22.1"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="1100614"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="816149"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="171639"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="5482"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="61093"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="2746"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="9119"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="34386"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="25.8"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="1173340"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="821782"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="186270"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="5817"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="66815"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="2977"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="9914"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="79765"/>
+  </r>
+  <r>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="90918"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="57934"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="26034"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="820"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="3968"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="674"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="1342"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="36.3"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="94006"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="60244"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="25529"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="870"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="4705"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="811"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="1648"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="35.9"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="103277"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="62618"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="26872"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="1004"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="6747"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="344"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="1342"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="4350"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="39.4"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="110950"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="61195"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="31359"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="980"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="7209"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="401"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="1611"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="8195"/>
+  </r>
+  <r>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="44.8"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="410369"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="348721"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="38565"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="1486"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="14804"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="600"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="1632"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="4561"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="420510"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="352107"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="41184"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="1706"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="17268"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="695"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="1943"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="5607"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="16.3"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="447829"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="357778"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="47173"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="1992"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="22747"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="1230"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="2854"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="14055"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="20.1"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="481295"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="364717"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="49768"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="2188"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="24901"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="1306"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="3321"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="35094"/>
+  </r>
+  <r>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="24.2"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="121894"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="96302"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="17036"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="395"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="5454"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="938"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="1628"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="126130"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="95323"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="19476"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="512"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="6848"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="1532"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="2206"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="24.4"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="132527"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="94841"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="19187"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="705"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="9471"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="2477"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="5551"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="28.4"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="139835"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="94414"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="21334"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="764"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="10518"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="304"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="2392"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="10109"/>
+  </r>
+  <r>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="32.5"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="161956"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="126792"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="26740"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="592"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="5478"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="702"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="1454"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="21.7"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="165042"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="126575"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="28822"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="665"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="6137"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="797"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="1849"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="23.3"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="175304"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="128116"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="31946"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="750"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="8057"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="331"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="1183"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="4921"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="26.9"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="184055"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="129171"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="31393"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="772"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="8549"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="356"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="1108"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="12706"/>
+  </r>
+  <r>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="29.8"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="57854"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="45014"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="10459"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="1702"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="307"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="22.2"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="58021"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="43900"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="11278"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="1994"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="463"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="24.3"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="61010"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="43302"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="12819"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="3081"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="1226"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="66023"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="41939"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="16330"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="3621"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="338"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="3397"/>
+  </r>
+  <r>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="36.5"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="74918"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="57165"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="14124"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="2680"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="516"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="23.7"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="75514"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="57104"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="14019"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="3189"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="651"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="24.4"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="79121"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="58677"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="13292"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="4645"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="333"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="1712"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="25.8"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="83221"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="58558"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="14323"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="336"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="5243"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="4208"/>
+  </r>
+  <r>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="29.6"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="91624"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="68142"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="18301"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="3732"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="747"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="25.6"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="94680"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="70203"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="17860"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="429"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="4710"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="398"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="922"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="25.9"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="101546"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="70817"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="20350"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="525"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="6345"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="676"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="2571"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="30.3"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="107961"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="71788"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="21763"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="528"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="6774"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="779"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="6056"/>
+  </r>
+  <r>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="33.5"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="423031"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="322091"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="71573"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="2587"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="18499"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="1069"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="2741"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="4471"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="23.9"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="433231"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="321162"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="76116"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="3134"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="22135"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="1263"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="3603"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="5818"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="25.9"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="464296"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="316751"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="90156"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="4631"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="32646"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="1782"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="4906"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="13424"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="31.8"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="504121"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="319787"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="100205"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="5090"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="37334"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="1994"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="5976"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="33735"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="36.6"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="180364"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="138771"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="28211"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="973"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="7955"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="357"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="1527"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="2570"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="23.1"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="188854"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="140794"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="31280"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="1256"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="9442"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="435"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="2248"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="3399"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="25.4"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="209077"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="142454"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="39575"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="1866"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="13732"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="633"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="2808"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="8009"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="31.9"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="231670"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="148216"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="42448"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="1946"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="15128"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="731"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="3598"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="19603"/>
+  </r>
+  <r>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="25301"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="18020"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="5625"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="328"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="862"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="28.8"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="25057"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="17429"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="5456"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="380"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="1196"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="30.4"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="25799"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="16445"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="6158"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="478"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="1818"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="544"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="36.3"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="28950"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="15922"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="7918"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="654"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="2377"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="323"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="1616"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="110713"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="89242"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="13718"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="452"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="5549"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="389"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="605"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="758"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="19.4"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="111524"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="88394"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="14064"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="547"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="6540"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="418"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="653"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="908"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="20.7"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="117446"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="86317"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="16185"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="1008"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="9792"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="606"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="1106"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="2432"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="26.5"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="123839"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="85450"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="18134"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="1045"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="11237"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="658"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="1142"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="6173"/>
+  </r>
+  <r>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="51897"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="36378"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="12827"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="1986"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="29.9"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="51975"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="35176"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="13472"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="2437"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="364"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="32.3"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="53774"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="32649"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="15495"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="380"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="3805"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="983"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="39.3"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="58768"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="31350"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="18753"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="436"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="4651"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="377"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="3023"/>
+  </r>
+  <r>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="46.7"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="54756"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="39680"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="11192"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="617"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="2147"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="629"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="27.5"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="55821"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="39369"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="11844"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="717"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="2520"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="361"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="778"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="29.5"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="58200"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="38886"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="12743"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="899"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="3499"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="274"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="443"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="1456"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="33.2"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="60894"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="38849"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="12952"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="1009"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="3941"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="287"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="536"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="3320"/>
+  </r>
+  <r>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="36.2"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="232206"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="182305"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="27078"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="9012"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="7611"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="4199"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="890"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="1111"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="21.5"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="234251"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="183644"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="25371"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="10189"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="8233"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="4435"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="1041"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="1338"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="21.6"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="246714"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="183338"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="27913"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="15718"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="8625"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="5105"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="1515"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="4500"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="25.7"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="267264"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="183834"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="33878"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="15381"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="14067"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="5459"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="1802"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="12843"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="31.2"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="52796"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="41039"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="8785"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="922"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="1455"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="22.3"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="52944"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="40192"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="9299"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="1034"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="1650"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="379"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="24.1"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="56546"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="40956"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="9913"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="1938"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="1934"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="392"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="1243"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="27.6"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="64003"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="41255"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="13299"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="1336"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="3307"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="453"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="4125"/>
+  </r>
+  <r>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="35.5"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="128117"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="103443"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="9399"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="5496"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="4712"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="3851"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="530"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="686"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="19.3"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="129994"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="103931"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="8977"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="6521"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="5110"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="4060"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="636"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="759"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="137575"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="104817"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="9901"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="10265"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="5050"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="4689"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="849"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="2004"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="23.8"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="147264"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="106683"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="10983"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="10460"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="8570"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="4972"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="1044"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="4552"/>
+  </r>
+  <r>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="27.6"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="51293"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="37823"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="8894"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="2594"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="1444"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="26.3"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="51313"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="39521"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="7095"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="2634"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="1473"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="52593"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="37565"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="8099"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="3515"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="1641"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="274"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="1253"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="28.6"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C1"/>
+    <s v="All persons enumerated"/>
+    <s v="Number"/>
+    <n v="55997"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C2"/>
+    <s v="Birthplace - Ireland (Republic) - county of enumeration"/>
+    <s v="Number"/>
+    <n v="35896"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C3"/>
+    <s v="Birthplace - Ireland (Republic) - county other than county of enumeration"/>
+    <s v="Number"/>
+    <n v="9596"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C4"/>
+    <s v="Birthplace - Northern Ireland"/>
+    <s v="Number"/>
+    <n v="3585"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C5"/>
+    <s v="Birthplace - England and Wales"/>
+    <s v="Number"/>
+    <n v="2190"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C6"/>
+    <s v="Birthplace - Scotland"/>
+    <s v="Number"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C7"/>
+    <s v="Birthplace - United States of America"/>
+    <s v="Number"/>
+    <n v="305"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C8"/>
+    <s v="Birthplace - Other countries"/>
+    <s v="Number"/>
+    <n v="4166"/>
+  </r>
+  <r>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0434C9"/>
+    <s v="Percentage of persons born outside county of enumeration"/>
+    <s v="%"/>
+    <n v="35.9"/>
+  </r>
+</pivotCacheRecords>
 </file>