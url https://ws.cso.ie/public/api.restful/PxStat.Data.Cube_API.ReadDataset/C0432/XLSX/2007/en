--- v0 (2025-11-05)
+++ v1 (2025-12-26)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81af5f5013524a4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2aac5caded604421b3633d0e4d845ed7.psmdcp" Id="Rd332d294e1e84691" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra341ea826ca04387" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bdda4735cb0044da9c071a7f46446b0a.psmdcp" Id="Rc013e80d2cc0457b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C0432</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Population Usually Resident and Present in the State</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/13/2020 11:00:00 AM</x:t>
+    <x:t>13/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0432/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P4</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 4 - Usual Residence Migration Birthplaces and Nationalities</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -568,459 +568,194 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...407 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="19">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="19">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02719V03286" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField name="Birthplace" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L799" totalsRowShown="0">
   <x:autoFilter ref="A1:L799"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02076V03371"/>
     <x:tableColumn id="4" name="Age Group"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="C02719V03286"/>
     <x:tableColumn id="8" name="Birthplace"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1293,51 +1028,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0432/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1524,51 +1259,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L799"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="48.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="16.567768" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="48.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -31922,51 +31657,51 @@
       <x:c r="I799" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J799" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K799" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L799" s="0">
         <x:v>33020</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -31983,51 +31718,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L799" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="C0432"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v=" Population Usually Resident and Present in the State"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02076V03371">
       <x:sharedItems count="19">
         <x:s v="-"/>
         <x:s v="205"/>
         <x:s v="245"/>
         <x:s v="265"/>
         <x:s v="300"/>
         <x:s v="365"/>
         <x:s v="410"/>
         <x:s v="440"/>
         <x:s v="460"/>
         <x:s v="475"/>
         <x:s v="495"/>
@@ -32848,27 +32583,11200 @@
         <x:n v="47755"/>
         <x:n v="10728"/>
         <x:n v="3030"/>
         <x:n v="276"/>
         <x:n v="61"/>
         <x:n v="5"/>
         <x:n v="31"/>
         <x:n v="14735"/>
         <x:n v="23306"/>
         <x:n v="7890"/>
         <x:n v="571"/>
         <x:n v="735"/>
         <x:n v="160"/>
         <x:n v="11"/>
         <x:n v="97"/>
         <x:n v="53"/>
         <x:n v="120"/>
         <x:n v="33020"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2710020"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="849364"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50172"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="204746"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16863"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24808"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63090"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27517"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="78810"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42764"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55628"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25181"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23050"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4172013"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1377480"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="389380"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24813"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="100832"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8603"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13955"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40148"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14706"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41400"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21647"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29073"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11570"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11585"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2085192"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1332540"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="459984"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25359"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="103914"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8260"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10853"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22942"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12811"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37410"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21117"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26555"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13611"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11465"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2086821"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="241399"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42753"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1854"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3809"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="829"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1970"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="899"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1825"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1042"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1730"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1660"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="727"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="300683"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="123616"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21830"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="929"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2001"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="421"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1023"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="496"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="908"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="503"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="718"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="849"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="382"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="153767"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="117783"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20923"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="925"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1808"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="408"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="947"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="403"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="917"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="539"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1012"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="811"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="345"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="146916"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="212432"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42796"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1983"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11580"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="527"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1041"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1579"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1893"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2439"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3727"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2876"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3059"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1381"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="287313"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="109054"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22005"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1021"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5848"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="535"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="811"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="984"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1273"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1914"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1460"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1582"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="709"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="147471"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="103378"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20791"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="962"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5732"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="506"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="768"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="909"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1166"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1813"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1416"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1477"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="672"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="139842"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="199372"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38307"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2029"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16272"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="751"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="781"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="936"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1506"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2509"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3085"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2330"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2970"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1652"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="272500"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="102437"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19709"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1040"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8229"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="411"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="415"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="484"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="796"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1306"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1497"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1165"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1506"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="777"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="139772"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="96935"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18598"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="989"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8043"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="340"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="366"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="452"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="710"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1203"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1588"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1165"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1464"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="875"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="132728"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="211741"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41182"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2071"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15246"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="622"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1176"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1467"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1715"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3116"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2722"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2094"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2287"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1682"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="287121"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="109375"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20452"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1037"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7696"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="629"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="677"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="845"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1466"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1311"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1161"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1112"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="830"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="146891"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="102366"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20730"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1034"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7550"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="322"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="547"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="790"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="870"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1650"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1411"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="933"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1175"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="852"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="140230"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="204758"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61562"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2337"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8293"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="643"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5740"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16205"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2281"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13941"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3056"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9012"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1238"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2278"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="331344"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="106415"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28504"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1175"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3886"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3151"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8838"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1079"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6637"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1349"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4950"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="480"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1083"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="167848"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="98343"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33058"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1162"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4407"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="342"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2589"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7367"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1202"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7304"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1707"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4062"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="758"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1195"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="163496"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="196521"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="76955"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3644"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11412"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1262"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5913"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20766"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5396"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19215"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5349"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11775"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1373"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4005"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="363586"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="100721"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35421"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1752"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5266"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="639"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3431"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12943"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2606"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10360"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2198"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6017"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="536"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1948"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="183838"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="95800"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41534"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1892"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6146"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="623"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2482"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7823"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2790"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8855"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3151"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5758"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="837"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2057"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="179748"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="184376"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="78595"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5013"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20032"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1750"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3468"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8821"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5458"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12557"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8142"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9177"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1791"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3863"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="343043"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="94004"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36545"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2576"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9780"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="931"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2054"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6434"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3093"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6958"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3665"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4665"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="810"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2054"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="173569"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="90372"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42050"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2437"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10252"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="819"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1414"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2387"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2365"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5599"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4477"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4512"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="981"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1809"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="169474"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="172676"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69586"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5138"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30685"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2417"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2171"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4129"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3626"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7446"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7400"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6597"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2583"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2624"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="317078"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="88105"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32328"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2711"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15117"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1316"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1328"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3287"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2127"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4139"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4172"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3519"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1093"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1402"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="160644"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="84571"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37258"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2427"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15568"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1101"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="843"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="842"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1499"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3307"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3228"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3078"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1490"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1222"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="156434"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="174100"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64448"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4423"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28340"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2108"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1588"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2769"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1923"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5066"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3973"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3939"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2433"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1734"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="296844"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="88261"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29359"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2227"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13984"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1134"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="907"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2212"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1136"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2757"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2470"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2178"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1054"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="915"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="148594"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="85839"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35089"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2196"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14356"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="974"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="681"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="557"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="787"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2309"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1503"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1761"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1379"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="819"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="148250"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="168965"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60960"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4132"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18883"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1639"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1211"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2333"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1265"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3632"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1993"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2633"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1660"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1201"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="270507"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="86626"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27393"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2117"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9245"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="815"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="645"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1850"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="738"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1995"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1302"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1427"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="711"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="627"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="135491"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="82339"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33567"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2015"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9638"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="824"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="566"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="483"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="527"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1637"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="691"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1206"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="949"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="574"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="135016"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="158001"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60185"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3858"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10900"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1192"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="536"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1321"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="692"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2323"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="946"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1412"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="978"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="688"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="243032"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="82574"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26777"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1915"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5497"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="619"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1036"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="379"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1190"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="582"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="763"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="408"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="331"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="122342"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="75427"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33408"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1943"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5403"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="573"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="313"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1133"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="364"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="649"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="570"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="357"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="120690"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="145622"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55981"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3704"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9412"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1069"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="481"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="407"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1702"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="541"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="794"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="680"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="440"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="221043"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77120"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24791"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1815"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4814"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="529"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="358"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="865"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="312"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="405"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="111803"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="68502"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31190"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1889"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4598"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="540"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="837"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="389"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="381"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="109240"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="117942"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46181"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3310"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6636"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="784"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1016"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="270"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="459"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="522"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="177719"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62295"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20628"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1591"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3258"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="395"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="553"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="89631"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55647"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25553"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1719"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3378"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="389"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="463"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="88088"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="95610"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34324"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2085"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5406"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="669"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="764"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="421"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="140085"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49043"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15246"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="992"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2681"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="340"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="399"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69316"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46567"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19078"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1093"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2725"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="329"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70769"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="81680"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28403"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1581"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3181"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="440"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="471"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="591"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="116918"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40111"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12061"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="757"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1563"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55513"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41569"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16342"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="824"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1618"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="293"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61405"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64575"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21538"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1248"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2091"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="349"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="357"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="560"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="91163"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28970"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8296"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="536"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="984"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39548"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35605"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13242"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="712"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1107"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="318"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51615"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46216"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14688"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="915"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1454"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64279"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18025"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5005"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="346"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="604"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24419"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28191"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9683"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="569"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="850"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39860"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34034"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10920"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="847"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1114"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47755"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10728"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3030"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="379"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14735"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE03"/>
+    <s v="Ireland - county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23306"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE04"/>
+    <s v="Ireland - county other than county of usual residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7890"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="571"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="735"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEUBP1"/>
+    <s v="Other EU25 (5)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="C0432"/>
+    <s v=" Population Usually Resident and Present in the State"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33020"/>
+  </r>
+</pivotCacheRecords>
 </file>