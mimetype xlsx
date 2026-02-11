--- v1 (2025-12-26)
+++ v2 (2026-02-11)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra341ea826ca04387" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bdda4735cb0044da9c071a7f46446b0a.psmdcp" Id="Rc013e80d2cc0457b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91f7d7f0a85e430b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b18198dd4ab34253b83d84811c221cb2.psmdcp" Id="Rabd9f3f8ed0d4a31" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>