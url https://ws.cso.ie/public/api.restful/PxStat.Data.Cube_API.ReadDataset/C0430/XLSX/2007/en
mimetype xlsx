--- v0 (2025-11-05)
+++ v1 (2026-02-13)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3ba6bcba1bc48ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a76c295d8cd84ff497307df6510aa8b0.psmdcp" Id="Rbf57899cb1574843" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd17e90b517354b60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8ccb80aa7c1742408a2d2230208d4993.psmdcp" Id="R7a33935797294a71" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C0430</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Population Usually Resident and Present in the State</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/13/2020 11:00:00 AM</x:t>
+    <x:t>13/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0430/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P4</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 4 - Usual Residence Migration Birthplaces and Nationalities</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -586,459 +586,188 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...407 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02779V03348" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="31">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+      </items>
+    </pivotField>
+    <pivotField name="Birthplace" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="31">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J466" totalsRowShown="0">
   <x:autoFilter ref="A1:J466"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="C02199V02655"/>
     <x:tableColumn id="2" name="Sex"/>
     <x:tableColumn id="3" name="C02779V03348"/>
     <x:tableColumn id="4" name="Birthplace"/>
     <x:tableColumn id="5" name="TLIST(A1)"/>
     <x:tableColumn id="6" name="CensusYear"/>
     <x:tableColumn id="7" name="STATISTIC"/>
     <x:tableColumn id="8" name="Statistic Label"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1309,51 +1038,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0430/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1540,51 +1269,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J466"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="10.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="13.853482" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="60.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -16486,51 +16215,51 @@
       <x:c r="G466" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H466" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I466" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J466" s="0">
         <x:v>27</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -16547,51 +16276,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J466" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02779V03348">
       <x:sharedItems count="31">
         <x:s v="-"/>
         <x:s v="A"/>
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="03"/>
         <x:s v="04"/>
         <x:s v="05"/>
@@ -17120,27 +16849,5608 @@
         <x:n v="9087"/>
         <x:n v="16989"/>
         <x:n v="22.7"/>
         <x:n v="29829"/>
         <x:n v="19304"/>
         <x:n v="3388"/>
         <x:n v="7137"/>
         <x:n v="35.3"/>
         <x:n v="61607"/>
         <x:n v="52321"/>
         <x:n v="3611"/>
         <x:n v="5675"/>
         <x:n v="15.1"/>
         <x:n v="23188"/>
         <x:n v="16923"/>
         <x:n v="2088"/>
         <x:n v="4177"/>
         <x:n v="27"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="3559384"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="2710020"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="169190"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="680174"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="23.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="1832576"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="1383679"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="61788"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="387109"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="24.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="40386"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="27490"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="3127"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="9769"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="31.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="1030990"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="795516"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="235474"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="22.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="96883"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="76024"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="6467"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="14392"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="21.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="78227"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="54792"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="5447"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="17988"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="58025"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="39822"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="4226"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="13977"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="31.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="29450"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="19660"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="3013"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="6777"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="33.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="106602"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="75615"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="8788"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="22199"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="29.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="83943"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="64786"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="7136"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="12021"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="22.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="58651"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="41950"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="4300"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="12401"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="28.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="67114"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="43698"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="5585"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="17831"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="34.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="110646"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="88889"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="7389"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="14368"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="19.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="71659"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="55437"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="6310"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="9912"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="22.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="1047853"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="823270"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="55479"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="169104"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="21.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="79215"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="61421"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="4615"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="13179"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="22.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="423977"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="365561"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="18598"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="39818"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="13.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="122513"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="94497"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="7219"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="20797"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="22.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="183849"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="129189"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="9792"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="44868"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="29.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="140107"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="100585"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="10186"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="29336"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="28.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="98192"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="72017"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="5069"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="21106"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="26.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="448977"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="319473"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="35812"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="93692"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="28.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="197983"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="148021"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="12861"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="37101"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="25.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="26084"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="15883"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="2825"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="7376"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="39.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="118212"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="85423"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="9963"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="22826"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="27.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="48846"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="31321"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="5002"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="12523"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="35.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="57852"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="38825"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="5161"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="13866"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="32.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="229978"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="183598"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="16111"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="30269"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="20.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="59822"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="41253"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="5896"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="12673"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="123308"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="106430"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="6534"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="10344"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="13.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="46848"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="35915"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="3681"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="7252"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="23.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="1766860"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="1377480"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="73512"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="315868"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="909201"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="697345"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="26849"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="185007"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="23.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="19988"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="14402"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="1291"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="4295"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="27.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="509870"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="393520"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="116350"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="22.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="48580"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="38978"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="2930"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="6672"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="19.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="39145"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="28695"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="2324"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="8126"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="26.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="29085"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="21052"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="1751"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="6282"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="27.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="14648"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="10492"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="1252"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="2904"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="28.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="52925"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="38086"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="4130"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="10709"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="42024"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="33861"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="2979"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="5184"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="19.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="29178"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="21905"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="1789"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="5484"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="24.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="33085"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="22539"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="2425"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="8121"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="31.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="55049"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="45396"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="3205"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="6448"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="17.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="35624"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="28419"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="2773"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="4432"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="20.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="519195"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="417972"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="24659"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="76564"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="19.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="39116"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="31663"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="1881"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="5572"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="19.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="210034"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="183036"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="8613"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="18385"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="12.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="60811"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="48714"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="3047"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="9050"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="19.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="90755"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="65729"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="4351"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="20675"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="27.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="69703"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="52249"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="4454"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="13000"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="48776"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="36581"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="2313"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="9882"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="223110"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="167113"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="14980"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="41017"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="25.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="98648"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="76464"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="5335"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="16849"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="22.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="13160"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="8862"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="1204"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="3094"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="32.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="58202"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="44364"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="4185"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="9653"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="23.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="24195"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="17114"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="2006"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="5075"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="29.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="28905"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="20309"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="2250"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="6346"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="29.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="115354"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="95050"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="7024"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="13280"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="17.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="29993"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="21949"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="2508"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="5536"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="26.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="61701"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="54109"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="2923"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="4669"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="12.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="23660"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="18992"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="1593"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="3075"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="19.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="1792524"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="1332540"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="95678"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="364306"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="25.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="923375"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="686334"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="34939"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="202102"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="25.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="20398"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="13088"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="1836"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="5474"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="35.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="521120"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="401996"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="119124"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="22.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="48303"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="37046"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="3537"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="7720"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="23.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="39082"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="26097"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="3123"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="9862"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="33.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="28940"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="18770"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="2475"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="7695"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="35.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="14802"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="9168"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="1761"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="3873"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="38.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="53677"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="37529"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="4658"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="11490"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="30.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="41919"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="30925"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="4157"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="6837"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="26.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="29473"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="20045"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="2511"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="6917"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="34029"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="21159"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="3160"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="9710"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="37.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="55597"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="43493"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="4184"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="7920"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="21.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="36035"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="27018"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="3537"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="5480"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="528658"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="405298"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="30820"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="92540"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="23.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="40099"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="29758"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="2734"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="7607"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="25.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="213943"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="182525"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="9985"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="21433"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="14.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="61702"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="45783"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="4172"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="11747"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="25.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="93094"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="63460"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="5441"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="24193"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="31.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="70404"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="48336"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="5732"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="16336"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="31.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="49416"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="35436"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="2756"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="11224"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="28.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="225867"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="152360"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="20832"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="52675"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="32.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="99335"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="71557"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="7526"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="20252"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="12924"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="7021"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="1621"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="4282"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="45.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="60010"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="41059"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="5778"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="13173"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="31.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="24651"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="14207"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="2996"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="7448"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="42.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="28947"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="18516"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="2911"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="7520"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="114624"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="88548"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="9087"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="16989"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="22.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="29829"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="19304"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="3388"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="7137"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="35.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="61607"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="52321"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="3611"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="5675"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="15.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C1"/>
+    <s v="Total born in each county and usually resident in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="23188"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C2"/>
+    <s v="Place of usual residence - County of birth"/>
+    <s v="Number"/>
+    <n v="16923"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C3"/>
+    <s v="Place of usual residence - Dublin county and city"/>
+    <s v="Number"/>
+    <n v="2088"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C4"/>
+    <s v="Place of usual residence - Other county in Ireland (Republic)"/>
+    <s v="Number"/>
+    <n v="4177"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0430C5"/>
+    <s v="Percentage usually resident outside county of birth"/>
+    <s v="%"/>
+    <n v="27"/>
+  </r>
+</pivotCacheRecords>
 </file>