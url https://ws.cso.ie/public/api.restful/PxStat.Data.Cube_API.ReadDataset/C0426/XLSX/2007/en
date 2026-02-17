--- v0 (2025-11-15)
+++ v1 (2026-02-17)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87851db70092427c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5fed39b16f3a46659fffef48dbc5a56a.psmdcp" Id="Rcec59ef0a35445f4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4a9bfa7c184473c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ba761f0ff4c34508a41265c95fb51a73.psmdcp" Id="R8371e9c90e9d4ece" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C0426</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/14/2020 11:00:00 AM</x:t>
+    <x:t>14/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0426/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P4</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 4 - Usual Residence Migration Birthplaces and Nationalities</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -532,419 +532,190 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...367 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="14">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="19">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="19">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02719V03286A" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Birthplace" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02719V03286B" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Country of Previous Residence" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="12">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+    <field x="10"/>
+    <field x="11"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="13"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:N571" totalsRowShown="0">
   <x:autoFilter ref="A1:N571"/>
   <x:tableColumns count="14">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02076V03371"/>
     <x:tableColumn id="4" name="Age Group"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="C02719V03286A"/>
     <x:tableColumn id="8" name="Birthplace"/>
     <x:tableColumn id="9" name="C02719V03286B"/>
     <x:tableColumn id="10" name="Country of Previous Residence"/>
     <x:tableColumn id="11" name="TLIST(A1)"/>
     <x:tableColumn id="12" name="CensusYear"/>
     <x:tableColumn id="13" name="UNIT"/>
     <x:tableColumn id="14" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
@@ -1219,51 +990,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0426/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1450,51 +1221,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:N571"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="116.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="16.567768" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="17.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="27.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="17.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="30.710625" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="11.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="13.424911" style="0" customWidth="1"/>
     <x:col min="13" max="13" width="8.282054" style="0" customWidth="1"/>
     <x:col min="14" max="14" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
@@ -26612,51 +26383,51 @@
       <x:c r="K571" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L571" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M571" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N571" s="0">
         <x:v>991</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -26673,51 +26444,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:N571" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="C0426"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02076V03371">
       <x:sharedItems count="19">
         <x:s v="-"/>
         <x:s v="225"/>
         <x:s v="245"/>
         <x:s v="265"/>
         <x:s v="300"/>
         <x:s v="365"/>
         <x:s v="410"/>
         <x:s v="440"/>
         <x:s v="460"/>
         <x:s v="475"/>
         <x:s v="495"/>
@@ -27345,27 +27116,9148 @@
         <x:n v="101"/>
         <x:n v="289"/>
         <x:n v="1277"/>
         <x:n v="46"/>
         <x:n v="136"/>
         <x:n v="316"/>
         <x:n v="1775"/>
         <x:n v="347"/>
         <x:n v="73"/>
         <x:n v="43"/>
         <x:n v="575"/>
         <x:n v="2480"/>
         <x:n v="67"/>
         <x:n v="417"/>
         <x:n v="3576"/>
         <x:n v="690"/>
         <x:n v="58"/>
         <x:n v="177"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="212216"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28596"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43000"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="90941"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="374753"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="165469"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="110555"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22406"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="105394"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="403824"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="102618"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13840"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20556"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43360"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="180374"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="81742"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61938"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10434"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54731"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="208845"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="109598"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14756"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22444"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47581"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="194379"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="83727"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48617"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11972"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50663"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="194979"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1289"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1689"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2630"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2466"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="980"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2602"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8678"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="677"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="880"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1376"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1235"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="494"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1321"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4426"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="612"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="809"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1254"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1231"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="486"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1281"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="225"/>
+    <s v="1 - 4 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4252"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="816"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="379"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1554"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3101"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9145"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3253"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2317"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6597"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21312"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="414"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="802"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1590"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4648"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1687"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1203"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3348"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10886"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="402"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="752"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1511"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4497"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1566"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1114"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3249"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10426"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1394"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="572"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="562"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1623"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4151"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13074"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2817"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2356"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6386"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24633"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="740"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="884"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2210"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6656"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1459"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1185"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3225"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12525"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="654"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="739"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1941"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6418"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1358"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1171"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3161"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12108"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1981"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="606"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="561"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1923"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5071"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11281"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3776"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1756"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6088"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22901"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="991"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1024"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2618"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5653"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1806"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="868"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3065"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11392"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="990"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="291"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="899"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2453"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5628"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1970"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="888"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3023"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11509"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4365"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1818"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1149"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4831"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12163"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7172"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22169"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1009"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12070"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42420"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1938"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="762"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="581"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2431"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5712"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3304"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11232"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="382"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6182"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21100"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2427"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1056"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="568"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2400"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6451"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3868"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10937"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="627"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5888"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21320"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9933"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3640"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3076"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15355"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32004"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10256"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30274"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1440"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18156"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60126"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3939"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1664"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1600"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7243"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14446"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4699"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17111"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="611"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8848"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31269"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5994"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1976"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1476"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8112"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17558"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5557"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13163"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="829"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9308"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28857"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16464"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4678"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5141"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15077"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41360"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15950"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17112"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1893"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17635"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52590"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6745"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2217"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2520"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7029"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18511"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7827"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10313"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="889"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9222"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28251"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9719"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2461"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2621"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8048"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22849"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8123"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6799"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1004"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8413"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24339"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26509"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4769"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6869"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9044"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47191"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23044"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9900"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2826"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13213"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48983"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11921"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2351"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3377"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4113"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21762"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11412"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6097"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1264"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7323"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26096"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14588"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2418"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3492"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4931"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25429"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11632"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3803"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1562"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5890"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22887"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24844"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3506"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7158"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8133"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43641"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20919"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6769"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2762"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8293"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38743"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12722"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1778"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3594"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3723"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21817"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10505"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4056"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1251"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4661"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20473"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12122"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1728"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3564"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4410"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21824"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10414"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2713"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1511"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3632"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18270"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14998"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2581"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4076"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6241"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27896"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14242"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4997"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1630"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5288"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26157"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7636"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1295"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2180"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2904"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14015"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7066"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3020"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="723"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2925"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13734"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7362"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1286"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1896"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3337"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13881"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7176"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1977"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="907"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2363"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12423"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15114"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1976"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2272"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5293"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24655"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9672"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2997"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="914"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3041"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16624"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7474"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="952"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1163"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2568"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12157"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4891"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1732"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="397"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1650"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8670"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7640"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1024"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1109"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2725"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12498"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4781"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1265"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="517"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1391"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7954"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19626"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1458"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2045"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5265"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28394"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8678"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1746"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="700"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2190"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13314"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9988"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="716"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="900"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2602"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14206"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4279"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="985"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1163"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6722"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9638"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="742"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1145"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2663"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14188"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4399"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="761"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="405"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1027"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6592"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22053"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1027"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2502"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4765"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30347"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6773"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="891"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="501"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1267"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9432"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11564"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="522"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="959"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2356"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15401"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3340"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="470"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="618"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4651"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10489"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="505"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1543"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2409"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14946"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3433"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="421"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="278"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="649"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4781"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19804"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="655"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2390"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3366"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26215"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5016"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="524"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="395"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="877"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6812"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10510"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="331"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="998"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1721"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13560"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2550"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="433"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3462"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9294"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1392"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1645"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12655"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2466"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="444"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="565"/>
+    <s v="65 - 69 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3350"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14965"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="360"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1997"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2822"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20144"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3195"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="344"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="372"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="650"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4561"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7735"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="831"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1404"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10156"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1619"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="305"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2300"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7230"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1166"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1418"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9988"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1576"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="345"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="580"/>
+    <s v="70 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2261"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9643"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1408"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2056"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13333"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2103"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="313"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="437"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3086"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4550"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="591"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="982"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6234"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1016"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1493"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5093"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="817"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1074"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7099"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1087"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="595"/>
+    <s v="75 - 79 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1593"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5737"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="804"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1376"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8047"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1282"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1886"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2358"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="581"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3324"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="554"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="820"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3379"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="480"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="795"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4723"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="728"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="610"/>
+    <s v="80 - 84 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1066"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3757"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="553"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="928"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5351"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1037"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1566"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1277"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1775"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="347"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="575"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2480"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="417"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="612"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3576"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GB1"/>
+    <s v="United Kingdom (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="690"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEUBA1"/>
+    <s v="Other EU25 (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORK"/>
+    <s v="Other countries (6)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="C0426"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State who Lived Outside the State for One Year or More"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="991"/>
+  </r>
+</pivotCacheRecords>
 </file>