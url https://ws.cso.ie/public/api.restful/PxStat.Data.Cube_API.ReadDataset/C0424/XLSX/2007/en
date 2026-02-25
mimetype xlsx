--- v0 (2025-11-08)
+++ v1 (2026-02-25)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra25e2dbff261416a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f4ecdef30be24dc7bbb254b64abe0043.psmdcp" Id="Rc257dad1c2184eed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R483ca6425eb84ec9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6ee12abe3a704dda896e7bd991a6eee0.psmdcp" Id="Rbeb843c79099418b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C0424</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/13/2020 11:00:00 AM</x:t>
+    <x:t>13/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0424/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P4</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 4 - Usual Residence Migration Birthplaces and Nationalities</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -586,483 +586,200 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...431 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02779V03348" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="27">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+      </items>
+    </pivotField>
+    <pivotField name="County of Usual Residence" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="27">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+      </items>
+    </pivotField>
+    <pivotField name="C01936V02368" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year of taking up Residence" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L730" totalsRowShown="0">
   <x:autoFilter ref="A1:L730"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02779V03348"/>
     <x:tableColumn id="6" name="County of Usual Residence"/>
     <x:tableColumn id="7" name="C01936V02368"/>
     <x:tableColumn id="8" name="Year of taking up Residence"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1335,51 +1052,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0424/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1566,51 +1283,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L730"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="116.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="26.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="27.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -29342,51 +29059,51 @@
       <x:c r="I730" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J730" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K730" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L730" s="0">
         <x:v>403</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -29403,51 +29120,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L730" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="C0424"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -30210,27 +29927,10234 @@
         <x:n v="1688"/>
         <x:n v="1731"/>
         <x:n v="400"/>
         <x:n v="16558"/>
         <x:n v="129"/>
         <x:n v="326"/>
         <x:n v="975"/>
         <x:n v="2510"/>
         <x:n v="2014"/>
         <x:n v="5063"/>
         <x:n v="4669"/>
         <x:n v="872"/>
         <x:n v="4975"/>
         <x:n v="109"/>
         <x:n v="702"/>
         <x:n v="1228"/>
         <x:n v="1656"/>
         <x:n v="403"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="778577"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5229"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12656"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43647"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="76061"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="75167"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="234300"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="267694"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63823"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7559"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="448"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="757"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="739"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2255"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2478"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="727"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="230277"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1757"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3654"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12192"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17561"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19434"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61410"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="92253"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22016"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32153"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="325"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1437"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2852"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2963"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10613"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10996"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2833"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13853"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="824"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1405"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1582"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4550"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4050"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1099"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9381"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="474"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="857"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="842"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3209"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2928"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="887"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6019"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="330"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="703"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="554"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1763"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1987"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="557"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17340"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1013"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1763"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1642"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5079"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5878"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1621"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27831"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="351"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1493"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2803"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2491"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9204"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9041"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2331"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10061"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="504"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="972"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="950"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3292"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3205"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="929"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13889"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="701"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1292"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1324"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4496"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4648"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1161"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21712"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="382"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1394"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2271"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2225"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6736"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7069"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1501"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23475"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="405"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1616"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2520"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2701"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7979"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6469"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1585"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21266"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="343"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1324"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2435"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2205"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7325"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5966"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1569"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="82170"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="542"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1372"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4513"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7357"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8061"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25245"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28875"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6205"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27323"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="568"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1796"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3320"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2970"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8480"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7852"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2149"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29797"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="528"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2016"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3247"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2814"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8486"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10136"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2373"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24389"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="474"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1512"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2488"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2469"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8144"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7258"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1883"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17967"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1140"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1805"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1878"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5678"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5771"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1266"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50939"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="675"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2489"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5125"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5275"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15674"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17428"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4025"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6671"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="684"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="636"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2266"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2159"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="406"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27824"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="600"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1686"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3779"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3039"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9380"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7423"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1670"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12064"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="686"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1401"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1274"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3763"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3801"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="792"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11801"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="690"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1565"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1409"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3776"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3302"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="716"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11005"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="627"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1172"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1054"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3250"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3742"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="865"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32236"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="532"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1795"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4740"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3744"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9881"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9513"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1816"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9575"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="578"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1187"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="892"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2366"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3466"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="841"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="389219"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1930"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5376"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20704"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36172"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36092"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="114885"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="139373"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34687"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3959"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="367"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="353"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1105"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1412"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="437"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="114799"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="706"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1735"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6017"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8448"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9295"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29927"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46921"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11750"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16470"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="694"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1383"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1446"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5284"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5901"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1567"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6854"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="387"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="648"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="750"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2204"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2137"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="601"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4808"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="406"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="406"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1585"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1632"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="499"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3079"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="873"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1101"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="322"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8668"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="484"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="832"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="799"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2506"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3047"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="854"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14239"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="718"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1329"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1249"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4576"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4851"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1293"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5101"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="459"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="460"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1633"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1736"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="500"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7085"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="336"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="605"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="646"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2195"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2543"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="659"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10876"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="647"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1079"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1059"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3350"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3670"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="851"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11638"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="780"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1207"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1270"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3929"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3309"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="865"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10641"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="633"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1162"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1065"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3635"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3097"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="878"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40890"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="589"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2118"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3489"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3839"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12230"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15063"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3360"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13532"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="809"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1598"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1438"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4108"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4160"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1155"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15229"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="958"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1576"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1393"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4237"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5462"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1324"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12413"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="690"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1197"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1230"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4090"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3871"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1089"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8899"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="556"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="835"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="907"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2761"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2990"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="677"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25346"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1146"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2453"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2519"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7647"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9040"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2209"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3322"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1159"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1129"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13830"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="769"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1822"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1496"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4637"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3878"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="934"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6042"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="314"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="665"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="622"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1872"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2043"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="416"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5735"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="313"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="733"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="658"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1824"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1715"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="377"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5486"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="540"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="514"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1562"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2011"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="465"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15678"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="820"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2230"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1730"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4818"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4844"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="944"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4600"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="485"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="390"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1138"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1810"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="438"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="389358"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3299"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7280"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22943"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39889"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39075"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="119415"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="128321"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29136"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3600"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="390"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="386"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1150"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1066"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="115478"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1051"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1919"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6175"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9113"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10139"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31483"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45332"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10266"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15683"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="743"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1469"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1517"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5329"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5095"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1266"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6999"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="437"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="757"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="832"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2346"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1913"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="498"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4573"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="451"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="436"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1624"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1296"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="388"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2940"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="388"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="890"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="886"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8672"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="529"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="931"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="843"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2573"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2831"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="767"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13592"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="775"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1474"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1242"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4628"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4190"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1038"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4960"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="274"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="513"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="490"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1659"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1469"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="429"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6804"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="687"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="678"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2301"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2105"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="502"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10836"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="747"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1192"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1166"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3386"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3399"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="650"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11837"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="836"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1313"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1431"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4050"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3160"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="720"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10625"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="691"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1273"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1140"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3690"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2869"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="691"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41280"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="340"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="783"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2395"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3868"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4222"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13015"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13812"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2845"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13791"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="361"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="987"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1722"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1532"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4372"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3692"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="994"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14568"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="306"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1058"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1671"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1421"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4249"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4674"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1049"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11976"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="822"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1291"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1239"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4054"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3387"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="794"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9068"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="584"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="970"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="971"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2917"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2781"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="589"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25593"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="422"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1343"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2672"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2756"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8027"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8388"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1816"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3349"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="375"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="346"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1107"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1030"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13994"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="386"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="917"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1957"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1543"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4743"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3545"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="736"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6022"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="372"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="736"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="652"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1891"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1758"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="376"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6066"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="377"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="832"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="751"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1952"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1587"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="339"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5519"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="335"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="632"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="540"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1688"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1731"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="400"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16558"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="326"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="975"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2510"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2014"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5063"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4669"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="872"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4975"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="195101"/>
+    <s v="Before 1951"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1951359"/>
+    <s v="1951 to 1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1961369"/>
+    <s v="1961 to 1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="330"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1971379"/>
+    <s v="1971 to 1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="702"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1981389"/>
+    <s v="1981 to 1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="502"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="1991399"/>
+    <s v="1991 to 2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1228"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2001305"/>
+    <s v="2001 to 2006"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1656"/>
+  </r>
+  <r>
+    <s v="C0424"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State  who Lived Outside the State for One Year or More"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="9998"/>
+    <s v="Not stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="403"/>
+  </r>
+</pivotCacheRecords>
 </file>