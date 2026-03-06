--- v0 (2025-11-10)
+++ v1 (2026-03-06)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re578425f5b9041f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0937992241634aa48c12adf9f86ff3d4.psmdcp" Id="R0300bf2e7d95422a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R689b2775cc8247d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bdb6ad27eb9f411c8144228f70bb4674.psmdcp" Id="R086ed3811b224c41" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C0423</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Population Aged One Year and Over Usually Resident and Present by Country of Previous Residence and Percentage who Lived Outside the State for One Year or More</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/13/2020 11:00:00 AM</x:t>
+    <x:t>13/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0423/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P4</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 4 - Usual Residence Migration Birthplaces and Nationalities</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -574,443 +574,184 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...391 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02779V03348" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="27">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+      </items>
+    </pivotField>
+    <pivotField name="County of Usual Residence" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="27">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J568" totalsRowShown="0">
   <x:autoFilter ref="A1:J568"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="C02199V02655"/>
     <x:tableColumn id="2" name="Sex"/>
     <x:tableColumn id="3" name="C02779V03348"/>
     <x:tableColumn id="4" name="County of Usual Residence"/>
     <x:tableColumn id="5" name="TLIST(A1)"/>
     <x:tableColumn id="6" name="CensusYear"/>
     <x:tableColumn id="7" name="STATISTIC"/>
     <x:tableColumn id="8" name="Statistic Label"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1281,51 +1022,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0423/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1512,51 +1253,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J568"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="10.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="26.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="55.282054" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -19722,51 +19463,51 @@
       <x:c r="G568" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H568" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I568" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J568" s="0">
         <x:v>18.5</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -19783,51 +19524,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J568" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02779V03348">
       <x:sharedItems count="27">
         <x:s v="-"/>
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="03"/>
         <x:s v="04"/>
         <x:s v="05"/>
         <x:s v="06"/>
@@ -20437,27 +20178,6832 @@
         <x:n v="719"/>
         <x:n v="544"/>
         <x:n v="998"/>
         <x:n v="30447"/>
         <x:n v="18.1"/>
         <x:n v="16558"/>
         <x:n v="12547"/>
         <x:n v="766"/>
         <x:n v="1216"/>
         <x:n v="2029"/>
         <x:n v="71117"/>
         <x:n v="23.3"/>
         <x:n v="4975"/>
         <x:n v="2834"/>
         <x:n v="954"/>
         <x:n v="390"/>
         <x:n v="26867"/>
         <x:n v="18.5"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="778577"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="377685"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="139151"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="65406"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="196335"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="4111333"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="18.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="7559"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="3887"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="1440"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="444"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="1788"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="49174"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="15.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="230277"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="79545"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="53311"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="18052"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="79369"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="1146652"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="20.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="32153"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="14218"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="6245"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="2568"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="9122"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="181711"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="17.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="13853"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="7771"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="1903"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="887"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="3292"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="85337"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="16.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="9381"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="5235"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="1504"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="491"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="2151"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="65208"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="14.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="6019"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="3406"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="988"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="616"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="1009"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="33795"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="17.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="17340"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="8581"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="2674"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="1340"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="4745"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="108879"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="15.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="27831"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="13370"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="4857"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="2595"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="7009"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="159061"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="17.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="10061"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="5409"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="1589"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="832"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="2231"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="69192"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="14.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="13889"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="7132"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="2278"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="1222"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="3257"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="77190"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="21712"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="12950"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="3630"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="1062"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="4070"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="128686"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="16.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="23475"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="11583"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="3914"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="1910"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="6068"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="122771"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="19.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="21266"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="11167"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="3095"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="2443"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="4561"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="107101"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="19.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="82170"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="39620"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="16137"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="6931"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="19482"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="468521"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="17.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="27323"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="15381"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="3933"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="3281"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="4728"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="133118"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="20.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="29797"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="14753"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="5659"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="2351"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="7034"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="177811"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="16.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="24389"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="14654"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="3337"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="1652"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="4746"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="145840"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="16.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="17967"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="10173"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="2394"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="1253"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="4147"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="104716"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="17.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="50939"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="25089"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="8359"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="6149"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="11342"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="222400"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="22.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="6671"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="4209"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="801"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="714"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="947"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="28279"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="23.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="27824"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="19123"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="2694"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="2391"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="3616"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="119718"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="23.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="12064"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="7855"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="1323"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="934"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="1952"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="57390"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="11801"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="7236"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="1440"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="1114"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="2011"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="58946"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="11005"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="6158"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="1782"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="1079"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="1986"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="62421"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="17.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="32236"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="24089"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="1744"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="2330"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="4073"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="142636"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="22.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="9575"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="5091"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="2120"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="765"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="1599"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="54780"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="17.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="389219"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="184360"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="75778"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="30990"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="98091"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="2054111"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="18.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="3959"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="1899"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="906"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="944"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="25047"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="15.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="114799"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="39502"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="27544"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="8603"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="39150"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="561336"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="20.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="16470"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="7069"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="3518"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="1289"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="4594"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="91769"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="17.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="6854"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="3724"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="1106"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="412"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="1612"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="43121"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="15.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="4808"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="2552"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="895"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="1123"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="33168"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="14.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="3079"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="1675"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="619"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="512"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="17265"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="17.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="8668"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="4182"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="1497"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="642"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="2347"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="54142"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="14239"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="6624"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="2732"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="1281"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="3602"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="80682"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="17.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="5101"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="2589"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="908"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="414"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="1190"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="34891"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="14.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="7085"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="3494"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="1305"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="576"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="1710"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="38718"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="18.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="10876"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="6306"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="2019"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="481"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="2070"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="64487"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="16.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="11638"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="5720"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="1998"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="935"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="2985"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="61111"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="10641"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="5467"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="1690"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="1163"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="2321"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="54111"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="19.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="40890"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="19211"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="8853"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="3244"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="9582"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="234096"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="17.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="13532"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="7397"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="2256"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="1488"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="2391"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="67361"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="20.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="15229"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="7317"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="3228"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="1086"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="3598"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="89522"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="12413"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="7166"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="1999"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="773"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="2475"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="73927"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="16.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="8899"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="4879"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="1359"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="603"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="2058"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="52288"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="25346"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="12157"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="4548"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="2893"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="5748"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="111841"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="22.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="3322"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="2036"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="462"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="355"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="469"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="14522"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="22.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="13830"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="9446"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="1523"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="1069"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="1792"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="60488"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="22.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="6042"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="3798"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="813"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="423"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="1008"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="29506"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="20.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="5735"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="3451"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="793"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="515"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="976"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="29306"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="19.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="5486"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="2900"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="1063"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="535"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="988"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="31974"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="17.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="15678"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="11542"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="978"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="1114"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="2044"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="71519"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="21.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="4600"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="2257"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="1166"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="375"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="802"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="27913"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="16.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="389358"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="193325"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="63373"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="34416"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="98244"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="2057222"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="18.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="3600"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="1988"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="534"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="844"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="24127"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="14.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="115478"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="40043"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="25767"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="9449"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="40219"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="585316"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="19.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="15683"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="7149"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="2727"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="1279"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="4528"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="89942"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="17.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="6999"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="4047"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="797"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="475"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="1680"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="42216"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="16.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="4573"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="2683"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="609"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="1028"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="32040"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="14.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="2940"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="1731"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="343"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="497"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="16530"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="17.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="8672"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="4399"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="1177"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="698"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="2398"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="54737"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="15.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="13592"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="6746"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="2125"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="1314"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="3407"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="78379"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="17.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="4960"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="2820"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="681"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="418"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="1041"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="34301"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="14.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="6804"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="3638"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="973"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="646"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="1547"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="38472"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="17.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="10836"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="6644"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="1611"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="581"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="2000"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="64199"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="16.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="11837"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="5863"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="1916"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="975"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="3083"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="61660"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="19.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="10625"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="5700"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="1405"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="1280"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="2240"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="52990"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="20.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="41280"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="20409"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="7284"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="3687"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="9900"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="234425"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="17.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="13791"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="7984"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="1677"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="1793"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="2337"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="65757"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="14568"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="7436"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="2431"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="1265"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="3436"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="88289"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="16.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="11976"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="7488"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="1338"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="879"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="2271"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="71913"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="16.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="9068"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="5294"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="1035"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="650"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="2089"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="52428"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="17.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="25593"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="12932"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="3811"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="3256"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="5594"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="110559"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="23.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="3349"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="2173"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="339"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="359"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="478"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="13757"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="24.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="13994"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="9677"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="1171"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="1322"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="1824"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="59230"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="23.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="6022"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="4057"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="510"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="511"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="944"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="27884"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="21.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="6066"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="3785"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="647"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="599"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="1035"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="29640"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="20.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="5519"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="3258"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="719"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="544"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="998"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="30447"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="18.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="16558"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="12547"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="766"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="1216"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="2029"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="71117"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="23.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C1"/>
+    <s v="Lived outside the State for one year or more"/>
+    <s v="Number"/>
+    <n v="4975"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C2"/>
+    <s v="Country of previous residence - UK"/>
+    <s v="Number"/>
+    <n v="2834"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C3"/>
+    <s v="Country of previous residence - other EU countries"/>
+    <s v="Number"/>
+    <n v="954"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C4"/>
+    <s v="Country of previous residence - USA"/>
+    <s v="Number"/>
+    <n v="390"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C5"/>
+    <s v="Country of previous residence - other countries"/>
+    <s v="Number"/>
+    <n v="797"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C6"/>
+    <s v="All usually resident on Census Night"/>
+    <s v="Number"/>
+    <n v="26867"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0423C7"/>
+    <s v="Lived outside the State as a percentage of all usually resident"/>
+    <s v="%"/>
+    <n v="18.5"/>
+  </r>
+</pivotCacheRecords>
 </file>