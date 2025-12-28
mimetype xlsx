--- v0 (2025-11-09)
+++ v1 (2025-12-28)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R932c89e00a04425f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/49a18c2e68694012b9ff23ff275f42b0.psmdcp" Id="R5e1f5c1176434eb7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R899ff5fb6434461d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3dbf3b9e00634822a5680961b8dcc1cd.psmdcp" Id="Rf83cde67f9ab4770" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C0412</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Population Aged One Year and Over Usually Resident and Present in the State</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/12/2020 11:00:00 AM</x:t>
+    <x:t>12/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0412/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P4</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 4 - Usual Residence Migration Birthplaces and Nationalities</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -604,507 +604,206 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...455 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02719V03286" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="36">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+      </items>
+    </pivotField>
+    <pivotField name="Usual Residence One Year Ago" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="36">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02537V03240" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Nationality" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L325" totalsRowShown="0">
   <x:autoFilter ref="A1:L325"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02719V03286"/>
     <x:tableColumn id="6" name="Usual Residence One Year Ago"/>
     <x:tableColumn id="7" name="C02537V03240"/>
     <x:tableColumn id="8" name="Nationality"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1377,51 +1076,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0412/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1608,51 +1307,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L325"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="70.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="40.853482" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="14.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -13994,51 +13693,51 @@
       <x:c r="I325" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J325" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L325" s="0">
         <x:v>55282</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -14055,51 +13754,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L325" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="C0412"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -14484,27 +14183,4564 @@
         <x:n v="4053"/>
         <x:n v="4611"/>
         <x:n v="1598"/>
         <x:n v="1363"/>
         <x:n v="2961"/>
         <x:n v="166"/>
         <x:n v="821"/>
         <x:n v="987"/>
         <x:n v="2839"/>
         <x:n v="632"/>
         <x:n v="3471"/>
         <x:n v="401"/>
         <x:n v="666"/>
         <x:n v="119"/>
         <x:n v="292"/>
         <x:n v="14445"/>
         <x:n v="40837"/>
         <x:n v="55282"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2751"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="638"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3389"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8721"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8908"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17629"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="761"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="862"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1623"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="487"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="284"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="312"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="683"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2692"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3375"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="547"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2338"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2885"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1639"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1890"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="319"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="630"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="949"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="379"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="442"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="894"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2225"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3119"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="602"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="687"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CZ"/>
+    <s v="Czech Republic"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CZ"/>
+    <s v="Czech Republic"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1881"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CZ"/>
+    <s v="Czech Republic"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1917"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="651"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="661"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1334"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1356"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4040"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4052"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7346"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7376"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33218"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33397"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3605"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3622"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="353"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1675"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2028"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="408"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2852"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3260"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1103"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7646"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8749"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3420"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2470"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5890"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CA"/>
+    <s v="Canada"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="429"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CA"/>
+    <s v="Canada"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="540"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="CA"/>
+    <s v="Canada"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="969"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAZQ"/>
+    <s v="Other America (3)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="341"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAZQ"/>
+    <s v="Other America (3)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1791"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZAZQ"/>
+    <s v="Other America (3)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2132"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AU"/>
+    <s v="Australia"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5618"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AU"/>
+    <s v="Australia"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1241"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="AU"/>
+    <s v="Australia"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6859"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZACK"/>
+    <s v="New Zealand and other Oceanic countries (1)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="770"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZACK"/>
+    <s v="New Zealand and other Oceanic countries (1)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="515"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZACK"/>
+    <s v="New Zealand and other Oceanic countries (1)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1285"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="393"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="305"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="698"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28740"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93199"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="121939"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1341"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="331"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1672"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4213"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4685"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8898"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="329"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="432"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="761"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="284"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1375"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1659"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="291"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1134"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1425"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="914"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1027"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="347"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="535"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="424"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1058"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1482"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="359"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CZ"/>
+    <s v="Czech Republic"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CZ"/>
+    <s v="Czech Republic"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1163"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CZ"/>
+    <s v="Czech Republic"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1183"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="317"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="802"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="817"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2154"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2160"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4094"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4116"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20824"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20934"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2339"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2351"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="880"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1084"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1467"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1690"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="545"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3593"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4138"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1822"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1107"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2929"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CA"/>
+    <s v="Canada"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CA"/>
+    <s v="Canada"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="CA"/>
+    <s v="Canada"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="429"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAZQ"/>
+    <s v="Other America (3)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAZQ"/>
+    <s v="Other America (3)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="970"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZAZQ"/>
+    <s v="Other America (3)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1145"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AU"/>
+    <s v="Australia"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2779"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AU"/>
+    <s v="Australia"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="609"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="AU"/>
+    <s v="Australia"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3388"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZACK"/>
+    <s v="New Zealand and other Oceanic countries (1)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZACK"/>
+    <s v="New Zealand and other Oceanic countries (1)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZACK"/>
+    <s v="New Zealand and other Oceanic countries (1)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="619"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="406"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14295"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52362"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66657"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1410"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="307"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1717"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4508"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4223"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8731"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="432"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="430"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="862"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="399"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1317"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1716"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1204"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1460"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="725"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="863"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="414"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="470"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1167"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1637"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="328"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CZ"/>
+    <s v="Czech Republic"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CZ"/>
+    <s v="Czech Republic"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="718"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CZ"/>
+    <s v="Czech Republic"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="734"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="342"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="344"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="532"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="539"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1886"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1892"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3252"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3260"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12394"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12463"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1266"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1271"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="795"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="944"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1385"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1570"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="558"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4053"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4611"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1598"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1363"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2961"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CA"/>
+    <s v="Canada"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CA"/>
+    <s v="Canada"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="328"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="CA"/>
+    <s v="Canada"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="540"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAZQ"/>
+    <s v="Other America (3)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAZQ"/>
+    <s v="Other America (3)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="821"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZAZQ"/>
+    <s v="Other America (3)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="987"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AU"/>
+    <s v="Australia"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2839"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AU"/>
+    <s v="Australia"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="632"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="AU"/>
+    <s v="Australia"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3471"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZACK"/>
+    <s v="New Zealand and other Oceanic countries (1)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="401"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZACK"/>
+    <s v="New Zealand and other Oceanic countries (1)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZACK"/>
+    <s v="New Zealand and other Oceanic countries (1)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="666"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="IE"/>
+    <s v="Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14445"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="IE05"/>
+    <s v="Non-Irish"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40837"/>
+  </r>
+  <r>
+    <s v="C0412"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55282"/>
+  </r>
+</pivotCacheRecords>
 </file>