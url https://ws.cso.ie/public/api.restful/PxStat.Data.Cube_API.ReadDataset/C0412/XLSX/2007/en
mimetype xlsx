--- v1 (2025-12-28)
+++ v2 (2026-02-12)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R899ff5fb6434461d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3dbf3b9e00634822a5680961b8dcc1cd.psmdcp" Id="Rf83cde67f9ab4770" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7627787320434cd4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ef716071d2dc43b1b3960c6a36b48994.psmdcp" Id="R31e5d8be28dc4e22" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>