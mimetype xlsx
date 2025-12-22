--- v0 (2025-11-04)
+++ v1 (2025-12-22)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R664c5f0d41c6406c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/341be69ee2394411b2d8bbca3f9e9f5b.psmdcp" Id="Rb876fac4d77b4540" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re67bf8d13f514827" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/45165a3e14dc4a848f188c45a847dce9.psmdcp" Id="Rf38450653f9d4f5a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C0411</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Population Aged One Year and Over Usually Resident and Present in the State</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/14/2020 11:00:00 AM</x:t>
+    <x:t>14/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0411/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P4</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 4 - Usual Residence Migration Birthplaces and Nationalities</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -601,507 +601,206 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...455 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02719V03286A" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Birthplace" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02719V03286B" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="36">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+      </items>
+    </pivotField>
+    <pivotField name="Usual Residence One Year Ago" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="36">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L325" totalsRowShown="0">
   <x:autoFilter ref="A1:L325"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02719V03286A"/>
     <x:tableColumn id="6" name="Birthplace"/>
     <x:tableColumn id="7" name="C02719V03286B"/>
     <x:tableColumn id="8" name="Usual Residence One Year Ago"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1374,51 +1073,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0411/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1605,51 +1304,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L325"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="70.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="17.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="27.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="17.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="40.853482" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -13991,51 +13690,51 @@
       <x:c r="I325" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J325" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L325" s="0">
         <x:v>55282</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -14052,51 +13751,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L325" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="C0411"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -14485,27 +14184,4564 @@
         <x:n v="328"/>
         <x:n v="68"/>
         <x:n v="734"/>
         <x:n v="344"/>
         <x:n v="539"/>
         <x:n v="1892"/>
         <x:n v="12463"/>
         <x:n v="1271"/>
         <x:n v="944"/>
         <x:n v="1570"/>
         <x:n v="4611"/>
         <x:n v="2961"/>
         <x:n v="540"/>
         <x:n v="987"/>
         <x:n v="3471"/>
         <x:n v="666"/>
         <x:n v="292"/>
         <x:n v="55282"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="986"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6918"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="667"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="616"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="471"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="818"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="CZ"/>
+    <s v="Czech Republic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="400"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="322"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="949"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2737"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="CA"/>
+    <s v="Canada"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="337"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZAZQ"/>
+    <s v="Other America (3)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="AU"/>
+    <s v="Australia"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5260"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZACK"/>
+    <s v="New Zealand and other Oceanic countries (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="692"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="441"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23548"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2403"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10711"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="956"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2759"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2414"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1643"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="676"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="389"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2301"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="616"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="CZ"/>
+    <s v="Czech Republic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1859"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="652"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1333"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4012"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7282"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32997"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3565"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1781"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2938"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7800"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3153"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="CA"/>
+    <s v="Canada"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="632"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZAZQ"/>
+    <s v="Other America (3)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1832"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="AU"/>
+    <s v="Australia"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1599"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZACK"/>
+    <s v="New Zealand and other Oceanic countries (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="593"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="257"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="98391"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3389"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17629"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1623"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="487"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="312"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3375"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2885"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1890"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="949"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="442"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3119"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="687"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="CZ"/>
+    <s v="Czech Republic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1917"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="661"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1356"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4052"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7376"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33397"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3622"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2028"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3260"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8749"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5890"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="CA"/>
+    <s v="Canada"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="969"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="ZZAZQ"/>
+    <s v="Other America (3)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2132"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="AU"/>
+    <s v="Australia"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6859"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="ZZACK"/>
+    <s v="New Zealand and other Oceanic countries (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1285"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="698"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="121939"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="421"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3207"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="386"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="CZ"/>
+    <s v="Czech Republic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="482"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1459"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="CA"/>
+    <s v="Canada"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZAZQ"/>
+    <s v="Other America (3)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="AU"/>
+    <s v="Australia"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2586"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZACK"/>
+    <s v="New Zealand and other Oceanic countries (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="329"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11575"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1251"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5691"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="472"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1405"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1178"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="912"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="374"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1096"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="311"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="CZ"/>
+    <s v="Czech Republic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1151"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="802"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2137"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4062"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20672"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2310"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="948"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1521"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3656"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1470"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="CA"/>
+    <s v="Canada"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZAZQ"/>
+    <s v="Other America (3)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="997"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="AU"/>
+    <s v="Australia"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="802"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZACK"/>
+    <s v="New Zealand and other Oceanic countries (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55082"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1672"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8898"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="761"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1659"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1425"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1027"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="535"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1482"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="359"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="CZ"/>
+    <s v="Czech Republic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1183"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="317"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="817"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2160"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4116"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20934"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2351"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1084"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1690"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4138"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2929"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="CA"/>
+    <s v="Canada"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="429"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="ZZAZQ"/>
+    <s v="Other America (3)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1145"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="AU"/>
+    <s v="Australia"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3388"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="ZZACK"/>
+    <s v="New Zealand and other Oceanic countries (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="619"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="406"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66657"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="565"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3711"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="378"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="362"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="432"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="CZ"/>
+    <s v="Czech Republic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="467"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1278"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="CA"/>
+    <s v="Canada"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZAZQ"/>
+    <s v="Other America (3)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="AU"/>
+    <s v="Australia"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2674"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZACK"/>
+    <s v="New Zealand and other Oceanic countries (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11973"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1152"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5020"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="484"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1354"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1236"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="731"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1205"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="305"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="CZ"/>
+    <s v="Czech Republic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="708"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="342"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="531"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1875"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3220"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12325"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1255"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="833"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1417"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4144"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1683"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="CA"/>
+    <s v="Canada"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="383"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZAZQ"/>
+    <s v="Other America (3)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="835"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="AU"/>
+    <s v="Australia"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="797"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZACK"/>
+    <s v="New Zealand and other Oceanic countries (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="ZZWORA"/>
+    <s v="All countries excluding Ireland"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43309"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="XI"/>
+    <s v="Northern Ireland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1717"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="XEXW"/>
+    <s v="England and Wales"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8731"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="XS"/>
+    <s v="Scotland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="862"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1716"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1460"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="863"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="NL"/>
+    <s v="Netherlands"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="414"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1637"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="328"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="CZ"/>
+    <s v="Czech Republic"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="734"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="344"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="539"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1892"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3260"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12463"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1271"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="ZZEURN"/>
+    <s v="Other Europe (4)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="944"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="ZZAA1"/>
+    <s v="Africa (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1570"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="ZZABB"/>
+    <s v="Asia (2)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4611"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="US"/>
+    <s v="United States"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2961"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="CA"/>
+    <s v="Canada"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="540"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="ZZAZQ"/>
+    <s v="Other America (3)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="987"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="AU"/>
+    <s v="Australia"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3471"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="ZZACK"/>
+    <s v="New Zealand and other Oceanic countries (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="666"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="ZZWORX13"/>
+    <s v="Other countries (13)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="C0411"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="-"/>
+    <s v="All countries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55282"/>
+  </r>
+</pivotCacheRecords>
 </file>