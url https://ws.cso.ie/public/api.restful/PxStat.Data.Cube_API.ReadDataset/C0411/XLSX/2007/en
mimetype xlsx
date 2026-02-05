--- v1 (2025-12-22)
+++ v2 (2026-02-05)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re67bf8d13f514827" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/45165a3e14dc4a848f188c45a847dce9.psmdcp" Id="Rf38450653f9d4f5a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcecb4980ba7547a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a56b9dbd656e46bd949edf2134c58f6e.psmdcp" Id="R7bd9c6e45b81445e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>