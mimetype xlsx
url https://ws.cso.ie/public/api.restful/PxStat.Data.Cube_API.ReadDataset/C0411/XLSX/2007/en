--- v2 (2026-02-05)
+++ v3 (2026-03-29)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcecb4980ba7547a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a56b9dbd656e46bd949edf2134c58f6e.psmdcp" Id="R7bd9c6e45b81445e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1721a78e98e43d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1f00c13ef7564f5c9f1600feb00a50c2.psmdcp" Id="R5369ac0754ea4944" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>