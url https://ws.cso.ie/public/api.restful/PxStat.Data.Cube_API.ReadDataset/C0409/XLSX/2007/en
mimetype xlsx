--- v0 (2025-11-04)
+++ v1 (2026-02-02)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1fba42b571c64252" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a8f93a8d629e455e9e4d569637e20526.psmdcp" Id="Re48776ce5f3047f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R004d9e97f1bb46c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6ba9431c58544e3d8ee30c0d1427e38a.psmdcp" Id="Rf05ee6d70a26487e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C0409</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Population Aged One Year and Over Usually Resident and Present in the State</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/12/2020 11:00:00 AM</x:t>
+    <x:t>12/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0409/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P4</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 4 - Usual Residence Migration Birthplaces and Nationalities</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -556,467 +556,196 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...415 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02779V03348" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="27">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+      </items>
+    </pivotField>
+    <pivotField name="County of Usual Residence" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="27">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02850V03427" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="Usual Residence One Year Ago" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L568" totalsRowShown="0">
   <x:autoFilter ref="A1:L568"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02779V03348"/>
     <x:tableColumn id="6" name="County of Usual Residence"/>
     <x:tableColumn id="7" name="C02850V03427"/>
     <x:tableColumn id="8" name="Usual Residence One Year Ago"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1289,51 +1018,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0409/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1520,51 +1249,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L568"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="70.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="26.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="75.282054" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -23140,51 +22869,51 @@
       <x:c r="I568" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J568" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K568" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L568" s="0">
         <x:v>578</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -23201,51 +22930,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L568" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="C0409"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -23890,27 +23619,7966 @@
         <x:n v="27384"/>
         <x:n v="3063"/>
         <x:n v="1319"/>
         <x:n v="1028"/>
         <x:n v="156"/>
         <x:n v="560"/>
         <x:n v="71117"/>
         <x:n v="65777"/>
         <x:n v="5340"/>
         <x:n v="3064"/>
         <x:n v="443"/>
         <x:n v="1186"/>
         <x:n v="26867"/>
         <x:n v="24714"/>
         <x:n v="2153"/>
         <x:n v="1083"/>
         <x:n v="131"/>
         <x:n v="578"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4111333"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3667564"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Usual residence one year previously - Different address total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="443769"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="233841"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="87989"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23548"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="98391"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49174"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43918"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="03"/>
+    <s v="Usual residence one year previously - Different address total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5256"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2366"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1561"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1107"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1146652"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1003402"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="03"/>
+    <s v="Usual residence one year previously - Different address total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="143250"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="82950"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17164"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8116"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35020"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="181711"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="159986"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="03"/>
+    <s v="Usual residence one year previously - Different address total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21725"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9369"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6988"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1035"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4333"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="85337"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77557"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="03"/>
+    <s v="Usual residence one year previously - Different address total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7780"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3656"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2283"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="422"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1419"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="65208"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58019"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="03"/>
+    <s v="Usual residence one year previously - Different address total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7189"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2863"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2786"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1248"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33795"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30548"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="03"/>
+    <s v="Usual residence one year previously - Different address total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3247"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1401"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="900"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="775"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="108879"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="98340"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="03"/>
+    <s v="Usual residence one year previously - Different address total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10539"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5602"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2538"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="487"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1912"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="159061"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="140604"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="03"/>
+    <s v="Usual residence one year previously - Different address total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18457"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6643"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7741"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="736"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3337"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69192"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63032"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="03"/>
+    <s v="Usual residence one year previously - Different address total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6160"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2834"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1785"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="260"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1281"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77190"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="68962"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="03"/>
+    <s v="Usual residence one year previously - Different address total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8228"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3659"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2379"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="435"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1755"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="128686"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="116000"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="03"/>
+    <s v="Usual residence one year previously - Different address total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12686"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6695"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3148"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="556"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2287"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="122771"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="109831"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="03"/>
+    <s v="Usual residence one year previously - Different address total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12940"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5825"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4345"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="625"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2145"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="107101"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="96636"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="03"/>
+    <s v="Usual residence one year previously - Different address total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10465"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5302"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2421"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="546"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2196"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="468521"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="419695"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="03"/>
+    <s v="Usual residence one year previously - Different address total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48826"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29736"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5370"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2584"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11136"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="133118"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="121528"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="03"/>
+    <s v="Usual residence one year previously - Different address total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11590"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6090"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1965"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="639"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2896"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="177811"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="158019"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="03"/>
+    <s v="Usual residence one year previously - Different address total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19792"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10306"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4266"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="859"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4361"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="145840"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="133381"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="03"/>
+    <s v="Usual residence one year previously - Different address total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12459"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6550"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2756"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="633"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2520"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="104716"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="94758"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="03"/>
+    <s v="Usual residence one year previously - Different address total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9958"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5410"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2307"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="496"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1745"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="222400"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="194894"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="03"/>
+    <s v="Usual residence one year previously - Different address total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27506"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14838"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4953"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1554"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6161"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28279"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25390"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="03"/>
+    <s v="Usual residence one year previously - Different address total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2889"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1047"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="972"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="693"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="119718"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="109274"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="03"/>
+    <s v="Usual residence one year previously - Different address total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10444"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5400"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2057"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="657"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2330"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57390"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52097"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="03"/>
+    <s v="Usual residence one year previously - Different address total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5293"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1889"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1825"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="267"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1312"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58946"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52986"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="03"/>
+    <s v="Usual residence one year previously - Different address total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5960"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2900"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1490"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="344"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1226"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62421"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56129"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="03"/>
+    <s v="Usual residence one year previously - Different address total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6292"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2617"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1997"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="297"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1381"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="142636"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="132078"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="03"/>
+    <s v="Usual residence one year previously - Different address total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10558"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5829"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1294"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="864"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2571"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54780"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50500"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="03"/>
+    <s v="Usual residence one year previously - Different address total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4280"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2064"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="698"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="274"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1244"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2054111"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1829240"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Usual residence one year previously - Different address total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="224871"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="115356"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42858"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11575"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55082"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25047"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22261"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="03"/>
+    <s v="Usual residence one year previously - Different address total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2786"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1216"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="766"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="690"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="561336"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="489381"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="03"/>
+    <s v="Usual residence one year previously - Different address total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="71955"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41045"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8319"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3950"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18641"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="91769"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80474"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="03"/>
+    <s v="Usual residence one year previously - Different address total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11295"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4707"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3482"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="536"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2570"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43121"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39156"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="03"/>
+    <s v="Usual residence one year previously - Different address total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3965"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1788"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1119"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="838"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33168"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29503"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="03"/>
+    <s v="Usual residence one year previously - Different address total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3665"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1430"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1322"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="767"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17265"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15590"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="03"/>
+    <s v="Usual residence one year previously - Different address total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1675"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="687"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="445"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="463"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54142"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48764"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="03"/>
+    <s v="Usual residence one year previously - Different address total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5378"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2831"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1247"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1059"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80682"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="71159"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="03"/>
+    <s v="Usual residence one year previously - Different address total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9523"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3316"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3861"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="375"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1971"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34891"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31791"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="03"/>
+    <s v="Usual residence one year previously - Different address total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3100"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1400"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="854"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="723"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38718"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34502"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="03"/>
+    <s v="Usual residence one year previously - Different address total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4216"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1825"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1155"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1008"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64487"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58162"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="03"/>
+    <s v="Usual residence one year previously - Different address total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6325"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3207"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1529"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1335"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61111"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54666"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="03"/>
+    <s v="Usual residence one year previously - Different address total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6445"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2854"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2125"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="313"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1153"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54111"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48685"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="03"/>
+    <s v="Usual residence one year previously - Different address total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5426"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2652"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1172"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1339"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="234096"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="209355"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="03"/>
+    <s v="Usual residence one year previously - Different address total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24741"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14678"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2590"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1242"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6231"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67361"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61370"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="03"/>
+    <s v="Usual residence one year previously - Different address total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5991"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2972"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="968"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1749"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="89522"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="79285"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="03"/>
+    <s v="Usual residence one year previously - Different address total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10237"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5199"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2017"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="450"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2571"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73927"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67583"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="03"/>
+    <s v="Usual residence one year previously - Different address total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6344"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3227"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1360"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="308"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1449"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52288"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47304"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="03"/>
+    <s v="Usual residence one year previously - Different address total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4984"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2694"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1099"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="952"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="111841"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="98133"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="03"/>
+    <s v="Usual residence one year previously - Different address total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13708"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7169"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2368"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="742"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3429"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14522"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13052"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="03"/>
+    <s v="Usual residence one year previously - Different address total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1470"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="517"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="467"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="399"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60488"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55215"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="03"/>
+    <s v="Usual residence one year previously - Different address total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5273"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2579"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="987"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="360"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1347"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29506"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26644"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="03"/>
+    <s v="Usual residence one year previously - Different address total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2862"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="962"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="933"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="833"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29306"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26373"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="03"/>
+    <s v="Usual residence one year previously - Different address total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2933"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1357"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="720"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="693"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31974"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28745"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="03"/>
+    <s v="Usual residence one year previously - Different address total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3229"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1298"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="969"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="821"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="71519"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66301"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="03"/>
+    <s v="Usual residence one year previously - Different address total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5218"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2765"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="647"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="421"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1385"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27913"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25786"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="03"/>
+    <s v="Usual residence one year previously - Different address total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2127"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="981"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="337"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="666"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2057222"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1838324"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Usual residence one year previously - Different address total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="218898"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="118485"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45131"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11973"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43309"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24127"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21657"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="03"/>
+    <s v="Usual residence one year previously - Different address total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2470"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1150"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="795"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="417"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="585316"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="514021"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="03"/>
+    <s v="Usual residence one year previously - Different address total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="71295"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41905"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8845"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4166"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16379"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="89942"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="79512"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="03"/>
+    <s v="Usual residence one year previously - Different address total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10430"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4662"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3506"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="499"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1763"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42216"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38401"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="03"/>
+    <s v="Usual residence one year previously - Different address total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3815"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1868"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1164"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="581"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32040"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28516"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="03"/>
+    <s v="Usual residence one year previously - Different address total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3524"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1433"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1464"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="481"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16530"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14958"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="03"/>
+    <s v="Usual residence one year previously - Different address total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1572"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="714"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="455"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="312"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54737"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49576"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="03"/>
+    <s v="Usual residence one year previously - Different address total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5161"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2771"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1291"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="853"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="78379"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69445"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="03"/>
+    <s v="Usual residence one year previously - Different address total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8934"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3327"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3880"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="361"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1366"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34301"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31241"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="03"/>
+    <s v="Usual residence one year previously - Different address total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3060"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1434"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="931"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="558"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38472"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34460"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="03"/>
+    <s v="Usual residence one year previously - Different address total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4012"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1834"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1224"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="747"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64199"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57838"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="03"/>
+    <s v="Usual residence one year previously - Different address total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6361"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3488"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1619"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="952"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61660"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55165"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="03"/>
+    <s v="Usual residence one year previously - Different address total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6495"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2971"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2220"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="312"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="992"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52990"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47951"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="03"/>
+    <s v="Usual residence one year previously - Different address total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5039"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2650"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1249"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="857"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="234425"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="210340"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="03"/>
+    <s v="Usual residence one year previously - Different address total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24085"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15058"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2780"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1342"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4905"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="65757"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60158"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="03"/>
+    <s v="Usual residence one year previously - Different address total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5599"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3118"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="997"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="337"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1147"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="88289"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="78734"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="03"/>
+    <s v="Usual residence one year previously - Different address total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9555"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5107"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2249"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="409"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1790"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="71913"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="65798"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="03"/>
+    <s v="Usual residence one year previously - Different address total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6115"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3323"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1396"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="325"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1071"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52428"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47454"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="03"/>
+    <s v="Usual residence one year previously - Different address total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4974"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2716"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1208"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="257"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="793"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="110559"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="96761"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="03"/>
+    <s v="Usual residence one year previously - Different address total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13798"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7669"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2585"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="812"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2732"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13757"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12338"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="03"/>
+    <s v="Usual residence one year previously - Different address total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1419"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="530"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="505"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="294"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59230"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54059"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="03"/>
+    <s v="Usual residence one year previously - Different address total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5171"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2821"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1070"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="297"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="983"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27884"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25453"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="03"/>
+    <s v="Usual residence one year previously - Different address total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2431"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="927"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="892"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="479"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29640"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26613"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="03"/>
+    <s v="Usual residence one year previously - Different address total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3027"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1543"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="770"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="533"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30447"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27384"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="03"/>
+    <s v="Usual residence one year previously - Different address total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3063"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1319"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1028"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="560"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="71117"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="65777"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="03"/>
+    <s v="Usual residence one year previously - Different address total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5340"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3064"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="647"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="443"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1186"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="01"/>
+    <s v="Usual residence one year previously - All persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26867"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="02"/>
+    <s v="Usual residence one year previously - Same address"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24714"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="03"/>
+    <s v="Usual residence one year previously - Different address total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2153"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="04"/>
+    <s v="Usual residence one year previously - Different address, same county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1083"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="05"/>
+    <s v="Usual residence one year previously - Different address, other county"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="361"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="07"/>
+    <s v="Usual residence one year previously - Outside State, birthplace in Ireland (Republic)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="C0409"/>
+    <s v=" Population Aged One Year and Over Usually Resident and Present in the State"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="08"/>
+    <s v="Usual residence one year previously - Outside State, birthplace elsewhere"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="578"/>
+  </r>
+</pivotCacheRecords>
 </file>