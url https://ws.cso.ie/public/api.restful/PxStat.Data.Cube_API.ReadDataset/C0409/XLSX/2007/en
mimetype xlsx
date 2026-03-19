--- v1 (2026-02-02)
+++ v2 (2026-03-19)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R004d9e97f1bb46c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6ba9431c58544e3d8ee30c0d1427e38a.psmdcp" Id="Rf05ee6d70a26487e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3324dff1df3e45e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/45be6c5575044b24a7cd26c2859507a6.psmdcp" Id="R3c426c7310fb4023" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>