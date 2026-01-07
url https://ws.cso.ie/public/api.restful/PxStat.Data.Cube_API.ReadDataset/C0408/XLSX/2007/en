--- v0 (2025-11-08)
+++ v1 (2026-01-07)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe1b085d3f1a4c3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/31a4aa88eff9498e83aa48f2b4b45d9f.psmdcp" Id="R764ed3d679cd4c70" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R857bfe8abcfb4340" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/12f0e0c5b605423da85d3bddb190c458.psmdcp" Id="R571fa52549f64b61" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C0408</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Population Usually Resident and Present in the State but not Enumerated at their Usual Residence</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/12/2020 11:00:00 AM</x:t>
+    <x:t>12/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0408/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P4</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 4 - Usual Residence Migration Birthplaces and Nationalities</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -550,451 +550,192 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...399 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02779V03348" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="27">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+      </items>
+    </pivotField>
+    <pivotField name="County of Usual Residence" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="27">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02325V02801" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Marital Status" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L406" totalsRowShown="0">
   <x:autoFilter ref="A1:L406"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02779V03348"/>
     <x:tableColumn id="6" name="County of Usual Residence"/>
     <x:tableColumn id="7" name="C02325V02801"/>
     <x:tableColumn id="8" name="Marital Status"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1267,51 +1008,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0408/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1498,51 +1239,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L406"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="89.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="26.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="20.853482" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -16962,51 +16703,51 @@
       <x:c r="I406" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J406" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K406" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L406" s="0">
         <x:v>66</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -17023,51 +16764,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L406" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="C0408"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -17489,27 +17230,5698 @@
         <x:n v="1239"/>
         <x:n v="295"/>
         <x:n v="196"/>
         <x:n v="733"/>
         <x:n v="533"/>
         <x:n v="105"/>
         <x:n v="1043"/>
         <x:n v="808"/>
         <x:n v="132"/>
         <x:n v="842"/>
         <x:n v="546"/>
         <x:n v="21"/>
         <x:n v="1598"/>
         <x:n v="1038"/>
         <x:n v="328"/>
         <x:n v="180"/>
         <x:n v="591"/>
         <x:n v="410"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="104258"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="74836"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18275"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4684"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6463"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1424"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1036"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27816"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19525"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5001"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1461"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1829"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4134"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2994"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="754"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2167"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1592"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="358"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1563"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1158"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="918"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="694"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2004"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1409"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="340"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3145"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2156"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="642"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1601"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1167"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2244"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1694"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="331"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3114"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2137"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="589"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2589"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1748"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="512"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2855"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2054"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="520"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12147"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8603"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2315"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="470"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="759"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3790"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2781"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="618"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5258"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3851"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="920"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3830"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2703"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="720"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3075"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2282"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="471"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7095"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5499"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1024"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="329"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="810"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="541"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3464"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2552"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="529"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1455"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1104"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1977"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1526"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1551"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1081"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3137"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2149"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="625"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1095"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="800"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51103"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37953"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8912"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2853"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1385"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="726"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="551"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13630"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9880"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2431"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="899"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="420"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2149"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1597"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="375"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1084"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="807"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="747"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="579"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="419"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="323"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1042"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="752"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1525"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1086"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="311"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="766"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="581"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1094"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="845"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1548"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1120"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1323"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="923"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1429"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1073"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5930"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4330"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1156"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1775"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1353"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2671"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1998"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="470"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1890"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1426"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1520"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1152"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3361"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2668"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="493"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="384"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1682"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1313"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="722"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="571"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="934"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="718"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="709"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="535"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1539"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1111"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="297"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="504"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="390"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53155"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36883"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9363"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1831"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5078"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="698"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="485"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14186"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9645"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2570"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="562"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1409"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1985"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1397"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="379"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1083"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="785"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="816"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="579"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="499"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="371"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="962"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="657"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1620"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1070"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="331"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="835"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="586"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1150"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="849"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1566"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1017"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="304"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1266"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="825"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="260"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1426"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="981"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6217"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4273"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1159"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="607"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2015"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1428"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="320"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2587"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1853"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="450"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1940"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1277"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="396"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1555"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1130"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3734"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2831"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="531"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="426"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="270"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1782"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1239"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="733"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="533"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1043"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="808"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="842"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="546"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1598"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1038"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="328"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="591"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="410"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="C0408"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+</pivotCacheRecords>
 </file>