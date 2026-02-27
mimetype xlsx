--- v1 (2026-01-07)
+++ v2 (2026-02-27)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R857bfe8abcfb4340" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/12f0e0c5b605423da85d3bddb190c458.psmdcp" Id="R571fa52549f64b61" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R941efb6abfd643ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/db272caf6b6343a5a7852419e531db21.psmdcp" Id="R3ec2451a9cde46db" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>