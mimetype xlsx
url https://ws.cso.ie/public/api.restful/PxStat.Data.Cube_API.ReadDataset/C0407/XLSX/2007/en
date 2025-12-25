--- v0 (2025-11-08)
+++ v1 (2025-12-25)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58379f58ca474058" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a8022679b9e242efbb5c7e3d75c54571.psmdcp" Id="R681abb273f2d4fa9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R937fadfddbc346af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/50dac9b159ec4b96bbf1412bb3e32869.psmdcp" Id="R430c766f9211465d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C0407</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Population Usually Resident and Present in the State but not Enumerated at their Usual Residence</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/12/2020 11:00:00 AM</x:t>
+    <x:t>12/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0407/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P4</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 4 - Usual Residence Migration Birthplaces and Nationalities</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -598,499 +598,204 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...447 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02779V03348" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="27">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+      </items>
+    </pivotField>
+    <pivotField name="County of Usual Residence" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="27">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L892" totalsRowShown="0">
   <x:autoFilter ref="A1:L892"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02076V03371"/>
     <x:tableColumn id="4" name="Age Group"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="C02779V03348"/>
     <x:tableColumn id="8" name="County of Usual Residence"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1363,51 +1068,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0407/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1594,51 +1299,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L892"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="89.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="16.567768" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="26.996339" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -35526,51 +35231,51 @@
       <x:c r="I892" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J892" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K892" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L892" s="0">
         <x:v>67</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -35587,51 +35292,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L892" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="C0407"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02076V03371">
       <x:sharedItems count="11">
         <x:s v="-"/>
         <x:s v="215"/>
         <x:s v="300"/>
         <x:s v="365"/>
         <x:s v="410"/>
         <x:s v="440"/>
         <x:s v="465"/>
         <x:s v="500"/>
         <x:s v="535"/>
         <x:s v="570"/>
         <x:s v="605"/>
@@ -36222,27 +35927,12502 @@
         <x:n v="7724"/>
         <x:n v="2176"/>
         <x:n v="899"/>
         <x:n v="344"/>
         <x:n v="342"/>
         <x:n v="264"/>
         <x:n v="402"/>
         <x:n v="334"/>
         <x:n v="268"/>
         <x:n v="2510"/>
         <x:n v="674"/>
         <x:n v="283"/>
         <x:n v="103"/>
         <x:n v="5214"/>
         <x:n v="1502"/>
         <x:n v="616"/>
         <x:n v="263"/>
         <x:n v="83"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="104258"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1424"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27816"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4134"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2167"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1563"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="918"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2004"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3145"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1601"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2244"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3114"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2589"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2855"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12147"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3790"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5258"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3830"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3075"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7095"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="810"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3464"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1455"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1977"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1551"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3137"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1095"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51103"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="726"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13630"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2149"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1084"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="747"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="419"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1042"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1525"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="766"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1094"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1548"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1323"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1429"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5930"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1775"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2671"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1890"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1520"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3361"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="384"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1682"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="722"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="934"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="709"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1539"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="504"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53155"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="698"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14186"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1985"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1083"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="816"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="499"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="962"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1620"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="835"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1150"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1566"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1266"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1426"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6217"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2015"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2587"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1940"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1555"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3734"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="426"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1782"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="733"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1043"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="842"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1598"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="591"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7982"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2181"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="465"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="330"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="284"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="768"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="368"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="336"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="386"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4135"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1086"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="397"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3847"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1095"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="371"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="215"/>
+    <s v="0 - 14 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10858"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1388"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="433"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="357"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="452"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="451"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1057"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="542"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="600"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="550"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="868"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="517"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="293"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="395"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5027"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="705"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="470"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="372"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5831"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="683"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="587"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="313"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="304"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="496"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="300"/>
+    <s v="15 - 19 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22382"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="337"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4957"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="845"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="559"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="366"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="579"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="321"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="578"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="655"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="405"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="623"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2746"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="948"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1342"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="822"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="735"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1878"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="848"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="395"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="510"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="317"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="601"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10582"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2376"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="413"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="270"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="331"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="319"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1291"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="421"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="661"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="380"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="361"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="816"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="393"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11800"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2581"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="432"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="305"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="304"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1455"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="527"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="681"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="442"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="374"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1062"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="455"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14893"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4916"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="623"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="282"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="409"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="339"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="311"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1876"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="400"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="741"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="407"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="428"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1086"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="364"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="415"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7920"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2566"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="356"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="966"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="404"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="544"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6973"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2350"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="267"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="910"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="337"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="542"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9768"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3222"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="414"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1182"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="447"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="305"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="270"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="707"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5388"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1767"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="650"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="257"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="398"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4380"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1455"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="532"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10879"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3346"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="474"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="359"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="330"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="317"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1243"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="379"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="502"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="392"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="648"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="304"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="297"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6166"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1880"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="748"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="297"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="354"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4713"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1466"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="495"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="294"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7301"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2023"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="938"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="282"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="361"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="422"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3828"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1063"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="490"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3473"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="960"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="448"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6505"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1851"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="773"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="389"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2996"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="805"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="340"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3509"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1046"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="433"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5966"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1756"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="665"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2551"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="708"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3415"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1048"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="370"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="570"/>
+    <s v="65 - 74 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7724"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2176"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="899"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="344"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="342"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="402"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2510"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="674"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5214"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1502"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="616"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="C0407"/>
+    <s v=" Population Usually Resident and Present in the State but not Enumerated at their Usual Residence"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+</pivotCacheRecords>
 </file>