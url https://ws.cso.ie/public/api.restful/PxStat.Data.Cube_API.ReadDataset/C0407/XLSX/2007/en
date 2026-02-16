--- v1 (2025-12-25)
+++ v2 (2026-02-16)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R937fadfddbc346af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/50dac9b159ec4b96bbf1412bb3e32869.psmdcp" Id="R430c766f9211465d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd6f1da0d5ef4587" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9fae0d2868c247d5b6aef41045f4710e.psmdcp" Id="Rae5e9894cbf54f98" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>