--- v0 (2025-10-05)
+++ v1 (2025-11-20)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R701c30403c934bcd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0598e970cd0e4cf2abbde37c8479c2d7.psmdcp" Id="R24024c14c05c42ea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7074bd17972c4910" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bd682a715df7432986a869f6eb83dd01.psmdcp" Id="Rc23d327b99d44864" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C0341</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Females Aged 20 Years and Over Usually Resident and Present in the State by Average Number of Children Born Alive</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/7/2020 11:00:00 AM</x:t>
+    <x:t>07/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0341/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P3</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 3 - Household Composition Family Units and Fertility</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -490,347 +490,166 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...295 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02701V03269" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Aggregate Town or Rural Area" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02196V02652" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Regional Authority" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L487" totalsRowShown="0">
   <x:autoFilter ref="A1:L487"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="C02076V03371"/>
     <x:tableColumn id="2" name="Age Group"/>
     <x:tableColumn id="3" name="C02701V03269"/>
     <x:tableColumn id="4" name="Aggregate Town or Rural Area"/>
     <x:tableColumn id="5" name="C02196V02652"/>
     <x:tableColumn id="6" name="Regional Authority"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="CensusYear"/>
     <x:tableColumn id="9" name="STATISTIC"/>
     <x:tableColumn id="10" name="Statistic Label"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1103,51 +922,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0341/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1334,51 +1153,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L487"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="16.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="29.853482" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="19.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="13.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.996339" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="31.710625" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -19876,51 +19695,51 @@
       <x:c r="I487" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J487" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K487" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L487" s="0">
         <x:v>3.6</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -19937,51 +19756,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L487" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02076V03371">
       <x:sharedItems count="9">
         <x:s v="-"/>
         <x:s v="370"/>
         <x:s v="440"/>
         <x:s v="460"/>
         <x:s v="475"/>
         <x:s v="495"/>
         <x:s v="520"/>
         <x:s v="555"/>
         <x:s v="590"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Age Group">
       <x:sharedItems count="9">
         <x:s v="All ages"/>
         <x:s v="20 - 29 years"/>
         <x:s v="30 - 34 years"/>
         <x:s v="35 - 39 years"/>
         <x:s v="40 - 44 years"/>
         <x:s v="45 - 49 years"/>
         <x:s v="50 - 59 years"/>
         <x:s v="60 - 69 years"/>
@@ -20318,27 +20137,6832 @@
         <x:n v="7147"/>
         <x:n v="4019"/>
         <x:n v="6138"/>
         <x:n v="46517"/>
         <x:n v="7153"/>
         <x:n v="6421"/>
         <x:n v="8865"/>
         <x:n v="15010"/>
         <x:n v="74254"/>
         <x:n v="14121"/>
         <x:n v="6293"/>
         <x:n v="4.1"/>
         <x:n v="13401"/>
         <x:n v="4"/>
         <x:n v="1019"/>
         <x:n v="6567"/>
         <x:n v="11057"/>
         <x:n v="12886"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="1487579"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="159888"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="84969"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="142900"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="436478"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="162033"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="124325"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="159136"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="217850"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="931138"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="58394"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="36138"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="54772"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="427796"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="99167"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="58515"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="71763"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="124593"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="556441"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="101494"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="48831"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="88128"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="8682"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="62866"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="65810"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="87373"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="93257"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="331823"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="31144"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="17568"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="29026"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="115531"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="35982"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="26041"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="31209"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="45322"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="243339"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="14509"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="9551"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="16553"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="114009"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="24651"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="15948"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="17437"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="30681"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="88484"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="16635"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="8017"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="12473"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="1522"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="11331"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="10093"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="13772"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="14641"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="166150"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.1"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="16800"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="9341"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="14813"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.1"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="51434"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="0.9"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="20937"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="13095"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="16669"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="23061"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.1"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="110621"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="6676"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="4419"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="6583"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="0.9"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="50575"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="0.9"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="14168"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.1"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="6755"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.1"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="7832"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="13613"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="55529"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="10124"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.4"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="4922"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="8230"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="859"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.1"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="6769"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="6340"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="8837"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="9448"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.1"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="153988"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="16599"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="9291"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="14280"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="42833"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="19625"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="12604"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="16751"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="22005"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="93750"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="5807"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="3828"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="5054"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="41851"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="12423"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="5619"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="7015"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="12153"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="60238"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="10792"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="5463"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="9226"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="982"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="7202"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="6985"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="9736"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="9852"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="146150"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="15974"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="8633"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="13855"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="39599"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="17697"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="12255"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="16403"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="21734"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="85940"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="5286"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="3341"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="4412"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="38665"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="10622"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="5164"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="6677"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="11773"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="60210"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="10688"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="5292"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="9443"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="934"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="7075"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="7091"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="9726"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="9961"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="132887"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="14798"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="7860"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="13271"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="36040"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="14995"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="11231"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="14915"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="19777"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="76556"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="4836"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="2817"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="3972"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="35197"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="8649"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="4531"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="6005"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="10549"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="56331"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="9962"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="5043"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="9299"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="843"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="6346"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="6700"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="8910"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="9228"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="225980"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="25613"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="13075"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="22713"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="61098"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="24344"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="20028"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="25130"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="33979"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="128884"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="8159"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="4794"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="7013"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="59539"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="13468"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="8141"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="10270"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="17500"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="97096"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="17454"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="8281"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="15700"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="1559"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="10876"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="11887"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="14860"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="16479"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="155077"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="17692"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="8889"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="15403"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="42407"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="14733"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="13740"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="18137"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="24076"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="90778"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="5974"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="3369"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="5047"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="41443"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="8033"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="5936"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="7662"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="13314"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="64299"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="11718"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="5520"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="10356"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="964"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="6700"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="7804"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="10475"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="10762"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="175524"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="21268"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="10312"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.9"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="19539"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="47536"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="13720"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="15331"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="19922"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="27896"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="101270"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="7147"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="4019"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="6138"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="46517"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="7153"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="6421"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="8865"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="15010"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="74254"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="14121"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="6293"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="13401"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="1019"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="6567"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="8910"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="11057"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="12886"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0341C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.6"/>
+  </r>
+</pivotCacheRecords>
 </file>