--- v1 (2025-11-20)
+++ v2 (2026-03-05)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7074bd17972c4910" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bd682a715df7432986a869f6eb83dd01.psmdcp" Id="Rc23d327b99d44864" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0311e80e51e947dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d7eed1d1ea40404191103774e943d8fd.psmdcp" Id="Rc5d934d4cc594715" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>