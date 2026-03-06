--- v0 (2025-10-05)
+++ v1 (2026-03-06)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R874125f6996c425c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/30b6d38978f14a7dba944757e70b6035.psmdcp" Id="R4d404a11bc9f4a84" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e275b5d25b84f60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/36ea81f6099a4e218470b2b38605e897.psmdcp" Id="R3dec1f1a15e24369" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C0338</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Females Aged 20 Years and Over Usually Resident and Present in the State by Average Number of Children Born Alive</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/7/2020 11:00:00 AM</x:t>
+    <x:t>07/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0338/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P3</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 3 - Household Composition Family Units and Fertility</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -679,587 +679,220 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...535 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02779V03348" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="Province County or City" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J793" totalsRowShown="0">
   <x:autoFilter ref="A1:J793"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="C02076V03371"/>
     <x:tableColumn id="2" name="Age Group"/>
     <x:tableColumn id="3" name="C02779V03348"/>
     <x:tableColumn id="4" name="Province County or City"/>
     <x:tableColumn id="5" name="TLIST(A1)"/>
     <x:tableColumn id="6" name="CensusYear"/>
     <x:tableColumn id="7" name="STATISTIC"/>
     <x:tableColumn id="8" name="Statistic Label"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1530,51 +1163,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0338/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1761,51 +1394,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J793"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="16.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="24.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="31.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -27171,51 +26804,51 @@
       <x:c r="G793" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H793" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I793" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J793" s="0">
         <x:v>3.6</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -27232,51 +26865,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J793" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02076V03371">
       <x:sharedItems count="9">
         <x:s v="-"/>
         <x:s v="370"/>
         <x:s v="440"/>
         <x:s v="460"/>
         <x:s v="475"/>
         <x:s v="495"/>
         <x:s v="520"/>
         <x:s v="555"/>
         <x:s v="590"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Age Group">
       <x:sharedItems count="9">
         <x:s v="All ages"/>
         <x:s v="20 - 29 years"/>
         <x:s v="30 - 34 years"/>
         <x:s v="35 - 39 years"/>
         <x:s v="40 - 44 years"/>
         <x:s v="45 - 49 years"/>
         <x:s v="50 - 59 years"/>
         <x:s v="60 - 69 years"/>
@@ -27822,27 +27455,9532 @@
         <x:n v="5020"/>
         <x:n v="3249"/>
         <x:n v="3975"/>
         <x:n v="4834"/>
         <x:n v="2036"/>
         <x:n v="2798"/>
         <x:n v="24070"/>
         <x:n v="9465"/>
         <x:n v="2265"/>
         <x:n v="7200"/>
         <x:n v="1575"/>
         <x:n v="6745"/>
         <x:n v="3329"/>
         <x:n v="2956"/>
         <x:n v="12387"/>
         <x:n v="3069"/>
         <x:n v="6646"/>
         <x:n v="2672"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="1487579"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="814904"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="17160"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="436478"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="191740"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="73952"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="83859"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="86927"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="62831"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="29854"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="22386"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="11522"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="38656"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="55000"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="23805"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="27256"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="45754"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="44202"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="408543"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="37332"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="169888"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="45213"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="124675"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="47962"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="64334"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="19204"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="45130"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="22659"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="28751"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="37617"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="16265"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="21352"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="174291"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="80246"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="26972"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="53274"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="9929"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="42469"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="20185"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="21462"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="89841"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="21149"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="49727"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="18965"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="331823"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="195652"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="3822"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="115531"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="55377"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="15274"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="22523"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="22357"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="14860"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="5609"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="4734"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="2211"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="8360"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="12073"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="4850"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="5773"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="8780"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="9049"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="84361"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="6633"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="36863"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="12335"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="24528"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="8459"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="15332"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="5163"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="10169"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="4076"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="5252"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="7746"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="4091"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="3655"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="34731"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="19084"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="10038"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="9046"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="1653"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="6802"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="3140"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="4052"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="17079"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="4008"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="9337"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="3734"/>
+  </r>
+  <r>
+    <s v="370"/>
+    <s v="20 - 29 years"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="166150"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.1"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="96337"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.1"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="1895"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="51434"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="0.9"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="21296"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="0.8"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="6795"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="12794"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="10549"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="8464"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="3236"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="2539"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="1079"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.4"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="4598"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="7470"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.1"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="2651"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="3072"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="4896"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.4"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="5003"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.1"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="42798"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.1"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="4131"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="18408"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="3781"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="14627"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.1"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="4653"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="6621"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.1"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="1880"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="4741"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.1"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="2343"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="2808"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="3834"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="1629"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="2205"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="17857"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.1"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="9113"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="3283"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="0.8"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="5830"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="941"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.1"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="3856"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="1844"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="2103"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.1"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="9158"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.4"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="2166"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="5094"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.5"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="1898"/>
+  </r>
+  <r>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.4"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="153988"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="85978"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="1816"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="42833"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="16970"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.5"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="6840"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="9961"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="9062"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="7741"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="3182"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="2489"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="1189"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="4277"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="6881"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="2569"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="3044"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="4954"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="5003"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="41408"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="4107"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="17382"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="3267"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="14115"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="4623"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="6193"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="1647"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="4546"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="2304"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="2941"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="3858"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="1523"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="2335"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="17207"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="8250"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="2248"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.5"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="6002"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="946"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="4089"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="1941"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="1981"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="9395"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="2236"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="5282"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="1877"/>
+  </r>
+  <r>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="146150"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="79535"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="1749"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="39599"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="15476"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="7325"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="8372"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="8426"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="6873"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="3140"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="2298"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="1073"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="3886"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="5962"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="2483"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="2779"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="4831"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="4862"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="40672"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="3921"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="16948"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="3747"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="13201"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="4786"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="6039"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="1640"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="4399"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="2295"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="2905"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="3778"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="1491"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="2287"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="16903"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="7588"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="1999"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="5589"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="940"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="4254"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="2013"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="2108"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="9040"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="2142"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="4979"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="1919"/>
+  </r>
+  <r>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="132887"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="71108"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="1604"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="36040"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="13927"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="6795"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="7230"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="8088"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="5844"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="2908"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="2094"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="1087"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="3428"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="4958"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="2208"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="2471"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="4273"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="4193"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="37138"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="3559"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="15239"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="3706"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="11533"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="4538"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="5638"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="1474"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="4164"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="2034"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="2742"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="3388"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="1386"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="2002"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="16386"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="7095"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="1868"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="5227"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="991"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="4205"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="1971"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="2124"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="8255"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="1956"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="4523"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="1776"/>
+  </r>
+  <r>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="225980"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="118693"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="2572"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="61098"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="23321"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="11543"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="11715"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="14519"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="9399"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="4806"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="3328"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="1948"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="5694"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="8010"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="3715"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="4084"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="7104"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="6935"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="64655"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="6278"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="25813"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="6284"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="19529"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="8166"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="10024"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="2734"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="7290"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="3726"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="4789"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="5859"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="2276"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="3583"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="28107"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="11828"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="3159"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="8669"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="1715"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="7382"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="3503"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="3679"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="14525"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="3373"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="8120"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="3032"/>
+  </r>
+  <r>
+    <s v="520"/>
+    <s v="50 - 59 years"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="155077"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="80570"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="1789"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="42407"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="19022"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="9096"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="6470"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="7819"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="5171"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="3271"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="2274"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="1321"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="4063"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="4902"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="2552"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="2742"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="5418"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="4660"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="45475"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="4102"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="18256"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="5538"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="12718"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="5820"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="7006"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="2205"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="4801"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="2632"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="3339"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="4320"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="1833"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="2487"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="19030"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="7823"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="2112"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="5711"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="1168"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="5136"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="2444"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="2459"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="10002"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="2199"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="5746"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="2057"/>
+  </r>
+  <r>
+    <s v="555"/>
+    <s v="60 - 69 years"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="175524"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="87031"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="1913"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.9"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="47536"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="26351"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="10284"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="4794"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="6107"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="4479"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.9"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="3702"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="2630"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.9"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="1614"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="4350"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="4744"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.9"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="2777"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="3291"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="5498"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="4497"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="52036"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="4601"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="20979"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="6555"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="14424"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="6917"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="7481"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="2461"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="5020"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="3249"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="3975"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.9"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="4834"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="2036"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="2798"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="24070"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="9465"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="2265"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="7200"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="1575"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="6745"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="3329"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="2956"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="12387"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="3069"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="6646"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C1"/>
+    <s v="Number of women"/>
+    <s v="Number"/>
+    <n v="2672"/>
+  </r>
+  <r>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0338C2"/>
+    <s v="Avg. number of children born alive"/>
+    <s v="Number"/>
+    <n v="3.6"/>
+  </r>
+</pivotCacheRecords>
 </file>