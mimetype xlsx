--- v0 (2025-10-05)
+++ v1 (2025-11-28)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39e461e3c6c448cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cb5e456f9e874aa99541e347493bf966.psmdcp" Id="Rc37acd52cd3c4974" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec75987b84c341ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b8023bafe8a2455188337cb6a4283bc0.psmdcp" Id="R78f2fdd7ff664e3e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="2" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="9" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>