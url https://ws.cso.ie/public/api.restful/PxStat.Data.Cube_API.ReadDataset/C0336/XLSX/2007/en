--- v1 (2025-11-28)
+++ v2 (2026-02-09)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec75987b84c341ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b8023bafe8a2455188337cb6a4283bc0.psmdcp" Id="R78f2fdd7ff664e3e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a83b224f4114897" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1140f2d0a973422e8debd39e6741e9a4.psmdcp" Id="R2f00d8b639364442" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C0336</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Family Units in Private Households</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/7/2020 11:00:00 AM</x:t>
+    <x:t>07/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0336/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P3</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 3 - Household Composition Family Units and Fertility</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -1471,1651 +1471,486 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...1599 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02258V02730" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Family Unit" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02800V03369" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="182">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
+        <item x="89"/>
+        <item x="90"/>
+        <item x="91"/>
+        <item x="92"/>
+        <item x="93"/>
+        <item x="94"/>
+        <item x="95"/>
+        <item x="96"/>
+        <item x="97"/>
+        <item x="98"/>
+        <item x="99"/>
+        <item x="100"/>
+        <item x="101"/>
+        <item x="102"/>
+        <item x="103"/>
+        <item x="104"/>
+        <item x="105"/>
+        <item x="106"/>
+        <item x="107"/>
+        <item x="108"/>
+        <item x="109"/>
+        <item x="110"/>
+        <item x="111"/>
+        <item x="112"/>
+        <item x="113"/>
+        <item x="114"/>
+        <item x="115"/>
+        <item x="116"/>
+        <item x="117"/>
+        <item x="118"/>
+        <item x="119"/>
+        <item x="120"/>
+        <item x="121"/>
+        <item x="122"/>
+        <item x="123"/>
+        <item x="124"/>
+        <item x="125"/>
+        <item x="126"/>
+        <item x="127"/>
+        <item x="128"/>
+        <item x="129"/>
+        <item x="130"/>
+        <item x="131"/>
+        <item x="132"/>
+        <item x="133"/>
+        <item x="134"/>
+        <item x="135"/>
+        <item x="136"/>
+        <item x="137"/>
+        <item x="138"/>
+        <item x="139"/>
+        <item x="140"/>
+        <item x="141"/>
+        <item x="142"/>
+        <item x="143"/>
+        <item x="144"/>
+        <item x="145"/>
+        <item x="146"/>
+        <item x="147"/>
+        <item x="148"/>
+        <item x="149"/>
+        <item x="150"/>
+        <item x="151"/>
+        <item x="152"/>
+        <item x="153"/>
+        <item x="154"/>
+        <item x="155"/>
+        <item x="156"/>
+        <item x="157"/>
+        <item x="158"/>
+        <item x="159"/>
+        <item x="160"/>
+        <item x="161"/>
+        <item x="162"/>
+        <item x="163"/>
+        <item x="164"/>
+        <item x="165"/>
+        <item x="166"/>
+        <item x="167"/>
+        <item x="168"/>
+        <item x="169"/>
+        <item x="170"/>
+        <item x="171"/>
+        <item x="172"/>
+        <item x="173"/>
+        <item x="174"/>
+        <item x="175"/>
+        <item x="176"/>
+        <item x="177"/>
+        <item x="178"/>
+        <item x="179"/>
+        <item x="180"/>
+        <item x="181"/>
+      </items>
+    </pivotField>
+    <pivotField name="Towns with a Population of over 1,500" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="182">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
+        <item x="89"/>
+        <item x="90"/>
+        <item x="91"/>
+        <item x="92"/>
+        <item x="93"/>
+        <item x="94"/>
+        <item x="95"/>
+        <item x="96"/>
+        <item x="97"/>
+        <item x="98"/>
+        <item x="99"/>
+        <item x="100"/>
+        <item x="101"/>
+        <item x="102"/>
+        <item x="103"/>
+        <item x="104"/>
+        <item x="105"/>
+        <item x="106"/>
+        <item x="107"/>
+        <item x="108"/>
+        <item x="109"/>
+        <item x="110"/>
+        <item x="111"/>
+        <item x="112"/>
+        <item x="113"/>
+        <item x="114"/>
+        <item x="115"/>
+        <item x="116"/>
+        <item x="117"/>
+        <item x="118"/>
+        <item x="119"/>
+        <item x="120"/>
+        <item x="121"/>
+        <item x="122"/>
+        <item x="123"/>
+        <item x="124"/>
+        <item x="125"/>
+        <item x="126"/>
+        <item x="127"/>
+        <item x="128"/>
+        <item x="129"/>
+        <item x="130"/>
+        <item x="131"/>
+        <item x="132"/>
+        <item x="133"/>
+        <item x="134"/>
+        <item x="135"/>
+        <item x="136"/>
+        <item x="137"/>
+        <item x="138"/>
+        <item x="139"/>
+        <item x="140"/>
+        <item x="141"/>
+        <item x="142"/>
+        <item x="143"/>
+        <item x="144"/>
+        <item x="145"/>
+        <item x="146"/>
+        <item x="147"/>
+        <item x="148"/>
+        <item x="149"/>
+        <item x="150"/>
+        <item x="151"/>
+        <item x="152"/>
+        <item x="153"/>
+        <item x="154"/>
+        <item x="155"/>
+        <item x="156"/>
+        <item x="157"/>
+        <item x="158"/>
+        <item x="159"/>
+        <item x="160"/>
+        <item x="161"/>
+        <item x="162"/>
+        <item x="163"/>
+        <item x="164"/>
+        <item x="165"/>
+        <item x="166"/>
+        <item x="167"/>
+        <item x="168"/>
+        <item x="169"/>
+        <item x="170"/>
+        <item x="171"/>
+        <item x="172"/>
+        <item x="173"/>
+        <item x="174"/>
+        <item x="175"/>
+        <item x="176"/>
+        <item x="177"/>
+        <item x="178"/>
+        <item x="179"/>
+        <item x="180"/>
+        <item x="181"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J911" totalsRowShown="0">
   <x:autoFilter ref="A1:J911"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02258V02730"/>
     <x:tableColumn id="4" name="Type of Family Unit"/>
     <x:tableColumn id="5" name="C02800V03369"/>
     <x:tableColumn id="6" name="Towns with a Population of over 1,500"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="CensusYear"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -3386,51 +2221,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0336/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -3617,51 +2452,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J911"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="32.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="42.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="60.282054" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="13.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -32803,51 +31638,51 @@
       <x:c r="G911" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H911" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I911" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J911" s="0">
         <x:v>10599</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -32864,51 +31699,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J911" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="C0336"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v=" Family Units in Private Households"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02258V02730">
       <x:sharedItems count="5">
         <x:s v="-"/>
         <x:s v="101"/>
         <x:s v="106"/>
         <x:s v="110"/>
         <x:s v="111"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Type of Family Unit">
       <x:sharedItems count="5">
         <x:s v="All family units"/>
         <x:s v="Husband and wife (or couple) without children"/>
@@ -33944,27 +32779,10948 @@
         <x:n v="19"/>
         <x:n v="812"/>
         <x:n v="10"/>
         <x:n v="11"/>
         <x:n v="7"/>
         <x:n v="13"/>
         <x:n v="4"/>
         <x:n v="8"/>
         <x:n v="6"/>
         <x:n v="2"/>
         <x:n v="5"/>
         <x:n v="12"/>
         <x:n v="9"/>
         <x:n v="16090"/>
         <x:n v="566"/>
         <x:n v="805"/>
         <x:n v="8526"/>
         <x:n v="10599"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1053180"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="100100"/>
+    <s v="Dublin and Surburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="249210"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="100200"/>
+    <s v="Other Cities (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93126"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="100300"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45313"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="100400"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21138"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="100500"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14412"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="100600"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12263"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="154287"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="100800"/>
+    <s v="Drogheda"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9322"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="100900"/>
+    <s v="Dundalk"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8933"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="101000"/>
+    <s v="Swords"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8661"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="101100"/>
+    <s v="Bray"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8214"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="101200"/>
+    <s v="Navan (An Uaimh)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6471"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="101300"/>
+    <s v="Ennis"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5765"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="101400"/>
+    <s v="Tralee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5437"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="101500"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5339"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="101600"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5106"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="101700"/>
+    <s v="Naas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4837"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="101800"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4174"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="101900"/>
+    <s v="Droichead Nua"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4890"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="102000"/>
+    <s v="Mullingar"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4563"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="102100"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4792"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="102200"/>
+    <s v="Letterkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4116"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="102300"/>
+    <s v="Athlone"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4225"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="102400"/>
+    <s v="Celbridge"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4453"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="102500"/>
+    <s v="Clonmel"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4420"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="102600"/>
+    <s v="Balbriggan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4305"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="102700"/>
+    <s v="Malahide"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4003"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="102800"/>
+    <s v="Leixlip"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3820"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="102900"/>
+    <s v="Portlaoighise"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3510"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="103000"/>
+    <s v="Killarney"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2785"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="103100"/>
+    <s v="Greystones"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4061"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="103200"/>
+    <s v="Tullamore"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3135"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="103300"/>
+    <s v="Carrigaline"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3445"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="103400"/>
+    <s v="Castlebar"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2684"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="103500"/>
+    <s v="Arklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3159"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="103600"/>
+    <s v="Cobh"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3054"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="103700"/>
+    <s v="Maynooth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2168"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="103800"/>
+    <s v="Ballina"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2478"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="103900"/>
+    <s v="Mallow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2674"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="104000"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2711"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="104100"/>
+    <s v="Midleton"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2577"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="104200"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70094"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="104300"/>
+    <s v="Tramore"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2615"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="104400"/>
+    <s v="Enniscorthy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2485"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="104500"/>
+    <s v="Skerries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2597"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="104600"/>
+    <s v="Shannon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2451"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="104700"/>
+    <s v="Portmarnock"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2484"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="104800"/>
+    <s v="Laytown-Bettystown-Mornington"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2551"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="104900"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2109"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="105000"/>
+    <s v="Ashbourne"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2232"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="105100"/>
+    <s v="Dungarvan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2068"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="105200"/>
+    <s v="Rush"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2162"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="105300"/>
+    <s v="Athy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2116"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="105400"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1817"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="105500"/>
+    <s v="Nenagh"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1919"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="105600"/>
+    <s v="New Ross"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2000"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="105700"/>
+    <s v="Thurles"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1912"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="105800"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2023"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="105900"/>
+    <s v="Ratoath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1955"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="106000"/>
+    <s v="Gorey"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1868"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="106100"/>
+    <s v="Tuam"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1748"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="106200"/>
+    <s v="Trim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1748"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="106300"/>
+    <s v="Youghal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1798"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="106400"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1598"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="106500"/>
+    <s v="Ballinasloe"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1428"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="106600"/>
+    <s v="Portarlington"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1619"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="106700"/>
+    <s v="Buncrana"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1522"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="106800"/>
+    <s v="Carrick-on-Suir"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1515"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="106900"/>
+    <s v="Edenderry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1542"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="107000"/>
+    <s v="Fermoy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1476"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="107100"/>
+    <s v="Bandon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1479"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="107200"/>
+    <s v="Dunboyne"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1410"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="107300"/>
+    <s v="Donabate"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1514"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="107400"/>
+    <s v="Westport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1136"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="107500"/>
+    <s v="Ceannanus Mór"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1374"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="107600"/>
+    <s v="Lusk"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1527"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="107700"/>
+    <s v="Passage West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1418"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="107800"/>
+    <s v="Newcastle West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1232"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="107900"/>
+    <s v="Birr"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1251"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="108000"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1274"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="108100"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1121"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="108200"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27586"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="108300"/>
+    <s v="Clane"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1337"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="108400"/>
+    <s v="Roscrea"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1206"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="108500"/>
+    <s v="Ardee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1178"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="108600"/>
+    <s v="Loughrea"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1068"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="108700"/>
+    <s v="Carrickmacross"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1090"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="108800"/>
+    <s v="Listowel"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1115"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="108900"/>
+    <s v="Ballybofey-Stranorlar"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1056"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="109000"/>
+    <s v="Clonakilty"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="940"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="109100"/>
+    <s v="Kilcock"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1093"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="109200"/>
+    <s v="Kinsale"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="960"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="109300"/>
+    <s v="Mountmellick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1009"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="109400"/>
+    <s v="Blessington"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1128"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="109500"/>
+    <s v="Sallins"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1001"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="109600"/>
+    <s v="Kinsealy-Drinan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1006"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="109700"/>
+    <s v="Macroom"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="857"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="109800"/>
+    <s v="Oranmore"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="884"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="109900"/>
+    <s v="Dunshaughlin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="860"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="110000"/>
+    <s v="Cahir"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="835"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="110100"/>
+    <s v="Mitchelstown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="915"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="110200"/>
+    <s v="Bantry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="742"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="110300"/>
+    <s v="Kilcoole"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="898"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="110400"/>
+    <s v="Duleek"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="907"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="110500"/>
+    <s v="Athenry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="849"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="110600"/>
+    <s v="Carrick-on-Shannon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="692"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="110700"/>
+    <s v="Castleblayney"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="738"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="110800"/>
+    <s v="Tower"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="844"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="110900"/>
+    <s v="Tullow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="763"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="111000"/>
+    <s v="Monasterevin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="799"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="111100"/>
+    <s v="Clara"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="816"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="111200"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32333"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="111300"/>
+    <s v="Kilcullen"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="868"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="111400"/>
+    <s v="Rathluirc (or Charleville)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="717"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="111500"/>
+    <s v="Cashel"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="695"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="111600"/>
+    <s v="Rathcoole"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="787"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="111700"/>
+    <s v="Carrigtwohill"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="785"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="111800"/>
+    <s v="Muinebeag"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="725"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="111900"/>
+    <s v="Gort"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="613"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="112000"/>
+    <s v="Kilrush"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="604"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="112100"/>
+    <s v="Ballyshannon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="701"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="112200"/>
+    <s v="Claremorris"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="618"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="112300"/>
+    <s v="Newtownmountkennedy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="690"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="112400"/>
+    <s v="Boyle"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="606"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="112500"/>
+    <s v="Kill"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="682"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="112600"/>
+    <s v="Stamullen"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="731"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="112700"/>
+    <s v="Blarney"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="622"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="112800"/>
+    <s v="Templemore"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="536"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="112900"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="557"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="113000"/>
+    <s v="Skibbereen"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="568"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="113100"/>
+    <s v="Castleisland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="576"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="113200"/>
+    <s v="Kinnegad"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="588"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="113300"/>
+    <s v="Athboy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="578"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="113400"/>
+    <s v="Enfield"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="609"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="113500"/>
+    <s v="Ballinrobe"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="512"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="113600"/>
+    <s v="Bailieborough"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="532"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="113700"/>
+    <s v="Bundoran"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="458"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="113800"/>
+    <s v="Abbeyfeale"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="484"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="113900"/>
+    <s v="Prosperous"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="546"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="114000"/>
+    <s v="Carndonagh"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="474"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="114100"/>
+    <s v="An Daingean"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="382"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="114200"/>
+    <s v="Kanturk"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="481"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="114300"/>
+    <s v="Cootehill"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="494"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="114400"/>
+    <s v="Moate"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="473"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="114500"/>
+    <s v="Enniskerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="471"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="114600"/>
+    <s v="Castlerea"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="451"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="114700"/>
+    <s v="Bunclody-Carrickduff"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="424"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="114800"/>
+    <s v="Ballina (North Tipperary)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="485"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="114900"/>
+    <s v="Rathnew"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="527"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="115000"/>
+    <s v="Annacotty"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="423"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="115100"/>
+    <s v="Thomastown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="447"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="115200"/>
+    <s v="Callan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="438"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="115300"/>
+    <s v="Clones"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="450"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="115400"/>
+    <s v="Kingscourt"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="430"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="115500"/>
+    <s v="Baltinglass"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="470"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="115600"/>
+    <s v="Virginia"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="440"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="115700"/>
+    <s v="Ballaghaderreen"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="383"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="115800"/>
+    <s v="Rathangan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="450"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="115900"/>
+    <s v="Ballyhaunis"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="341"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="116000"/>
+    <s v="Kenmare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="357"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="116100"/>
+    <s v="Ballyjamesduff"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="383"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="116200"/>
+    <s v="Crosshaven"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="452"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="116300"/>
+    <s v="Sixmilebridge"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="471"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="116400"/>
+    <s v="Banagher"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="398"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="116500"/>
+    <s v="Killorglin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="392"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="116600"/>
+    <s v="Castlebridge"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="444"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="116700"/>
+    <s v="Abbeyleix"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="413"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="116800"/>
+    <s v="Clogherhead"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="431"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="116900"/>
+    <s v="Dunmore East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="379"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="117000"/>
+    <s v="Newmarket-on-Fergus"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="413"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="117100"/>
+    <s v="Portrane"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="333"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="117200"/>
+    <s v="Castlecomer-Donaguile"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="397"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="117300"/>
+    <s v="Dunmanway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="391"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="117400"/>
+    <s v="Newcastle"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="430"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="117500"/>
+    <s v="Swinford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="327"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="117600"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="626636"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="117700"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19662"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="117800"/>
+    <s v="Towns 500 - 999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31443"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="117900"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25781"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="118000"/>
+    <s v="Remainder of country"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="349658"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="118100"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="426544"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="303554"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="100100"/>
+    <s v="Dublin and Surburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="76007"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="100200"/>
+    <s v="Other Cities (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28176"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="100300"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13031"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="100400"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6511"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="100500"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4859"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="100600"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3775"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45554"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="100800"/>
+    <s v="Drogheda"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2844"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="100900"/>
+    <s v="Dundalk"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2413"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="101000"/>
+    <s v="Swords"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2556"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="101100"/>
+    <s v="Bray"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2177"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="101200"/>
+    <s v="Navan (An Uaimh)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1947"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="101300"/>
+    <s v="Ennis"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1774"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="101400"/>
+    <s v="Tralee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1556"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="101500"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1713"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="101600"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1569"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="101700"/>
+    <s v="Naas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1410"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="101800"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1296"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="101900"/>
+    <s v="Droichead Nua"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1374"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="102000"/>
+    <s v="Mullingar"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1453"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="102100"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1594"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="102200"/>
+    <s v="Letterkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1124"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="102300"/>
+    <s v="Athlone"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1371"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="102400"/>
+    <s v="Celbridge"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1057"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="102500"/>
+    <s v="Clonmel"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1333"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="102600"/>
+    <s v="Balbriggan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1315"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="102700"/>
+    <s v="Malahide"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1146"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="102800"/>
+    <s v="Leixlip"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="832"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="102900"/>
+    <s v="Portlaoighise"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1085"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="103000"/>
+    <s v="Killarney"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="915"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="103100"/>
+    <s v="Greystones"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1356"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="103200"/>
+    <s v="Tullamore"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1018"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="103300"/>
+    <s v="Carrigaline"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="877"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="103400"/>
+    <s v="Castlebar"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="815"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="103500"/>
+    <s v="Arklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="939"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="103600"/>
+    <s v="Cobh"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="891"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="103700"/>
+    <s v="Maynooth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="663"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="103800"/>
+    <s v="Ballina"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="728"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="103900"/>
+    <s v="Mallow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="858"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="104000"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="739"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="104100"/>
+    <s v="Midleton"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="816"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="104200"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21122"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="104300"/>
+    <s v="Tramore"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="796"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="104400"/>
+    <s v="Enniscorthy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="739"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="104500"/>
+    <s v="Skerries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="685"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="104600"/>
+    <s v="Shannon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="796"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="104700"/>
+    <s v="Portmarnock"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="679"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="104800"/>
+    <s v="Laytown-Bettystown-Mornington"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="869"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="104900"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="663"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="105000"/>
+    <s v="Ashbourne"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="697"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="105100"/>
+    <s v="Dungarvan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="642"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="105200"/>
+    <s v="Rush"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="587"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="105300"/>
+    <s v="Athy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="574"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="105400"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="619"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="105500"/>
+    <s v="Nenagh"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="653"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="105600"/>
+    <s v="New Ross"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="597"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="105700"/>
+    <s v="Thurles"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="609"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="105800"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="553"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="105900"/>
+    <s v="Ratoath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="560"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="106000"/>
+    <s v="Gorey"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="573"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="106100"/>
+    <s v="Tuam"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="646"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="106200"/>
+    <s v="Trim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="460"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="106300"/>
+    <s v="Youghal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="554"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="106400"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="470"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="106500"/>
+    <s v="Ballinasloe"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="445"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="106600"/>
+    <s v="Portarlington"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="558"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="106700"/>
+    <s v="Buncrana"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="366"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="106800"/>
+    <s v="Carrick-on-Suir"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="380"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="106900"/>
+    <s v="Edenderry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="440"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="107000"/>
+    <s v="Fermoy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="471"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="107100"/>
+    <s v="Bandon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="443"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="107200"/>
+    <s v="Dunboyne"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="107300"/>
+    <s v="Donabate"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="423"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="107400"/>
+    <s v="Westport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="393"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="107500"/>
+    <s v="Ceannanus Mór"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="405"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="107600"/>
+    <s v="Lusk"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="651"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="107700"/>
+    <s v="Passage West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="408"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="107800"/>
+    <s v="Newcastle West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="420"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="107900"/>
+    <s v="Birr"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="347"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="108000"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="368"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="108100"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="343"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="108200"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8588"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="108300"/>
+    <s v="Clane"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="412"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="108400"/>
+    <s v="Roscrea"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="108500"/>
+    <s v="Ardee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="343"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="108600"/>
+    <s v="Loughrea"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="108700"/>
+    <s v="Carrickmacross"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="328"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="108800"/>
+    <s v="Listowel"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="340"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="108900"/>
+    <s v="Ballybofey-Stranorlar"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="109000"/>
+    <s v="Clonakilty"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="308"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="109100"/>
+    <s v="Kilcock"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="395"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="109200"/>
+    <s v="Kinsale"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="354"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="109300"/>
+    <s v="Mountmellick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="109400"/>
+    <s v="Blessington"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="339"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="109500"/>
+    <s v="Sallins"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="109600"/>
+    <s v="Kinsealy-Drinan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="403"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="109700"/>
+    <s v="Macroom"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="109800"/>
+    <s v="Oranmore"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="386"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="109900"/>
+    <s v="Dunshaughlin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="110000"/>
+    <s v="Cahir"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="110100"/>
+    <s v="Mitchelstown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="270"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="110200"/>
+    <s v="Bantry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="110300"/>
+    <s v="Kilcoole"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="110400"/>
+    <s v="Duleek"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="110500"/>
+    <s v="Athenry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="332"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="110600"/>
+    <s v="Carrick-on-Shannon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="110700"/>
+    <s v="Castleblayney"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="110800"/>
+    <s v="Tower"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="110900"/>
+    <s v="Tullow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="111000"/>
+    <s v="Monasterevin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="111100"/>
+    <s v="Clara"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="111200"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10241"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="111300"/>
+    <s v="Kilcullen"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="325"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="111400"/>
+    <s v="Rathluirc (or Charleville)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="111500"/>
+    <s v="Cashel"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="111600"/>
+    <s v="Rathcoole"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="111700"/>
+    <s v="Carrigtwohill"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="319"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="111800"/>
+    <s v="Muinebeag"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="111900"/>
+    <s v="Gort"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="112000"/>
+    <s v="Kilrush"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="112100"/>
+    <s v="Ballyshannon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="112200"/>
+    <s v="Claremorris"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="112300"/>
+    <s v="Newtownmountkennedy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="112400"/>
+    <s v="Boyle"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="112500"/>
+    <s v="Kill"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="112600"/>
+    <s v="Stamullen"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="270"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="112700"/>
+    <s v="Blarney"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="112800"/>
+    <s v="Templemore"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="112900"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="113000"/>
+    <s v="Skibbereen"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="113100"/>
+    <s v="Castleisland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="113200"/>
+    <s v="Kinnegad"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="113300"/>
+    <s v="Athboy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="113400"/>
+    <s v="Enfield"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="113500"/>
+    <s v="Ballinrobe"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="113600"/>
+    <s v="Bailieborough"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="113700"/>
+    <s v="Bundoran"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="113800"/>
+    <s v="Abbeyfeale"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="113900"/>
+    <s v="Prosperous"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="114000"/>
+    <s v="Carndonagh"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="114100"/>
+    <s v="An Daingean"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="114200"/>
+    <s v="Kanturk"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="114300"/>
+    <s v="Cootehill"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="114400"/>
+    <s v="Moate"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="114500"/>
+    <s v="Enniskerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="114600"/>
+    <s v="Castlerea"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="114700"/>
+    <s v="Bunclody-Carrickduff"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="114800"/>
+    <s v="Ballina (North Tipperary)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="114900"/>
+    <s v="Rathnew"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="115000"/>
+    <s v="Annacotty"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="115100"/>
+    <s v="Thomastown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="115200"/>
+    <s v="Callan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="115300"/>
+    <s v="Clones"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="115400"/>
+    <s v="Kingscourt"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="115500"/>
+    <s v="Baltinglass"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="115600"/>
+    <s v="Virginia"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="115700"/>
+    <s v="Ballaghaderreen"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="115800"/>
+    <s v="Rathangan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="115900"/>
+    <s v="Ballyhaunis"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="116000"/>
+    <s v="Kenmare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="116100"/>
+    <s v="Ballyjamesduff"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="116200"/>
+    <s v="Crosshaven"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="116300"/>
+    <s v="Sixmilebridge"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="116400"/>
+    <s v="Banagher"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="116500"/>
+    <s v="Killorglin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="116600"/>
+    <s v="Castlebridge"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="116700"/>
+    <s v="Abbeyleix"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="116800"/>
+    <s v="Clogherhead"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="116900"/>
+    <s v="Dunmore East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="117000"/>
+    <s v="Newmarket-on-Fergus"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="117100"/>
+    <s v="Portrane"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="117200"/>
+    <s v="Castlecomer-Donaguile"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="117300"/>
+    <s v="Dunmanway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="117400"/>
+    <s v="Newcastle"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="117500"/>
+    <s v="Swinford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="117600"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="189688"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="117700"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5859"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="117800"/>
+    <s v="Towns 500 - 999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9244"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="117900"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6997"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="118000"/>
+    <s v="Remainder of country"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="91766"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="101"/>
+    <s v="Husband and wife (or couple) without children"/>
+    <s v="118100"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="113866"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="560386"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="100100"/>
+    <s v="Dublin and Surburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="119168"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="100200"/>
+    <s v="Other Cities (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45157"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="100300"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23249"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="100400"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9798"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="100500"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6457"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="100600"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5653"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="78548"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="100800"/>
+    <s v="Drogheda"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4677"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="100900"/>
+    <s v="Dundalk"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4286"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="101000"/>
+    <s v="Swords"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4662"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="101100"/>
+    <s v="Bray"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4259"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="101200"/>
+    <s v="Navan (An Uaimh)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3482"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="101300"/>
+    <s v="Ennis"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2904"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="101400"/>
+    <s v="Tralee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2540"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="101500"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2547"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="101600"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2399"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="101700"/>
+    <s v="Naas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2704"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="101800"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1920"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="101900"/>
+    <s v="Droichead Nua"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2535"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="102000"/>
+    <s v="Mullingar"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2214"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="102100"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2119"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="102200"/>
+    <s v="Letterkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2021"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="102300"/>
+    <s v="Athlone"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1862"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="102400"/>
+    <s v="Celbridge"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2730"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="102500"/>
+    <s v="Clonmel"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2079"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="102600"/>
+    <s v="Balbriggan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2125"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="102700"/>
+    <s v="Malahide"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2415"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="102800"/>
+    <s v="Leixlip"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2357"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="102900"/>
+    <s v="Portlaoighise"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1793"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="103000"/>
+    <s v="Killarney"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1356"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="103100"/>
+    <s v="Greystones"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2063"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="103200"/>
+    <s v="Tullamore"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1480"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="103300"/>
+    <s v="Carrigaline"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2070"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="103400"/>
+    <s v="Castlebar"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1334"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="103500"/>
+    <s v="Arklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1556"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="103600"/>
+    <s v="Cobh"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1560"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="103700"/>
+    <s v="Maynooth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1227"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="103800"/>
+    <s v="Ballina"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1218"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="103900"/>
+    <s v="Mallow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1284"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="104000"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1469"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="104100"/>
+    <s v="Midleton"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1301"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="104200"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35423"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="104300"/>
+    <s v="Tramore"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1349"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="104400"/>
+    <s v="Enniscorthy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1093"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="104500"/>
+    <s v="Skerries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1452"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="104600"/>
+    <s v="Shannon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1201"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="104700"/>
+    <s v="Portmarnock"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1520"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="104800"/>
+    <s v="Laytown-Bettystown-Mornington"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1331"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="104900"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="874"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="105000"/>
+    <s v="Ashbourne"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1242"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="105100"/>
+    <s v="Dungarvan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="935"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="105200"/>
+    <s v="Rush"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1233"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="105300"/>
+    <s v="Athy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1032"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="105400"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="827"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="105500"/>
+    <s v="Nenagh"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="869"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="105600"/>
+    <s v="New Ross"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="915"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="105700"/>
+    <s v="Thurles"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="880"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="105800"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1008"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="105900"/>
+    <s v="Ratoath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1223"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="106000"/>
+    <s v="Gorey"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="898"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="106100"/>
+    <s v="Tuam"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="737"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="106200"/>
+    <s v="Trim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="967"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="106300"/>
+    <s v="Youghal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="870"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="106400"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="768"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="106500"/>
+    <s v="Ballinasloe"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="733"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="106600"/>
+    <s v="Portarlington"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="802"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="106700"/>
+    <s v="Buncrana"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="797"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="106800"/>
+    <s v="Carrick-on-Suir"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="728"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="106900"/>
+    <s v="Edenderry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="835"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="107000"/>
+    <s v="Fermoy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="720"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="107100"/>
+    <s v="Bandon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="723"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="107200"/>
+    <s v="Dunboyne"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="981"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="107300"/>
+    <s v="Donabate"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="899"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="107400"/>
+    <s v="Westport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="487"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="107500"/>
+    <s v="Ceannanus Mór"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="692"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="107600"/>
+    <s v="Lusk"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="697"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="107700"/>
+    <s v="Passage West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="755"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="107800"/>
+    <s v="Newcastle West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="573"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="107900"/>
+    <s v="Birr"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="646"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="108000"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="540"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="108100"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="591"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="108200"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13645"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="108300"/>
+    <s v="Clane"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="702"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="108400"/>
+    <s v="Roscrea"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="621"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="108500"/>
+    <s v="Ardee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="614"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="108600"/>
+    <s v="Loughrea"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="450"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="108700"/>
+    <s v="Carrickmacross"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="522"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="108800"/>
+    <s v="Listowel"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="494"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="108900"/>
+    <s v="Ballybofey-Stranorlar"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="481"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="109000"/>
+    <s v="Clonakilty"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="456"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="109100"/>
+    <s v="Kilcock"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="522"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="109200"/>
+    <s v="Kinsale"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="431"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="109300"/>
+    <s v="Mountmellick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="565"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="109400"/>
+    <s v="Blessington"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="620"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="109500"/>
+    <s v="Sallins"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="573"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="109600"/>
+    <s v="Kinsealy-Drinan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="428"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="109700"/>
+    <s v="Macroom"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="407"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="109800"/>
+    <s v="Oranmore"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="390"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="109900"/>
+    <s v="Dunshaughlin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="576"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="110000"/>
+    <s v="Cahir"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="356"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="110100"/>
+    <s v="Mitchelstown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="444"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="110200"/>
+    <s v="Bantry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="330"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="110300"/>
+    <s v="Kilcoole"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="513"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="110400"/>
+    <s v="Duleek"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="489"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="110500"/>
+    <s v="Athenry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="377"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="110600"/>
+    <s v="Carrick-on-Shannon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="110700"/>
+    <s v="Castleblayney"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="341"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="110800"/>
+    <s v="Tower"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="486"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="110900"/>
+    <s v="Tullow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="383"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="111000"/>
+    <s v="Monasterevin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="111100"/>
+    <s v="Clara"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="408"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="111200"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16022"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="111300"/>
+    <s v="Kilcullen"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="390"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="111400"/>
+    <s v="Rathluirc (or Charleville)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="338"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="111500"/>
+    <s v="Cashel"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="293"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="111600"/>
+    <s v="Rathcoole"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="406"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="111700"/>
+    <s v="Carrigtwohill"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="371"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="111800"/>
+    <s v="Muinebeag"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="368"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="111900"/>
+    <s v="Gort"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="287"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="112000"/>
+    <s v="Kilrush"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="294"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="112100"/>
+    <s v="Ballyshannon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="331"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="112200"/>
+    <s v="Claremorris"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="112300"/>
+    <s v="Newtownmountkennedy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="379"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="112400"/>
+    <s v="Boyle"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="284"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="112500"/>
+    <s v="Kill"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="404"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="112600"/>
+    <s v="Stamullen"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="406"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="112700"/>
+    <s v="Blarney"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="112800"/>
+    <s v="Templemore"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="112900"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="113000"/>
+    <s v="Skibbereen"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="113100"/>
+    <s v="Castleisland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="113200"/>
+    <s v="Kinnegad"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="113300"/>
+    <s v="Athboy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="282"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="113400"/>
+    <s v="Enfield"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="113500"/>
+    <s v="Ballinrobe"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="113600"/>
+    <s v="Bailieborough"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="257"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="113700"/>
+    <s v="Bundoran"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="113800"/>
+    <s v="Abbeyfeale"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="113900"/>
+    <s v="Prosperous"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="114000"/>
+    <s v="Carndonagh"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="114100"/>
+    <s v="An Daingean"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="114200"/>
+    <s v="Kanturk"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="114300"/>
+    <s v="Cootehill"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="114400"/>
+    <s v="Moate"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="114500"/>
+    <s v="Enniskerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="287"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="114600"/>
+    <s v="Castlerea"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="114700"/>
+    <s v="Bunclody-Carrickduff"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="114800"/>
+    <s v="Ballina (North Tipperary)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="282"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="114900"/>
+    <s v="Rathnew"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="115000"/>
+    <s v="Annacotty"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="115100"/>
+    <s v="Thomastown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="115200"/>
+    <s v="Callan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="115300"/>
+    <s v="Clones"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="115400"/>
+    <s v="Kingscourt"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="115500"/>
+    <s v="Baltinglass"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="115600"/>
+    <s v="Virginia"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="115700"/>
+    <s v="Ballaghaderreen"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="115800"/>
+    <s v="Rathangan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="115900"/>
+    <s v="Ballyhaunis"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="116000"/>
+    <s v="Kenmare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="116100"/>
+    <s v="Ballyjamesduff"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="116200"/>
+    <s v="Crosshaven"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="116300"/>
+    <s v="Sixmilebridge"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="116400"/>
+    <s v="Banagher"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="116500"/>
+    <s v="Killorglin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="116600"/>
+    <s v="Castlebridge"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="116700"/>
+    <s v="Abbeyleix"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="116800"/>
+    <s v="Clogherhead"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="116900"/>
+    <s v="Dunmore East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="117000"/>
+    <s v="Newmarket-on-Fergus"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="117100"/>
+    <s v="Portrane"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="117200"/>
+    <s v="Castlecomer-Donaguile"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="117300"/>
+    <s v="Dunmanway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="117400"/>
+    <s v="Newcastle"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="117500"/>
+    <s v="Swinford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="117600"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="307963"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="117700"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9660"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="117800"/>
+    <s v="Towns 500 - 999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16018"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="117900"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13415"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="118000"/>
+    <s v="Remainder of country"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="213330"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="106"/>
+    <s v="Husband and wife (or couple) with children"/>
+    <s v="118100"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="252423"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="162551"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="100100"/>
+    <s v="Dublin and Surburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47395"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="100200"/>
+    <s v="Other Cities (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17299"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="100300"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7802"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="100400"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4216"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="100500"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2784"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="100600"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2497"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26378"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="100800"/>
+    <s v="Drogheda"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1566"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="100900"/>
+    <s v="Dundalk"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1995"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="101000"/>
+    <s v="Swords"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1245"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="101100"/>
+    <s v="Bray"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1594"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="101200"/>
+    <s v="Navan (An Uaimh)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="898"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="101300"/>
+    <s v="Ennis"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="947"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="101400"/>
+    <s v="Tralee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1167"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="101500"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="952"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="101600"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1007"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="101700"/>
+    <s v="Naas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="629"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="101800"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="843"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="101900"/>
+    <s v="Droichead Nua"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="865"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="102000"/>
+    <s v="Mullingar"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="786"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="102100"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="920"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="102200"/>
+    <s v="Letterkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="870"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="102300"/>
+    <s v="Athlone"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="873"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="102400"/>
+    <s v="Celbridge"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="577"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="102500"/>
+    <s v="Clonmel"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="872"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="102600"/>
+    <s v="Balbriggan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="762"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="102700"/>
+    <s v="Malahide"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="374"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="102800"/>
+    <s v="Leixlip"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="540"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="102900"/>
+    <s v="Portlaoighise"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="545"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="103000"/>
+    <s v="Killarney"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="444"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="103100"/>
+    <s v="Greystones"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="553"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="103200"/>
+    <s v="Tullamore"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="565"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="103300"/>
+    <s v="Carrigaline"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="434"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="103400"/>
+    <s v="Castlebar"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="466"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="103500"/>
+    <s v="Arklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="575"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="103600"/>
+    <s v="Cobh"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="510"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="103700"/>
+    <s v="Maynooth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="103800"/>
+    <s v="Ballina"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="478"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="103900"/>
+    <s v="Mallow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="461"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="104000"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="440"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="104100"/>
+    <s v="Midleton"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="396"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="104200"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11887"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="104300"/>
+    <s v="Tramore"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="413"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="104400"/>
+    <s v="Enniscorthy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="585"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="104500"/>
+    <s v="Skerries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="403"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="104600"/>
+    <s v="Shannon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="396"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="104700"/>
+    <s v="Portmarnock"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="104800"/>
+    <s v="Laytown-Bettystown-Mornington"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="305"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="104900"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="516"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="105000"/>
+    <s v="Ashbourne"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="105100"/>
+    <s v="Dungarvan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="421"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="105200"/>
+    <s v="Rush"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="105300"/>
+    <s v="Athy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="444"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="105400"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="332"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="105500"/>
+    <s v="Nenagh"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="346"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="105600"/>
+    <s v="New Ross"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="422"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="105700"/>
+    <s v="Thurles"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="377"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="105800"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="417"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="105900"/>
+    <s v="Ratoath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="106000"/>
+    <s v="Gorey"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="362"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="106100"/>
+    <s v="Tuam"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="106200"/>
+    <s v="Trim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="106300"/>
+    <s v="Youghal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="329"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="106400"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="318"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="106500"/>
+    <s v="Ballinasloe"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="106600"/>
+    <s v="Portarlington"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="106700"/>
+    <s v="Buncrana"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="321"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="106800"/>
+    <s v="Carrick-on-Suir"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="106900"/>
+    <s v="Edenderry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="107000"/>
+    <s v="Fermoy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="107100"/>
+    <s v="Bandon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="107200"/>
+    <s v="Dunboyne"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="107300"/>
+    <s v="Donabate"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="107400"/>
+    <s v="Westport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="107500"/>
+    <s v="Ceannanus Mór"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="107600"/>
+    <s v="Lusk"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="107700"/>
+    <s v="Passage West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="107800"/>
+    <s v="Newcastle West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="107900"/>
+    <s v="Birr"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="108000"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="323"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="108100"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="108200"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4678"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="108300"/>
+    <s v="Clane"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="108400"/>
+    <s v="Roscrea"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="108500"/>
+    <s v="Ardee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="108600"/>
+    <s v="Loughrea"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="108700"/>
+    <s v="Carrickmacross"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="108800"/>
+    <s v="Listowel"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="108900"/>
+    <s v="Ballybofey-Stranorlar"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="109000"/>
+    <s v="Clonakilty"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="109100"/>
+    <s v="Kilcock"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="109200"/>
+    <s v="Kinsale"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="109300"/>
+    <s v="Mountmellick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="109400"/>
+    <s v="Blessington"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="109500"/>
+    <s v="Sallins"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="109600"/>
+    <s v="Kinsealy-Drinan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="109700"/>
+    <s v="Macroom"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="109800"/>
+    <s v="Oranmore"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="109900"/>
+    <s v="Dunshaughlin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="110000"/>
+    <s v="Cahir"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="110100"/>
+    <s v="Mitchelstown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="110200"/>
+    <s v="Bantry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="110300"/>
+    <s v="Kilcoole"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="110400"/>
+    <s v="Duleek"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="110500"/>
+    <s v="Athenry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="110600"/>
+    <s v="Carrick-on-Shannon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="110700"/>
+    <s v="Castleblayney"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="110800"/>
+    <s v="Tower"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="110900"/>
+    <s v="Tullow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="111000"/>
+    <s v="Monasterevin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="111100"/>
+    <s v="Clara"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="111200"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5258"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="111300"/>
+    <s v="Kilcullen"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="111400"/>
+    <s v="Rathluirc (or Charleville)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="111500"/>
+    <s v="Cashel"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="111600"/>
+    <s v="Rathcoole"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="111700"/>
+    <s v="Carrigtwohill"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="111800"/>
+    <s v="Muinebeag"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="111900"/>
+    <s v="Gort"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="112000"/>
+    <s v="Kilrush"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="112100"/>
+    <s v="Ballyshannon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="112200"/>
+    <s v="Claremorris"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="112300"/>
+    <s v="Newtownmountkennedy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="112400"/>
+    <s v="Boyle"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="112500"/>
+    <s v="Kill"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="112600"/>
+    <s v="Stamullen"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="112700"/>
+    <s v="Blarney"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="112800"/>
+    <s v="Templemore"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="112900"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="113000"/>
+    <s v="Skibbereen"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="113100"/>
+    <s v="Castleisland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="113200"/>
+    <s v="Kinnegad"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="113300"/>
+    <s v="Athboy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="113400"/>
+    <s v="Enfield"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="113500"/>
+    <s v="Ballinrobe"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="113600"/>
+    <s v="Bailieborough"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="113700"/>
+    <s v="Bundoran"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="113800"/>
+    <s v="Abbeyfeale"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="113900"/>
+    <s v="Prosperous"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="114000"/>
+    <s v="Carndonagh"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="114100"/>
+    <s v="An Daingean"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="114200"/>
+    <s v="Kanturk"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="114300"/>
+    <s v="Cootehill"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="114400"/>
+    <s v="Moate"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="114500"/>
+    <s v="Enniskerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="114600"/>
+    <s v="Castlerea"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="114700"/>
+    <s v="Bunclody-Carrickduff"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="114800"/>
+    <s v="Ballina (North Tipperary)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="114900"/>
+    <s v="Rathnew"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="115000"/>
+    <s v="Annacotty"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="115100"/>
+    <s v="Thomastown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="115200"/>
+    <s v="Callan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="115300"/>
+    <s v="Clones"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="115400"/>
+    <s v="Kingscourt"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="115500"/>
+    <s v="Baltinglass"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="115600"/>
+    <s v="Virginia"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="115700"/>
+    <s v="Ballaghaderreen"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="115800"/>
+    <s v="Rathangan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="115900"/>
+    <s v="Ballyhaunis"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="116000"/>
+    <s v="Kenmare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="116100"/>
+    <s v="Ballyjamesduff"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="116200"/>
+    <s v="Crosshaven"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="116300"/>
+    <s v="Sixmilebridge"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="116400"/>
+    <s v="Banagher"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="116500"/>
+    <s v="Killorglin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="116600"/>
+    <s v="Castlebridge"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="116700"/>
+    <s v="Abbeyleix"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="116800"/>
+    <s v="Clogherhead"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="116900"/>
+    <s v="Dunmore East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="117000"/>
+    <s v="Newmarket-on-Fergus"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="117100"/>
+    <s v="Portrane"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="117200"/>
+    <s v="Castlecomer-Donaguile"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="117300"/>
+    <s v="Dunmanway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="117400"/>
+    <s v="Newcastle"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="117500"/>
+    <s v="Swinford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="117600"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="112895"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="117700"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3577"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="117800"/>
+    <s v="Towns 500 - 999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5376"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="117900"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4667"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="118000"/>
+    <s v="Remainder of country"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36036"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="118100"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49656"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26689"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="100100"/>
+    <s v="Dublin and Surburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6640"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="100200"/>
+    <s v="Other Cities (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2494"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="100300"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1231"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="100400"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="613"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="100500"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="312"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="100600"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="338"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3807"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="100800"/>
+    <s v="Drogheda"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="100900"/>
+    <s v="Dundalk"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="101000"/>
+    <s v="Swords"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="101100"/>
+    <s v="Bray"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="101200"/>
+    <s v="Navan (An Uaimh)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="101300"/>
+    <s v="Ennis"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="101400"/>
+    <s v="Tralee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="101500"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="101600"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="101700"/>
+    <s v="Naas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="101800"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="101900"/>
+    <s v="Droichead Nua"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="102000"/>
+    <s v="Mullingar"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="102100"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="102200"/>
+    <s v="Letterkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="102300"/>
+    <s v="Athlone"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="102400"/>
+    <s v="Celbridge"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="102500"/>
+    <s v="Clonmel"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="102600"/>
+    <s v="Balbriggan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="102700"/>
+    <s v="Malahide"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="102800"/>
+    <s v="Leixlip"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="102900"/>
+    <s v="Portlaoighise"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="103000"/>
+    <s v="Killarney"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="103100"/>
+    <s v="Greystones"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="103200"/>
+    <s v="Tullamore"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="103300"/>
+    <s v="Carrigaline"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="103400"/>
+    <s v="Castlebar"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="103500"/>
+    <s v="Arklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="103600"/>
+    <s v="Cobh"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="103700"/>
+    <s v="Maynooth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="103800"/>
+    <s v="Ballina"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="103900"/>
+    <s v="Mallow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="104000"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="104100"/>
+    <s v="Midleton"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="104200"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1662"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="104300"/>
+    <s v="Tramore"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="104400"/>
+    <s v="Enniscorthy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="104500"/>
+    <s v="Skerries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="104600"/>
+    <s v="Shannon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="104700"/>
+    <s v="Portmarnock"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="104800"/>
+    <s v="Laytown-Bettystown-Mornington"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="104900"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="105000"/>
+    <s v="Ashbourne"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="105100"/>
+    <s v="Dungarvan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="105200"/>
+    <s v="Rush"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="105300"/>
+    <s v="Athy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="105400"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="105500"/>
+    <s v="Nenagh"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="105600"/>
+    <s v="New Ross"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="105700"/>
+    <s v="Thurles"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="105800"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="105900"/>
+    <s v="Ratoath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="106000"/>
+    <s v="Gorey"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="106100"/>
+    <s v="Tuam"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="106200"/>
+    <s v="Trim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="106300"/>
+    <s v="Youghal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="106400"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="106500"/>
+    <s v="Ballinasloe"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="106600"/>
+    <s v="Portarlington"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="106700"/>
+    <s v="Buncrana"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="106800"/>
+    <s v="Carrick-on-Suir"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="106900"/>
+    <s v="Edenderry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="107000"/>
+    <s v="Fermoy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="107100"/>
+    <s v="Bandon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="107200"/>
+    <s v="Dunboyne"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="107300"/>
+    <s v="Donabate"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="107400"/>
+    <s v="Westport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="107500"/>
+    <s v="Ceannanus Mór"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="107600"/>
+    <s v="Lusk"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="107700"/>
+    <s v="Passage West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="107800"/>
+    <s v="Newcastle West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="107900"/>
+    <s v="Birr"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="108000"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="108100"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="108200"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="675"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="108300"/>
+    <s v="Clane"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="108400"/>
+    <s v="Roscrea"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="108500"/>
+    <s v="Ardee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="108600"/>
+    <s v="Loughrea"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="108700"/>
+    <s v="Carrickmacross"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="108800"/>
+    <s v="Listowel"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="108900"/>
+    <s v="Ballybofey-Stranorlar"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="109000"/>
+    <s v="Clonakilty"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="109100"/>
+    <s v="Kilcock"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="109200"/>
+    <s v="Kinsale"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="109300"/>
+    <s v="Mountmellick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="109400"/>
+    <s v="Blessington"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="109500"/>
+    <s v="Sallins"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="109600"/>
+    <s v="Kinsealy-Drinan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="109700"/>
+    <s v="Macroom"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="109800"/>
+    <s v="Oranmore"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="109900"/>
+    <s v="Dunshaughlin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="110000"/>
+    <s v="Cahir"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="110100"/>
+    <s v="Mitchelstown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="110200"/>
+    <s v="Bantry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="110300"/>
+    <s v="Kilcoole"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="110400"/>
+    <s v="Duleek"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="110500"/>
+    <s v="Athenry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="110600"/>
+    <s v="Carrick-on-Shannon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="110700"/>
+    <s v="Castleblayney"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="110800"/>
+    <s v="Tower"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="110900"/>
+    <s v="Tullow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="111000"/>
+    <s v="Monasterevin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="111100"/>
+    <s v="Clara"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="111200"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="812"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="111300"/>
+    <s v="Kilcullen"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="111400"/>
+    <s v="Rathluirc (or Charleville)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="111500"/>
+    <s v="Cashel"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="111600"/>
+    <s v="Rathcoole"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="111700"/>
+    <s v="Carrigtwohill"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="111800"/>
+    <s v="Muinebeag"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="111900"/>
+    <s v="Gort"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="112000"/>
+    <s v="Kilrush"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="112100"/>
+    <s v="Ballyshannon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="112200"/>
+    <s v="Claremorris"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="112300"/>
+    <s v="Newtownmountkennedy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="112400"/>
+    <s v="Boyle"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="112500"/>
+    <s v="Kill"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="112600"/>
+    <s v="Stamullen"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="112700"/>
+    <s v="Blarney"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="112800"/>
+    <s v="Templemore"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="112900"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="113000"/>
+    <s v="Skibbereen"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="113100"/>
+    <s v="Castleisland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="113200"/>
+    <s v="Kinnegad"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="113300"/>
+    <s v="Athboy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="113400"/>
+    <s v="Enfield"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="113500"/>
+    <s v="Ballinrobe"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="113600"/>
+    <s v="Bailieborough"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="113700"/>
+    <s v="Bundoran"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="113800"/>
+    <s v="Abbeyfeale"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="113900"/>
+    <s v="Prosperous"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="114000"/>
+    <s v="Carndonagh"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="114100"/>
+    <s v="An Daingean"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="114200"/>
+    <s v="Kanturk"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="114300"/>
+    <s v="Cootehill"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="114400"/>
+    <s v="Moate"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="114500"/>
+    <s v="Enniskerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="114600"/>
+    <s v="Castlerea"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="114700"/>
+    <s v="Bunclody-Carrickduff"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="114800"/>
+    <s v="Ballina (North Tipperary)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="114900"/>
+    <s v="Rathnew"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="115000"/>
+    <s v="Annacotty"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="115100"/>
+    <s v="Thomastown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="115200"/>
+    <s v="Callan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="115300"/>
+    <s v="Clones"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="115400"/>
+    <s v="Kingscourt"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="115500"/>
+    <s v="Baltinglass"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="115600"/>
+    <s v="Virginia"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="115700"/>
+    <s v="Ballaghaderreen"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="115800"/>
+    <s v="Rathangan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="115900"/>
+    <s v="Ballyhaunis"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="116000"/>
+    <s v="Kenmare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="116100"/>
+    <s v="Ballyjamesduff"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="116200"/>
+    <s v="Crosshaven"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="116300"/>
+    <s v="Sixmilebridge"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="116400"/>
+    <s v="Banagher"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="116500"/>
+    <s v="Killorglin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="116600"/>
+    <s v="Castlebridge"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="116700"/>
+    <s v="Abbeyleix"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="116800"/>
+    <s v="Clogherhead"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="116900"/>
+    <s v="Dunmore East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="117000"/>
+    <s v="Newmarket-on-Fergus"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="117100"/>
+    <s v="Portrane"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="117200"/>
+    <s v="Castlecomer-Donaguile"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="117300"/>
+    <s v="Dunmanway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="117400"/>
+    <s v="Newcastle"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="117500"/>
+    <s v="Swinford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="117600"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16090"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="117700"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="566"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="117800"/>
+    <s v="Towns 500 - 999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="805"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="117900"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="702"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="118000"/>
+    <s v="Remainder of country"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8526"/>
+  </r>
+  <r>
+    <s v="C0336"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="118100"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10599"/>
+  </r>
+</pivotCacheRecords>
 </file>