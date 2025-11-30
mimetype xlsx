--- v0 (2025-10-06)
+++ v1 (2025-11-30)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1709c31e03b6489c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/602c76931c58440d8e50411961e0fe48.psmdcp" Id="R9424508e71e9410c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R514d89963b934469" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4ed9cd40a2184f958f023191eb616426.psmdcp" Id="R274c59b2c4694638" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C0335</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Family Units in Private Households</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/7/2020 11:00:00 AM</x:t>
+    <x:t>07/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0335/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P3</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 3 - Household Composition Family Units and Fertility</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -532,411 +532,182 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...359 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02245V02720" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age of Wife in Relation to Husbands Age" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age of Husband" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02683V03250" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Number of Children" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L961" totalsRowShown="0">
   <x:autoFilter ref="A1:L961"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02245V02720"/>
     <x:tableColumn id="4" name="Age of Wife in Relation to Husbands Age"/>
     <x:tableColumn id="5" name="C02076V03371"/>
     <x:tableColumn id="6" name="Age of Husband"/>
     <x:tableColumn id="7" name="C02683V03250"/>
     <x:tableColumn id="8" name="Number of Children"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1209,51 +980,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0335/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1440,51 +1211,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L961"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="32.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="38.853482" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="17.282054" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="20.853482" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -37994,51 +37765,51 @@
       <x:c r="I961" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J961" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K961" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L961" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -38055,51 +37826,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L961" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="C0335"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v=" Family Units in Private Households"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02245V02720">
       <x:sharedItems count="10">
         <x:s v="-"/>
         <x:s v="02"/>
         <x:s v="09"/>
         <x:s v="08"/>
         <x:s v="07"/>
         <x:s v="06"/>
         <x:s v="05"/>
         <x:s v="04"/>
         <x:s v="03"/>
         <x:s v="01"/>
       </x:sharedItems>
@@ -38863,27 +38634,13468 @@
         <x:n v="435"/>
         <x:n v="76"/>
         <x:n v="22"/>
         <x:n v="891"/>
         <x:n v="439"/>
         <x:n v="68"/>
         <x:n v="777"/>
         <x:n v="119"/>
         <x:n v="597"/>
         <x:n v="354"/>
         <x:n v="456"/>
         <x:n v="294"/>
         <x:n v="379"/>
         <x:n v="290"/>
         <x:n v="253"/>
         <x:n v="205"/>
         <x:n v="375"/>
         <x:n v="324"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="863940"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="303554"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="190024"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="203023"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="112527"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40212"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10029"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4571"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="712"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="498"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14665"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10355"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3157"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="900"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59389"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37756"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13106"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6271"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1698"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="427"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="98350"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40035"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25702"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21920"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7890"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2084"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="493"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="110506"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21791"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21701"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37499"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20916"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6526"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1413"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="660"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="109415"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13664"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15482"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38065"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27802"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10684"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2631"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1087"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="101617"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13084"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16932"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34336"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23993"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9618"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2540"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1114"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="92216"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18119"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22654"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27364"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15712"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6066"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1563"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="738"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="83973"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27958"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25083"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18536"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8323"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2859"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="780"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="434"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67253"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32982"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19269"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9727"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3602"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1165"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="327"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="125844"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="87312"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26772"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8368"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2394"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="722"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49818"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20425"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11635"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9838"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5073"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1914"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="569"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="364"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1263"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="748"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="349"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3829"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1836"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1030"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="682"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5263"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1851"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1273"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1272"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="593"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5611"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1570"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1114"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1491"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="930"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="339"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5539"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1449"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1006"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1525"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="939"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="409"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5694"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1566"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1203"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1494"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="877"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="368"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4958"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1586"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1178"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1172"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="643"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17584"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9760"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4468"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2060"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="848"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="02"/>
+    <s v="10 years or more younger"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="153818"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56179"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34277"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34572"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18722"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7125"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1945"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="998"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4325"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2985"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="986"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="297"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13522"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7226"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3396"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2066"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="650"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18326"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5930"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4513"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4923"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2105"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="639"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18637"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3111"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3272"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6232"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3899"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1541"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="393"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17320"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2162"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2438"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5830"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4204"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1851"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="559"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16504"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2456"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3072"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5302"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3580"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1470"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="413"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15742"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3856"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4133"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4316"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2245"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="807"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14327"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5461"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4314"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2796"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1174"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="418"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34892"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22811"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8116"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2805"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="820"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="09"/>
+    <s v="5-9 years younger"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="258182"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="86777"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56353"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62151"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35527"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12832"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3184"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1358"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2978"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2162"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="687"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16460"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10736"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3651"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1598"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="384"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28733"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13013"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7362"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5758"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1900"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="527"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32763"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6097"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6668"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11450"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6101"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1829"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="429"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32478"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2872"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3905"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11781"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9189"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3528"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="861"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="342"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31878"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2902"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4675"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11203"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8353"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3471"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="878"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="396"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29343"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4777"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7279"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9047"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5406"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2091"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="519"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26929"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8272"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8402"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6253"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2743"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="898"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22040"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10932"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6638"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3014"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1033"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="304"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34559"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24998"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7081"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1934"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="407"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="08"/>
+    <s v="2-4 years younger"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="114434"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37683"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24713"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28146"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16166"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5751"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1382"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="593"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2632"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1853"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="587"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9991"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6453"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2139"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1025"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14400"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5517"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3851"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3379"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1225"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="318"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15260"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2054"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2573"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5757"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3464"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1088"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15369"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1200"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1797"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5562"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4493"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1709"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="437"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14150"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1359"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2428"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4931"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3503"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1430"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="358"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12371"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2394"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3313"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3706"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1942"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="741"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10884"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3948"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3522"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2174"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="845"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8213"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4506"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2382"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="953"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11084"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8333"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2107"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="495"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="07"/>
+    <s v="1 year younger"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="104589"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34826"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22568"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25709"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14699"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5078"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1216"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="493"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2931"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2103"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="602"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10121"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6590"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2119"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1018"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14087"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4966"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3839"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3510"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1302"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="340"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14095"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1712"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2315"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5291"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3402"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1047"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14071"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1116"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1633"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5132"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4093"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1571"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="380"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12482"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1353"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2258"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4384"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2978"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1121"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="278"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10973"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2194"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3045"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3255"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1651"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="631"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9401"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3629"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3055"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1745"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="675"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6589"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3726"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1811"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="783"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9695"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7329"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1858"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="408"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="06"/>
+    <s v="Same age"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="68696"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23464"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14889"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16736"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9395"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3154"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="727"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="331"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2058"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1478"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="428"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6724"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4302"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1422"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="732"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9523"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3173"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2505"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2563"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="954"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9638"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1157"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1568"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3635"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2333"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="717"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9089"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="874"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1173"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3213"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2504"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="987"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7892"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="996"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1469"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2748"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1831"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="627"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6830"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1569"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1955"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1899"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="975"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="318"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6107"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2421"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1953"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1118"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="420"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4280"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2461"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1214"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="447"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6442"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4953"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1170"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="05"/>
+    <s v="1 year older"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="81835"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29524"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18181"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19396"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10158"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3465"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="794"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="317"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2539"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1788"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="531"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7966"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4710"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1853"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1030"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11737"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3666"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3123"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3216"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1273"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11701"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1674"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1970"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4264"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2608"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="914"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10489"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1397"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1576"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3766"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2493"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="961"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8902"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1548"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1753"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2902"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1801"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="658"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7882"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2052"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2244"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2092"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1032"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="346"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6932"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2949"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2227"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1182"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="423"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5067"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3043"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1366"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="455"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8484"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6595"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1510"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="04"/>
+    <s v="2-4 years older"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26719"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11287"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6235"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5685"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2443"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="782"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="942"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="601"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2987"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1526"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="767"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="468"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4169"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1291"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1071"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1121"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="487"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4003"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="892"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="879"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1326"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="615"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3242"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="830"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="680"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="988"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="487"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2785"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="840"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="675"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="767"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="367"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2318"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="934"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="641"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="498"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1905"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1027"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="529"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1526"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1062"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2729"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2209"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="422"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="03"/>
+    <s v="5-9 years older"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5849"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3389"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1173"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="790"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="344"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="362"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="738"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="395"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="916"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="435"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="891"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="439"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="777"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="413"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="597"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="354"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="456"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="294"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="379"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Total number"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="375"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="000"/>
+    <s v="0"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="001"/>
+    <s v="1"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="002"/>
+    <s v="2"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="003"/>
+    <s v="3"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="004"/>
+    <s v="4"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="005"/>
+    <s v="5"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0335"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="01"/>
+    <s v="10 years or more older"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="0061"/>
+    <s v="6 or more"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+</pivotCacheRecords>
 </file>