--- v0 (2025-10-05)
+++ v1 (2025-11-22)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R131a3934ea5643ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a79da9eba900493bbe6a4bd60a8a78bf.psmdcp" Id="R318bce80187d49e2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb161338fe0044bfe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2b0f4a5dc7314c5f86cf38184bf0104c.psmdcp" Id="Rbd4a49cd92414acb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C0333</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Family Units in Private Households</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/7/2020 11:00:00 AM</x:t>
+    <x:t>07/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0333/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P3</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 3 - Household Composition Family Units and Fertility</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -514,379 +514,174 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...327 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02258V02730" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Family Unit" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02785V03354" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="Size of Family Unit" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02256V02728" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Persons per Household" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L617" totalsRowShown="0">
   <x:autoFilter ref="A1:L617"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02258V02730"/>
     <x:tableColumn id="4" name="Type of Family Unit"/>
     <x:tableColumn id="5" name="C02785V03354"/>
     <x:tableColumn id="6" name="Size of Family Unit"/>
     <x:tableColumn id="7" name="C02256V02728"/>
     <x:tableColumn id="8" name="Persons per Household"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1159,51 +954,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0333/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1390,51 +1185,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L617"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="32.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="64.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="29.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="30.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -24872,51 +24667,51 @@
       <x:c r="I617" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J617" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K617" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L617" s="0">
         <x:v>21</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -24933,51 +24728,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L617" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="C0333"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v=" Family Units in Private Households"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02258V02730">
       <x:sharedItems count="8">
         <x:s v="-4"/>
         <x:s v="500"/>
         <x:s v="501"/>
         <x:s v="502"/>
         <x:s v="-1"/>
         <x:s v="503"/>
         <x:s v="504"/>
         <x:s v="505"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Type of Family Unit">
@@ -25324,27 +25119,8652 @@
         <x:n v="186"/>
         <x:n v="1357"/>
         <x:n v="679"/>
         <x:n v="352"/>
         <x:n v="205"/>
         <x:n v="65"/>
         <x:n v="2714"/>
         <x:n v="293"/>
         <x:n v="174"/>
         <x:n v="68"/>
         <x:n v="3"/>
         <x:n v="879"/>
         <x:n v="75"/>
         <x:n v="51"/>
         <x:n v="300"/>
         <x:n v="17"/>
         <x:n v="130"/>
         <x:n v="21"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-4"/>
+    <s v="All one family unit households"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="293419"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-4"/>
+    <s v="All one family unit households"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="A01"/>
+    <s v="Family units - 2 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="269542"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-4"/>
+    <s v="All one family unit households"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="A02"/>
+    <s v="Family units - 3 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16014"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-4"/>
+    <s v="All one family unit households"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="A03"/>
+    <s v="Family units - 4 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4944"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-4"/>
+    <s v="All one family unit households"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="A04"/>
+    <s v="Family units - 5 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1859"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-4"/>
+    <s v="All one family unit households"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="A05"/>
+    <s v="Family units - 6 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="795"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-4"/>
+    <s v="All one family unit households"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="A06"/>
+    <s v="Family units - 7 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-4"/>
+    <s v="All one family unit households"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="A08"/>
+    <s v="Family units - 8 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-4"/>
+    <s v="All one family unit households"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="A09"/>
+    <s v="Family units - 9 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-4"/>
+    <s v="All one family unit households"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="A11"/>
+    <s v="Family units - 10 or more persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-4"/>
+    <s v="All one family unit households"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="A27"/>
+    <s v="All persons in family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="586838"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-4"/>
+    <s v="All one family unit households"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="278096"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-4"/>
+    <s v="All one family unit households"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="A01"/>
+    <s v="Family units - 2 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="83334"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-4"/>
+    <s v="All one family unit households"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="A02"/>
+    <s v="Family units - 3 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="180470"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-4"/>
+    <s v="All one family unit households"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="A03"/>
+    <s v="Family units - 4 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10984"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-4"/>
+    <s v="All one family unit households"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="A04"/>
+    <s v="Family units - 5 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2179"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-4"/>
+    <s v="All one family unit households"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="A05"/>
+    <s v="Family units - 6 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="805"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-4"/>
+    <s v="All one family unit households"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="A06"/>
+    <s v="Family units - 7 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-4"/>
+    <s v="All one family unit households"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="A08"/>
+    <s v="Family units - 8 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-4"/>
+    <s v="All one family unit households"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="A09"/>
+    <s v="Family units - 9 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-4"/>
+    <s v="All one family unit households"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="A11"/>
+    <s v="Family units - 10 or more persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-4"/>
+    <s v="All one family unit households"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="A27"/>
+    <s v="All persons in family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="740075"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-4"/>
+    <s v="All one family unit households"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="247096"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-4"/>
+    <s v="All one family unit households"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="A01"/>
+    <s v="Family units - 2 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-4"/>
+    <s v="All one family unit households"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="A02"/>
+    <s v="Family units - 3 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43235"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-4"/>
+    <s v="All one family unit households"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="A03"/>
+    <s v="Family units - 4 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="192623"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-4"/>
+    <s v="All one family unit households"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="A04"/>
+    <s v="Family units - 5 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9538"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-4"/>
+    <s v="All one family unit households"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="A05"/>
+    <s v="Family units - 6 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1288"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-4"/>
+    <s v="All one family unit households"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="A06"/>
+    <s v="Family units - 7 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-4"/>
+    <s v="All one family unit households"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="A08"/>
+    <s v="Family units - 8 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-4"/>
+    <s v="All one family unit households"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="A09"/>
+    <s v="Family units - 9 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-4"/>
+    <s v="All one family unit households"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="A11"/>
+    <s v="Family units - 10 or more persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-4"/>
+    <s v="All one family unit households"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="A27"/>
+    <s v="All persons in family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="941024"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-4"/>
+    <s v="All one family unit households"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="129926"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-4"/>
+    <s v="All one family unit households"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="A01"/>
+    <s v="Family units - 2 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-4"/>
+    <s v="All one family unit households"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="A02"/>
+    <s v="Family units - 3 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-4"/>
+    <s v="All one family unit households"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="A03"/>
+    <s v="Family units - 4 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17134"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-4"/>
+    <s v="All one family unit households"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="A04"/>
+    <s v="Family units - 5 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="106884"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-4"/>
+    <s v="All one family unit households"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="A05"/>
+    <s v="Family units - 6 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5256"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-4"/>
+    <s v="All one family unit households"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="A06"/>
+    <s v="Family units - 7 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="485"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-4"/>
+    <s v="All one family unit households"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="A08"/>
+    <s v="Family units - 8 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-4"/>
+    <s v="All one family unit households"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="A09"/>
+    <s v="Family units - 9 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-4"/>
+    <s v="All one family unit households"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="A11"/>
+    <s v="Family units - 10 or more persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-4"/>
+    <s v="All one family unit households"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="A27"/>
+    <s v="All persons in family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="631037"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-4"/>
+    <s v="All one family unit households"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46383"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-4"/>
+    <s v="All one family unit households"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="A01"/>
+    <s v="Family units - 2 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-4"/>
+    <s v="All one family unit households"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="A02"/>
+    <s v="Family units - 3 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-4"/>
+    <s v="All one family unit households"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="A03"/>
+    <s v="Family units - 4 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-4"/>
+    <s v="All one family unit households"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="A04"/>
+    <s v="Family units - 5 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6105"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-4"/>
+    <s v="All one family unit households"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="A05"/>
+    <s v="Family units - 6 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38236"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-4"/>
+    <s v="All one family unit households"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="A06"/>
+    <s v="Family units - 7 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1784"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-4"/>
+    <s v="All one family unit households"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="A08"/>
+    <s v="Family units - 8 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-4"/>
+    <s v="All one family unit households"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="A09"/>
+    <s v="Family units - 9 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-4"/>
+    <s v="All one family unit households"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="A11"/>
+    <s v="Family units - 10 or more persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-4"/>
+    <s v="All one family unit households"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="A27"/>
+    <s v="All persons in family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="271655"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-4"/>
+    <s v="All one family unit households"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11930"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-4"/>
+    <s v="All one family unit households"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="A01"/>
+    <s v="Family units - 2 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-4"/>
+    <s v="All one family unit households"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="A02"/>
+    <s v="Family units - 3 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-4"/>
+    <s v="All one family unit households"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="A03"/>
+    <s v="Family units - 4 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-4"/>
+    <s v="All one family unit households"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="A04"/>
+    <s v="Family units - 5 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-4"/>
+    <s v="All one family unit households"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="A05"/>
+    <s v="Family units - 6 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1908"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-4"/>
+    <s v="All one family unit households"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="A06"/>
+    <s v="Family units - 7 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9351"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-4"/>
+    <s v="All one family unit households"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="A08"/>
+    <s v="Family units - 8 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="578"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-4"/>
+    <s v="All one family unit households"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="A09"/>
+    <s v="Family units - 9 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-4"/>
+    <s v="All one family unit households"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="A11"/>
+    <s v="Family units - 10 or more persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-4"/>
+    <s v="All one family unit households"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="A27"/>
+    <s v="All persons in family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="81453"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-4"/>
+    <s v="All one family unit households"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5394"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-4"/>
+    <s v="All one family unit households"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="A01"/>
+    <s v="Family units - 2 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-4"/>
+    <s v="All one family unit households"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="A02"/>
+    <s v="Family units - 3 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-4"/>
+    <s v="All one family unit households"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="A03"/>
+    <s v="Family units - 4 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-4"/>
+    <s v="All one family unit households"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="A04"/>
+    <s v="Family units - 5 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-4"/>
+    <s v="All one family unit households"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="A05"/>
+    <s v="Family units - 6 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-4"/>
+    <s v="All one family unit households"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="A06"/>
+    <s v="Family units - 7 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="552"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-4"/>
+    <s v="All one family unit households"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="A08"/>
+    <s v="Family units - 8 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2986"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-4"/>
+    <s v="All one family unit households"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="A09"/>
+    <s v="Family units - 9 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1097"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-4"/>
+    <s v="All one family unit households"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="A11"/>
+    <s v="Family units - 10 or more persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="759"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-4"/>
+    <s v="All one family unit households"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="A27"/>
+    <s v="All persons in family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45216"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="500"/>
+    <s v="One family unit households with husband and wife (or couple)"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="293419"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="500"/>
+    <s v="One family unit households with husband and wife (or couple)"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="A01"/>
+    <s v="Family units - 2 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="269542"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="500"/>
+    <s v="One family unit households with husband and wife (or couple)"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="A02"/>
+    <s v="Family units - 3 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16014"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="500"/>
+    <s v="One family unit households with husband and wife (or couple)"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="A03"/>
+    <s v="Family units - 4 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4944"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="500"/>
+    <s v="One family unit households with husband and wife (or couple)"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="A04"/>
+    <s v="Family units - 5 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1859"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="500"/>
+    <s v="One family unit households with husband and wife (or couple)"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="A05"/>
+    <s v="Family units - 6 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="795"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="500"/>
+    <s v="One family unit households with husband and wife (or couple)"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="A06"/>
+    <s v="Family units - 7 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="500"/>
+    <s v="One family unit households with husband and wife (or couple)"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="A08"/>
+    <s v="Family units - 8 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="500"/>
+    <s v="One family unit households with husband and wife (or couple)"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="A09"/>
+    <s v="Family units - 9 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="500"/>
+    <s v="One family unit households with husband and wife (or couple)"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="A11"/>
+    <s v="Family units - 10 or more persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="500"/>
+    <s v="One family unit households with husband and wife (or couple)"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="A27"/>
+    <s v="All persons in family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="586838"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="500"/>
+    <s v="One family unit households with husband and wife (or couple)"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="183883"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="500"/>
+    <s v="One family unit households with husband and wife (or couple)"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="A01"/>
+    <s v="Family units - 2 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="500"/>
+    <s v="One family unit households with husband and wife (or couple)"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="A02"/>
+    <s v="Family units - 3 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="171484"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="500"/>
+    <s v="One family unit households with husband and wife (or couple)"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="A03"/>
+    <s v="Family units - 4 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9712"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="500"/>
+    <s v="One family unit households with husband and wife (or couple)"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="A04"/>
+    <s v="Family units - 5 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1769"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="500"/>
+    <s v="One family unit households with husband and wife (or couple)"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="A05"/>
+    <s v="Family units - 6 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="661"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="500"/>
+    <s v="One family unit households with husband and wife (or couple)"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="A06"/>
+    <s v="Family units - 7 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="500"/>
+    <s v="One family unit households with husband and wife (or couple)"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="A08"/>
+    <s v="Family units - 8 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="500"/>
+    <s v="One family unit households with husband and wife (or couple)"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="A09"/>
+    <s v="Family units - 9 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="500"/>
+    <s v="One family unit households with husband and wife (or couple)"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="A11"/>
+    <s v="Family units - 10 or more persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="500"/>
+    <s v="One family unit households with husband and wife (or couple)"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="A27"/>
+    <s v="All persons in family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="551649"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="500"/>
+    <s v="One family unit households with husband and wife (or couple)"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="199736"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="500"/>
+    <s v="One family unit households with husband and wife (or couple)"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="A01"/>
+    <s v="Family units - 2 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="500"/>
+    <s v="One family unit households with husband and wife (or couple)"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="A02"/>
+    <s v="Family units - 3 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="500"/>
+    <s v="One family unit households with husband and wife (or couple)"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="A03"/>
+    <s v="Family units - 4 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="189077"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="500"/>
+    <s v="One family unit households with husband and wife (or couple)"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="A04"/>
+    <s v="Family units - 5 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9108"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="500"/>
+    <s v="One family unit households with husband and wife (or couple)"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="A05"/>
+    <s v="Family units - 6 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1181"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="500"/>
+    <s v="One family unit households with husband and wife (or couple)"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="A06"/>
+    <s v="Family units - 7 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="500"/>
+    <s v="One family unit households with husband and wife (or couple)"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="A08"/>
+    <s v="Family units - 8 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="500"/>
+    <s v="One family unit households with husband and wife (or couple)"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="A09"/>
+    <s v="Family units - 9 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="500"/>
+    <s v="One family unit households with husband and wife (or couple)"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="A11"/>
+    <s v="Family units - 10 or more persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="500"/>
+    <s v="One family unit households with husband and wife (or couple)"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="A27"/>
+    <s v="All persons in family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="798944"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="500"/>
+    <s v="One family unit households with husband and wife (or couple)"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="111333"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="500"/>
+    <s v="One family unit households with husband and wife (or couple)"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="A01"/>
+    <s v="Family units - 2 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="500"/>
+    <s v="One family unit households with husband and wife (or couple)"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="A02"/>
+    <s v="Family units - 3 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="500"/>
+    <s v="One family unit households with husband and wife (or couple)"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="A03"/>
+    <s v="Family units - 4 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="500"/>
+    <s v="One family unit households with husband and wife (or couple)"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="A04"/>
+    <s v="Family units - 5 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="105631"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="500"/>
+    <s v="One family unit households with husband and wife (or couple)"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="A05"/>
+    <s v="Family units - 6 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5088"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="500"/>
+    <s v="One family unit households with husband and wife (or couple)"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="A06"/>
+    <s v="Family units - 7 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="455"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="500"/>
+    <s v="One family unit households with husband and wife (or couple)"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="A08"/>
+    <s v="Family units - 8 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="500"/>
+    <s v="One family unit households with husband and wife (or couple)"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="A09"/>
+    <s v="Family units - 9 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="500"/>
+    <s v="One family unit households with husband and wife (or couple)"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="A11"/>
+    <s v="Family units - 10 or more persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="500"/>
+    <s v="One family unit households with husband and wife (or couple)"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="A27"/>
+    <s v="All persons in family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="556665"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="500"/>
+    <s v="One family unit households with husband and wife (or couple)"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39740"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="500"/>
+    <s v="One family unit households with husband and wife (or couple)"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="A01"/>
+    <s v="Family units - 2 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="500"/>
+    <s v="One family unit households with husband and wife (or couple)"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="A02"/>
+    <s v="Family units - 3 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="500"/>
+    <s v="One family unit households with husband and wife (or couple)"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="A03"/>
+    <s v="Family units - 4 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="500"/>
+    <s v="One family unit households with husband and wife (or couple)"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="A04"/>
+    <s v="Family units - 5 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="500"/>
+    <s v="One family unit households with husband and wife (or couple)"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="A05"/>
+    <s v="Family units - 6 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37765"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="500"/>
+    <s v="One family unit households with husband and wife (or couple)"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="A06"/>
+    <s v="Family units - 7 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1731"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="500"/>
+    <s v="One family unit households with husband and wife (or couple)"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="A08"/>
+    <s v="Family units - 8 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="500"/>
+    <s v="One family unit households with husband and wife (or couple)"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="A09"/>
+    <s v="Family units - 9 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="500"/>
+    <s v="One family unit households with husband and wife (or couple)"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="A11"/>
+    <s v="Family units - 10 or more persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="500"/>
+    <s v="One family unit households with husband and wife (or couple)"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="A27"/>
+    <s v="All persons in family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="238440"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="500"/>
+    <s v="One family unit households with husband and wife (or couple)"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9873"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="500"/>
+    <s v="One family unit households with husband and wife (or couple)"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="A01"/>
+    <s v="Family units - 2 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="500"/>
+    <s v="One family unit households with husband and wife (or couple)"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="A02"/>
+    <s v="Family units - 3 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="500"/>
+    <s v="One family unit households with husband and wife (or couple)"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="A03"/>
+    <s v="Family units - 4 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="500"/>
+    <s v="One family unit households with husband and wife (or couple)"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="A04"/>
+    <s v="Family units - 5 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="500"/>
+    <s v="One family unit households with husband and wife (or couple)"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="A05"/>
+    <s v="Family units - 6 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="500"/>
+    <s v="One family unit households with husband and wife (or couple)"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="A06"/>
+    <s v="Family units - 7 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9225"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="500"/>
+    <s v="One family unit households with husband and wife (or couple)"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="A08"/>
+    <s v="Family units - 8 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="563"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="500"/>
+    <s v="One family unit households with husband and wife (or couple)"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="A09"/>
+    <s v="Family units - 9 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="500"/>
+    <s v="One family unit households with husband and wife (or couple)"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="A11"/>
+    <s v="Family units - 10 or more persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="500"/>
+    <s v="One family unit households with husband and wife (or couple)"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="A27"/>
+    <s v="All persons in family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69111"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="500"/>
+    <s v="One family unit households with husband and wife (or couple)"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4480"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="500"/>
+    <s v="One family unit households with husband and wife (or couple)"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="A01"/>
+    <s v="Family units - 2 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="500"/>
+    <s v="One family unit households with husband and wife (or couple)"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="A02"/>
+    <s v="Family units - 3 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="500"/>
+    <s v="One family unit households with husband and wife (or couple)"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="A03"/>
+    <s v="Family units - 4 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="500"/>
+    <s v="One family unit households with husband and wife (or couple)"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="A04"/>
+    <s v="Family units - 5 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="500"/>
+    <s v="One family unit households with husband and wife (or couple)"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="A05"/>
+    <s v="Family units - 6 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="500"/>
+    <s v="One family unit households with husband and wife (or couple)"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="A06"/>
+    <s v="Family units - 7 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="500"/>
+    <s v="One family unit households with husband and wife (or couple)"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="A08"/>
+    <s v="Family units - 8 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2762"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="500"/>
+    <s v="One family unit households with husband and wife (or couple)"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="A09"/>
+    <s v="Family units - 9 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1026"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="500"/>
+    <s v="One family unit households with husband and wife (or couple)"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="A11"/>
+    <s v="Family units - 10 or more persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="692"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="500"/>
+    <s v="One family unit households with husband and wife (or couple)"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="A27"/>
+    <s v="All persons in family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38331"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="501"/>
+    <s v="One family unit households with lone mother"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="501"/>
+    <s v="One family unit households with lone mother"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="A01"/>
+    <s v="Family units - 2 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="501"/>
+    <s v="One family unit households with lone mother"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="A02"/>
+    <s v="Family units - 3 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="501"/>
+    <s v="One family unit households with lone mother"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="A03"/>
+    <s v="Family units - 4 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="501"/>
+    <s v="One family unit households with lone mother"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="A04"/>
+    <s v="Family units - 5 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="501"/>
+    <s v="One family unit households with lone mother"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="A05"/>
+    <s v="Family units - 6 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="501"/>
+    <s v="One family unit households with lone mother"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="A06"/>
+    <s v="Family units - 7 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="501"/>
+    <s v="One family unit households with lone mother"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="A08"/>
+    <s v="Family units - 8 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="501"/>
+    <s v="One family unit households with lone mother"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="A09"/>
+    <s v="Family units - 9 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="501"/>
+    <s v="One family unit households with lone mother"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="A11"/>
+    <s v="Family units - 10 or more persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="501"/>
+    <s v="One family unit households with lone mother"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="A27"/>
+    <s v="All persons in family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="501"/>
+    <s v="One family unit households with lone mother"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="79059"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="501"/>
+    <s v="One family unit households with lone mother"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="A01"/>
+    <s v="Family units - 2 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70299"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="501"/>
+    <s v="One family unit households with lone mother"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="A02"/>
+    <s v="Family units - 3 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7355"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="501"/>
+    <s v="One family unit households with lone mother"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="A03"/>
+    <s v="Family units - 4 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="970"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="501"/>
+    <s v="One family unit households with lone mother"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="A04"/>
+    <s v="Family units - 5 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="501"/>
+    <s v="One family unit households with lone mother"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="A05"/>
+    <s v="Family units - 6 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="501"/>
+    <s v="One family unit households with lone mother"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="A06"/>
+    <s v="Family units - 7 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="501"/>
+    <s v="One family unit households with lone mother"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="A08"/>
+    <s v="Family units - 8 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="501"/>
+    <s v="One family unit households with lone mother"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="A09"/>
+    <s v="Family units - 9 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="501"/>
+    <s v="One family unit households with lone mother"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="A11"/>
+    <s v="Family units - 10 or more persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="501"/>
+    <s v="One family unit households with lone mother"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="A27"/>
+    <s v="All persons in family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="158118"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="501"/>
+    <s v="One family unit households with lone mother"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41002"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="501"/>
+    <s v="One family unit households with lone mother"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="A01"/>
+    <s v="Family units - 2 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="501"/>
+    <s v="One family unit households with lone mother"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="A02"/>
+    <s v="Family units - 3 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37614"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="501"/>
+    <s v="One family unit households with lone mother"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="A03"/>
+    <s v="Family units - 4 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2906"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="501"/>
+    <s v="One family unit households with lone mother"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="A04"/>
+    <s v="Family units - 5 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="360"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="501"/>
+    <s v="One family unit households with lone mother"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="A05"/>
+    <s v="Family units - 6 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="501"/>
+    <s v="One family unit households with lone mother"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="A06"/>
+    <s v="Family units - 7 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="501"/>
+    <s v="One family unit households with lone mother"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="A08"/>
+    <s v="Family units - 8 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="501"/>
+    <s v="One family unit households with lone mother"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="A09"/>
+    <s v="Family units - 9 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="501"/>
+    <s v="One family unit households with lone mother"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="A11"/>
+    <s v="Family units - 10 or more persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="501"/>
+    <s v="One family unit households with lone mother"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="A27"/>
+    <s v="All persons in family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="123006"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="501"/>
+    <s v="One family unit households with lone mother"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16288"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="501"/>
+    <s v="One family unit households with lone mother"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="A01"/>
+    <s v="Family units - 2 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="501"/>
+    <s v="One family unit households with lone mother"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="A02"/>
+    <s v="Family units - 3 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="501"/>
+    <s v="One family unit households with lone mother"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="A03"/>
+    <s v="Family units - 4 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15074"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="501"/>
+    <s v="One family unit households with lone mother"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="A04"/>
+    <s v="Family units - 5 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1053"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="501"/>
+    <s v="One family unit households with lone mother"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="A05"/>
+    <s v="Family units - 6 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="501"/>
+    <s v="One family unit households with lone mother"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="A06"/>
+    <s v="Family units - 7 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="501"/>
+    <s v="One family unit households with lone mother"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="A08"/>
+    <s v="Family units - 8 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="501"/>
+    <s v="One family unit households with lone mother"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="A09"/>
+    <s v="Family units - 9 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="501"/>
+    <s v="One family unit households with lone mother"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="A11"/>
+    <s v="Family units - 10 or more persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="501"/>
+    <s v="One family unit households with lone mother"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="A27"/>
+    <s v="All persons in family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="65152"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="501"/>
+    <s v="One family unit households with lone mother"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5855"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="501"/>
+    <s v="One family unit households with lone mother"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="A01"/>
+    <s v="Family units - 2 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="501"/>
+    <s v="One family unit households with lone mother"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="A02"/>
+    <s v="Family units - 3 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="501"/>
+    <s v="One family unit households with lone mother"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="A03"/>
+    <s v="Family units - 4 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="501"/>
+    <s v="One family unit households with lone mother"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="A04"/>
+    <s v="Family units - 5 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5425"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="501"/>
+    <s v="One family unit households with lone mother"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="A05"/>
+    <s v="Family units - 6 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="376"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="501"/>
+    <s v="One family unit households with lone mother"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="A06"/>
+    <s v="Family units - 7 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="501"/>
+    <s v="One family unit households with lone mother"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="A08"/>
+    <s v="Family units - 8 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="501"/>
+    <s v="One family unit households with lone mother"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="A09"/>
+    <s v="Family units - 9 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="501"/>
+    <s v="One family unit households with lone mother"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="A11"/>
+    <s v="Family units - 10 or more persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="501"/>
+    <s v="One family unit households with lone mother"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="A27"/>
+    <s v="All persons in family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29275"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="501"/>
+    <s v="One family unit households with lone mother"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1827"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="501"/>
+    <s v="One family unit households with lone mother"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="A01"/>
+    <s v="Family units - 2 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="501"/>
+    <s v="One family unit households with lone mother"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="A02"/>
+    <s v="Family units - 3 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="501"/>
+    <s v="One family unit households with lone mother"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="A03"/>
+    <s v="Family units - 4 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="501"/>
+    <s v="One family unit households with lone mother"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="A04"/>
+    <s v="Family units - 5 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="501"/>
+    <s v="One family unit households with lone mother"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="A05"/>
+    <s v="Family units - 6 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1702"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="501"/>
+    <s v="One family unit households with lone mother"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="A06"/>
+    <s v="Family units - 7 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="501"/>
+    <s v="One family unit households with lone mother"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="A08"/>
+    <s v="Family units - 8 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="501"/>
+    <s v="One family unit households with lone mother"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="A09"/>
+    <s v="Family units - 9 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="501"/>
+    <s v="One family unit households with lone mother"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="A11"/>
+    <s v="Family units - 10 or more persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="501"/>
+    <s v="One family unit households with lone mother"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="A27"/>
+    <s v="All persons in family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10962"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="501"/>
+    <s v="One family unit households with lone mother"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="816"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="501"/>
+    <s v="One family unit households with lone mother"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="A01"/>
+    <s v="Family units - 2 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="501"/>
+    <s v="One family unit households with lone mother"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="A02"/>
+    <s v="Family units - 3 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="501"/>
+    <s v="One family unit households with lone mother"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="A03"/>
+    <s v="Family units - 4 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="501"/>
+    <s v="One family unit households with lone mother"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="A04"/>
+    <s v="Family units - 5 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="501"/>
+    <s v="One family unit households with lone mother"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="A05"/>
+    <s v="Family units - 6 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="501"/>
+    <s v="One family unit households with lone mother"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="A06"/>
+    <s v="Family units - 7 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="489"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="501"/>
+    <s v="One family unit households with lone mother"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="A08"/>
+    <s v="Family units - 8 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="501"/>
+    <s v="One family unit households with lone mother"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="A09"/>
+    <s v="Family units - 9 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="501"/>
+    <s v="One family unit households with lone mother"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="A11"/>
+    <s v="Family units - 10 or more persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="501"/>
+    <s v="One family unit households with lone mother"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="A27"/>
+    <s v="All persons in family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6156"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="502"/>
+    <s v="One family unit households with lone father"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="502"/>
+    <s v="One family unit households with lone father"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="A01"/>
+    <s v="Family units - 2 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="502"/>
+    <s v="One family unit households with lone father"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="A02"/>
+    <s v="Family units - 3 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="502"/>
+    <s v="One family unit households with lone father"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="A03"/>
+    <s v="Family units - 4 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="502"/>
+    <s v="One family unit households with lone father"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="A04"/>
+    <s v="Family units - 5 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="502"/>
+    <s v="One family unit households with lone father"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="A05"/>
+    <s v="Family units - 6 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="502"/>
+    <s v="One family unit households with lone father"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="A06"/>
+    <s v="Family units - 7 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="502"/>
+    <s v="One family unit households with lone father"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="A08"/>
+    <s v="Family units - 8 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="502"/>
+    <s v="One family unit households with lone father"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="A09"/>
+    <s v="Family units - 9 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="502"/>
+    <s v="One family unit households with lone father"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="A11"/>
+    <s v="Family units - 10 or more persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="502"/>
+    <s v="One family unit households with lone father"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="A27"/>
+    <s v="All persons in family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="502"/>
+    <s v="One family unit households with lone father"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15154"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="502"/>
+    <s v="One family unit households with lone father"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="A01"/>
+    <s v="Family units - 2 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13035"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="502"/>
+    <s v="One family unit households with lone father"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="A02"/>
+    <s v="Family units - 3 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1631"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="502"/>
+    <s v="One family unit households with lone father"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="A03"/>
+    <s v="Family units - 4 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="502"/>
+    <s v="One family unit households with lone father"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="A04"/>
+    <s v="Family units - 5 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="502"/>
+    <s v="One family unit households with lone father"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="A05"/>
+    <s v="Family units - 6 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="502"/>
+    <s v="One family unit households with lone father"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="A06"/>
+    <s v="Family units - 7 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="502"/>
+    <s v="One family unit households with lone father"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="A08"/>
+    <s v="Family units - 8 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="502"/>
+    <s v="One family unit households with lone father"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="A09"/>
+    <s v="Family units - 9 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="502"/>
+    <s v="One family unit households with lone father"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="A11"/>
+    <s v="Family units - 10 or more persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="502"/>
+    <s v="One family unit households with lone father"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="A27"/>
+    <s v="All persons in family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30308"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="502"/>
+    <s v="One family unit households with lone father"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6358"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="502"/>
+    <s v="One family unit households with lone father"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="A01"/>
+    <s v="Family units - 2 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="502"/>
+    <s v="One family unit households with lone father"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="A02"/>
+    <s v="Family units - 3 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5621"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="502"/>
+    <s v="One family unit households with lone father"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="A03"/>
+    <s v="Family units - 4 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="640"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="502"/>
+    <s v="One family unit households with lone father"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="A04"/>
+    <s v="Family units - 5 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="502"/>
+    <s v="One family unit households with lone father"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="A05"/>
+    <s v="Family units - 6 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="502"/>
+    <s v="One family unit households with lone father"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="A06"/>
+    <s v="Family units - 7 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="502"/>
+    <s v="One family unit households with lone father"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="A08"/>
+    <s v="Family units - 8 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="502"/>
+    <s v="One family unit households with lone father"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="A09"/>
+    <s v="Family units - 9 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="502"/>
+    <s v="One family unit households with lone father"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="A11"/>
+    <s v="Family units - 10 or more persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="502"/>
+    <s v="One family unit households with lone father"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="A27"/>
+    <s v="All persons in family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19074"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="502"/>
+    <s v="One family unit households with lone father"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2305"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="502"/>
+    <s v="One family unit households with lone father"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="A01"/>
+    <s v="Family units - 2 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="502"/>
+    <s v="One family unit households with lone father"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="A02"/>
+    <s v="Family units - 3 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="502"/>
+    <s v="One family unit households with lone father"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="A03"/>
+    <s v="Family units - 4 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2060"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="502"/>
+    <s v="One family unit households with lone father"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="A04"/>
+    <s v="Family units - 5 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="502"/>
+    <s v="One family unit households with lone father"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="A05"/>
+    <s v="Family units - 6 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="502"/>
+    <s v="One family unit households with lone father"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="A06"/>
+    <s v="Family units - 7 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="502"/>
+    <s v="One family unit households with lone father"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="A08"/>
+    <s v="Family units - 8 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="502"/>
+    <s v="One family unit households with lone father"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="A09"/>
+    <s v="Family units - 9 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="502"/>
+    <s v="One family unit households with lone father"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="A11"/>
+    <s v="Family units - 10 or more persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="502"/>
+    <s v="One family unit households with lone father"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="A27"/>
+    <s v="All persons in family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9220"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="502"/>
+    <s v="One family unit households with lone father"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="788"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="502"/>
+    <s v="One family unit households with lone father"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="A01"/>
+    <s v="Family units - 2 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="502"/>
+    <s v="One family unit households with lone father"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="A02"/>
+    <s v="Family units - 3 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="502"/>
+    <s v="One family unit households with lone father"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="A03"/>
+    <s v="Family units - 4 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="502"/>
+    <s v="One family unit households with lone father"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="A04"/>
+    <s v="Family units - 5 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="680"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="502"/>
+    <s v="One family unit households with lone father"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="A05"/>
+    <s v="Family units - 6 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="502"/>
+    <s v="One family unit households with lone father"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="A06"/>
+    <s v="Family units - 7 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="502"/>
+    <s v="One family unit households with lone father"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="A08"/>
+    <s v="Family units - 8 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="502"/>
+    <s v="One family unit households with lone father"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="A09"/>
+    <s v="Family units - 9 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="502"/>
+    <s v="One family unit households with lone father"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="A11"/>
+    <s v="Family units - 10 or more persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="502"/>
+    <s v="One family unit households with lone father"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="A27"/>
+    <s v="All persons in family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3940"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="502"/>
+    <s v="One family unit households with lone father"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="502"/>
+    <s v="One family unit households with lone father"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="A01"/>
+    <s v="Family units - 2 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="502"/>
+    <s v="One family unit households with lone father"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="A02"/>
+    <s v="Family units - 3 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="502"/>
+    <s v="One family unit households with lone father"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="A03"/>
+    <s v="Family units - 4 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="502"/>
+    <s v="One family unit households with lone father"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="A04"/>
+    <s v="Family units - 5 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="502"/>
+    <s v="One family unit households with lone father"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="A05"/>
+    <s v="Family units - 6 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="502"/>
+    <s v="One family unit households with lone father"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="A06"/>
+    <s v="Family units - 7 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="502"/>
+    <s v="One family unit households with lone father"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="A08"/>
+    <s v="Family units - 8 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="502"/>
+    <s v="One family unit households with lone father"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="A09"/>
+    <s v="Family units - 9 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="502"/>
+    <s v="One family unit households with lone father"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="A11"/>
+    <s v="Family units - 10 or more persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="502"/>
+    <s v="One family unit households with lone father"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="A27"/>
+    <s v="All persons in family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1380"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="502"/>
+    <s v="One family unit households with lone father"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="502"/>
+    <s v="One family unit households with lone father"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="A01"/>
+    <s v="Family units - 2 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="502"/>
+    <s v="One family unit households with lone father"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="A02"/>
+    <s v="Family units - 3 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="502"/>
+    <s v="One family unit households with lone father"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="A03"/>
+    <s v="Family units - 4 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="502"/>
+    <s v="One family unit households with lone father"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="A04"/>
+    <s v="Family units - 5 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="502"/>
+    <s v="One family unit households with lone father"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="A05"/>
+    <s v="Family units - 6 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="502"/>
+    <s v="One family unit households with lone father"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="A06"/>
+    <s v="Family units - 7 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="502"/>
+    <s v="One family unit households with lone father"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="A08"/>
+    <s v="Family units - 8 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="502"/>
+    <s v="One family unit households with lone father"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="A09"/>
+    <s v="Family units - 9 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="502"/>
+    <s v="One family unit households with lone father"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="A11"/>
+    <s v="Family units - 10 or more persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="502"/>
+    <s v="One family unit households with lone father"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="A27"/>
+    <s v="All persons in family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="729"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-1"/>
+    <s v="All two or more family unit households"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10135"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-1"/>
+    <s v="All two or more family unit households"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="A01"/>
+    <s v="Family units - 2 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-1"/>
+    <s v="All two or more family unit households"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="A02"/>
+    <s v="Family units - 3 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-1"/>
+    <s v="All two or more family unit households"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="A03"/>
+    <s v="Family units - 4 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5552"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-1"/>
+    <s v="All two or more family unit households"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="A04"/>
+    <s v="Family units - 5 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2431"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-1"/>
+    <s v="All two or more family unit households"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="A05"/>
+    <s v="Family units - 6 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1408"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-1"/>
+    <s v="All two or more family unit households"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="A06"/>
+    <s v="Family units - 7 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="464"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-1"/>
+    <s v="All two or more family unit households"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="A08"/>
+    <s v="Family units - 8 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-1"/>
+    <s v="All two or more family unit households"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="A09"/>
+    <s v="Family units - 9 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-1"/>
+    <s v="All two or more family unit households"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="A11"/>
+    <s v="Family units - 10 or more persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-1"/>
+    <s v="All two or more family unit households"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="A27"/>
+    <s v="All persons in family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20270"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-1"/>
+    <s v="All two or more family unit households"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22046"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-1"/>
+    <s v="All two or more family unit households"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="A01"/>
+    <s v="Family units - 2 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-1"/>
+    <s v="All two or more family unit households"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="A02"/>
+    <s v="Family units - 3 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-1"/>
+    <s v="All two or more family unit households"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="A03"/>
+    <s v="Family units - 4 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6250"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-1"/>
+    <s v="All two or more family unit households"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="A04"/>
+    <s v="Family units - 5 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8667"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-1"/>
+    <s v="All two or more family unit households"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="A05"/>
+    <s v="Family units - 6 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4333"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-1"/>
+    <s v="All two or more family unit households"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="A06"/>
+    <s v="Family units - 7 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1650"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-1"/>
+    <s v="All two or more family unit households"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="A08"/>
+    <s v="Family units - 8 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="708"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-1"/>
+    <s v="All two or more family unit households"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="A09"/>
+    <s v="Family units - 9 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-1"/>
+    <s v="All two or more family unit households"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="A11"/>
+    <s v="Family units - 10 or more persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-1"/>
+    <s v="All two or more family unit households"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="A27"/>
+    <s v="All persons in family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50233"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-1"/>
+    <s v="All two or more family unit households"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5976"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-1"/>
+    <s v="All two or more family unit households"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="A01"/>
+    <s v="Family units - 2 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-1"/>
+    <s v="All two or more family unit households"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="A02"/>
+    <s v="Family units - 3 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-1"/>
+    <s v="All two or more family unit households"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="A03"/>
+    <s v="Family units - 4 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-1"/>
+    <s v="All two or more family unit households"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="A04"/>
+    <s v="Family units - 5 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1404"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-1"/>
+    <s v="All two or more family unit households"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="A05"/>
+    <s v="Family units - 6 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3314"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-1"/>
+    <s v="All two or more family unit households"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="A06"/>
+    <s v="Family units - 7 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="757"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-1"/>
+    <s v="All two or more family unit households"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="A08"/>
+    <s v="Family units - 8 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-1"/>
+    <s v="All two or more family unit households"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="A09"/>
+    <s v="Family units - 9 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-1"/>
+    <s v="All two or more family unit households"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="A11"/>
+    <s v="Family units - 10 or more persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-1"/>
+    <s v="All two or more family unit households"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="A27"/>
+    <s v="All persons in family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21215"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-1"/>
+    <s v="All two or more family unit households"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1808"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-1"/>
+    <s v="All two or more family unit households"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="A01"/>
+    <s v="Family units - 2 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-1"/>
+    <s v="All two or more family unit households"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="A02"/>
+    <s v="Family units - 3 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-1"/>
+    <s v="All two or more family unit households"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="A03"/>
+    <s v="Family units - 4 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-1"/>
+    <s v="All two or more family unit households"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="A04"/>
+    <s v="Family units - 5 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-1"/>
+    <s v="All two or more family unit households"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="A05"/>
+    <s v="Family units - 6 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="395"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-1"/>
+    <s v="All two or more family unit households"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="A06"/>
+    <s v="Family units - 7 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1093"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-1"/>
+    <s v="All two or more family unit households"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="A08"/>
+    <s v="Family units - 8 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-1"/>
+    <s v="All two or more family unit households"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="A09"/>
+    <s v="Family units - 9 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-1"/>
+    <s v="All two or more family unit households"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="A11"/>
+    <s v="Family units - 10 or more persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-1"/>
+    <s v="All two or more family unit households"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="A27"/>
+    <s v="All persons in family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8426"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-1"/>
+    <s v="All two or more family unit households"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="639"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-1"/>
+    <s v="All two or more family unit households"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="A01"/>
+    <s v="Family units - 2 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-1"/>
+    <s v="All two or more family unit households"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="A02"/>
+    <s v="Family units - 3 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-1"/>
+    <s v="All two or more family unit households"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="A03"/>
+    <s v="Family units - 4 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-1"/>
+    <s v="All two or more family unit households"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="A04"/>
+    <s v="Family units - 5 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-1"/>
+    <s v="All two or more family unit households"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="A05"/>
+    <s v="Family units - 6 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-1"/>
+    <s v="All two or more family unit households"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="A06"/>
+    <s v="Family units - 7 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-1"/>
+    <s v="All two or more family unit households"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="A08"/>
+    <s v="Family units - 8 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="413"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-1"/>
+    <s v="All two or more family unit households"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="A09"/>
+    <s v="Family units - 9 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-1"/>
+    <s v="All two or more family unit households"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="A11"/>
+    <s v="Family units - 10 or more persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-1"/>
+    <s v="All two or more family unit households"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="A27"/>
+    <s v="All persons in family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3667"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-1"/>
+    <s v="All two or more family unit households"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-1"/>
+    <s v="All two or more family unit households"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="A01"/>
+    <s v="Family units - 2 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-1"/>
+    <s v="All two or more family unit households"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="A02"/>
+    <s v="Family units - 3 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-1"/>
+    <s v="All two or more family unit households"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="A03"/>
+    <s v="Family units - 4 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-1"/>
+    <s v="All two or more family unit households"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="A04"/>
+    <s v="Family units - 5 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-1"/>
+    <s v="All two or more family unit households"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="A05"/>
+    <s v="Family units - 6 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-1"/>
+    <s v="All two or more family unit households"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="A06"/>
+    <s v="Family units - 7 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-1"/>
+    <s v="All two or more family unit households"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="A08"/>
+    <s v="Family units - 8 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-1"/>
+    <s v="All two or more family unit households"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="A09"/>
+    <s v="Family units - 9 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-1"/>
+    <s v="All two or more family unit households"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="A11"/>
+    <s v="Family units - 10 or more persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-1"/>
+    <s v="All two or more family unit households"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="A27"/>
+    <s v="All persons in family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1440"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-1"/>
+    <s v="All two or more family unit households"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-1"/>
+    <s v="All two or more family unit households"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="A01"/>
+    <s v="Family units - 2 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-1"/>
+    <s v="All two or more family unit households"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="A02"/>
+    <s v="Family units - 3 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-1"/>
+    <s v="All two or more family unit households"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="A03"/>
+    <s v="Family units - 4 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-1"/>
+    <s v="All two or more family unit households"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="A04"/>
+    <s v="Family units - 5 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-1"/>
+    <s v="All two or more family unit households"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="A05"/>
+    <s v="Family units - 6 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-1"/>
+    <s v="All two or more family unit households"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="A06"/>
+    <s v="Family units - 7 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-1"/>
+    <s v="All two or more family unit households"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="A08"/>
+    <s v="Family units - 8 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-1"/>
+    <s v="All two or more family unit households"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="A09"/>
+    <s v="Family units - 9 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-1"/>
+    <s v="All two or more family unit households"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="A11"/>
+    <s v="Family units - 10 or more persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="-1"/>
+    <s v="All two or more family unit households"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="A27"/>
+    <s v="All persons in family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1002"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="503"/>
+    <s v="Two or more family unit households with husband and wife (or couple)"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10135"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="503"/>
+    <s v="Two or more family unit households with husband and wife (or couple)"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="A01"/>
+    <s v="Family units - 2 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="503"/>
+    <s v="Two or more family unit households with husband and wife (or couple)"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="A02"/>
+    <s v="Family units - 3 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="503"/>
+    <s v="Two or more family unit households with husband and wife (or couple)"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="A03"/>
+    <s v="Family units - 4 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5552"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="503"/>
+    <s v="Two or more family unit households with husband and wife (or couple)"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="A04"/>
+    <s v="Family units - 5 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2431"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="503"/>
+    <s v="Two or more family unit households with husband and wife (or couple)"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="A05"/>
+    <s v="Family units - 6 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1408"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="503"/>
+    <s v="Two or more family unit households with husband and wife (or couple)"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="A06"/>
+    <s v="Family units - 7 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="464"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="503"/>
+    <s v="Two or more family unit households with husband and wife (or couple)"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="A08"/>
+    <s v="Family units - 8 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="503"/>
+    <s v="Two or more family unit households with husband and wife (or couple)"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="A09"/>
+    <s v="Family units - 9 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="503"/>
+    <s v="Two or more family unit households with husband and wife (or couple)"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="A11"/>
+    <s v="Family units - 10 or more persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="503"/>
+    <s v="Two or more family unit households with husband and wife (or couple)"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="A27"/>
+    <s v="All persons in family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20270"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="503"/>
+    <s v="Two or more family unit households with husband and wife (or couple)"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6141"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="503"/>
+    <s v="Two or more family unit households with husband and wife (or couple)"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="A01"/>
+    <s v="Family units - 2 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="503"/>
+    <s v="Two or more family unit households with husband and wife (or couple)"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="A02"/>
+    <s v="Family units - 3 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="503"/>
+    <s v="Two or more family unit households with husband and wife (or couple)"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="A03"/>
+    <s v="Family units - 4 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="503"/>
+    <s v="Two or more family unit households with husband and wife (or couple)"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="A04"/>
+    <s v="Family units - 5 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4131"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="503"/>
+    <s v="Two or more family unit households with husband and wife (or couple)"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="A05"/>
+    <s v="Family units - 6 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1340"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="503"/>
+    <s v="Two or more family unit households with husband and wife (or couple)"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="A06"/>
+    <s v="Family units - 7 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="416"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="503"/>
+    <s v="Two or more family unit households with husband and wife (or couple)"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="A08"/>
+    <s v="Family units - 8 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="503"/>
+    <s v="Two or more family unit households with husband and wife (or couple)"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="A09"/>
+    <s v="Family units - 9 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="503"/>
+    <s v="Two or more family unit households with husband and wife (or couple)"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="A11"/>
+    <s v="Family units - 10 or more persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="503"/>
+    <s v="Two or more family unit households with husband and wife (or couple)"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="A27"/>
+    <s v="All persons in family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18423"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="503"/>
+    <s v="Two or more family unit households with husband and wife (or couple)"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3287"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="503"/>
+    <s v="Two or more family unit households with husband and wife (or couple)"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="A01"/>
+    <s v="Family units - 2 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="503"/>
+    <s v="Two or more family unit households with husband and wife (or couple)"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="A02"/>
+    <s v="Family units - 3 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="503"/>
+    <s v="Two or more family unit households with husband and wife (or couple)"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="A03"/>
+    <s v="Family units - 4 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="503"/>
+    <s v="Two or more family unit households with husband and wife (or couple)"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="A04"/>
+    <s v="Family units - 5 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="503"/>
+    <s v="Two or more family unit households with husband and wife (or couple)"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="A05"/>
+    <s v="Family units - 6 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2578"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="503"/>
+    <s v="Two or more family unit households with husband and wife (or couple)"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="A06"/>
+    <s v="Family units - 7 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="472"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="503"/>
+    <s v="Two or more family unit households with husband and wife (or couple)"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="A08"/>
+    <s v="Family units - 8 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="503"/>
+    <s v="Two or more family unit households with husband and wife (or couple)"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="A09"/>
+    <s v="Family units - 9 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="503"/>
+    <s v="Two or more family unit households with husband and wife (or couple)"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="A11"/>
+    <s v="Family units - 10 or more persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="503"/>
+    <s v="Two or more family unit households with husband and wife (or couple)"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="A27"/>
+    <s v="All persons in family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13148"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="503"/>
+    <s v="Two or more family unit households with husband and wife (or couple)"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1194"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="503"/>
+    <s v="Two or more family unit households with husband and wife (or couple)"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="A01"/>
+    <s v="Family units - 2 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="503"/>
+    <s v="Two or more family unit households with husband and wife (or couple)"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="A02"/>
+    <s v="Family units - 3 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="503"/>
+    <s v="Two or more family unit households with husband and wife (or couple)"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="A03"/>
+    <s v="Family units - 4 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="503"/>
+    <s v="Two or more family unit households with husband and wife (or couple)"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="A04"/>
+    <s v="Family units - 5 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="503"/>
+    <s v="Two or more family unit households with husband and wife (or couple)"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="A05"/>
+    <s v="Family units - 6 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="503"/>
+    <s v="Two or more family unit households with husband and wife (or couple)"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="A06"/>
+    <s v="Family units - 7 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="973"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="503"/>
+    <s v="Two or more family unit households with husband and wife (or couple)"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="A08"/>
+    <s v="Family units - 8 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="503"/>
+    <s v="Two or more family unit households with husband and wife (or couple)"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="A09"/>
+    <s v="Family units - 9 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="503"/>
+    <s v="Two or more family unit households with husband and wife (or couple)"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="A11"/>
+    <s v="Family units - 10 or more persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="503"/>
+    <s v="Two or more family unit households with husband and wife (or couple)"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="A27"/>
+    <s v="All persons in family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5970"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="503"/>
+    <s v="Two or more family unit households with husband and wife (or couple)"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="472"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="503"/>
+    <s v="Two or more family unit households with husband and wife (or couple)"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="A01"/>
+    <s v="Family units - 2 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="503"/>
+    <s v="Two or more family unit households with husband and wife (or couple)"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="A02"/>
+    <s v="Family units - 3 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="503"/>
+    <s v="Two or more family unit households with husband and wife (or couple)"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="A03"/>
+    <s v="Family units - 4 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="503"/>
+    <s v="Two or more family unit households with husband and wife (or couple)"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="A04"/>
+    <s v="Family units - 5 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="503"/>
+    <s v="Two or more family unit households with husband and wife (or couple)"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="A05"/>
+    <s v="Family units - 6 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="503"/>
+    <s v="Two or more family unit households with husband and wife (or couple)"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="A06"/>
+    <s v="Family units - 7 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="503"/>
+    <s v="Two or more family unit households with husband and wife (or couple)"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="A08"/>
+    <s v="Family units - 8 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="374"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="503"/>
+    <s v="Two or more family unit households with husband and wife (or couple)"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="A09"/>
+    <s v="Family units - 9 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="503"/>
+    <s v="Two or more family unit households with husband and wife (or couple)"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="A11"/>
+    <s v="Family units - 10 or more persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="503"/>
+    <s v="Two or more family unit households with husband and wife (or couple)"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="A27"/>
+    <s v="All persons in family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2832"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="503"/>
+    <s v="Two or more family unit households with husband and wife (or couple)"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="503"/>
+    <s v="Two or more family unit households with husband and wife (or couple)"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="A01"/>
+    <s v="Family units - 2 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="503"/>
+    <s v="Two or more family unit households with husband and wife (or couple)"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="A02"/>
+    <s v="Family units - 3 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="503"/>
+    <s v="Two or more family unit households with husband and wife (or couple)"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="A03"/>
+    <s v="Family units - 4 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="503"/>
+    <s v="Two or more family unit households with husband and wife (or couple)"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="A04"/>
+    <s v="Family units - 5 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="503"/>
+    <s v="Two or more family unit households with husband and wife (or couple)"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="A05"/>
+    <s v="Family units - 6 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="503"/>
+    <s v="Two or more family unit households with husband and wife (or couple)"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="A06"/>
+    <s v="Family units - 7 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="503"/>
+    <s v="Two or more family unit households with husband and wife (or couple)"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="A08"/>
+    <s v="Family units - 8 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="503"/>
+    <s v="Two or more family unit households with husband and wife (or couple)"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="A09"/>
+    <s v="Family units - 9 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="503"/>
+    <s v="Two or more family unit households with husband and wife (or couple)"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="A11"/>
+    <s v="Family units - 10 or more persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="503"/>
+    <s v="Two or more family unit households with husband and wife (or couple)"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="A27"/>
+    <s v="All persons in family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1092"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="503"/>
+    <s v="Two or more family unit households with husband and wife (or couple)"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="503"/>
+    <s v="Two or more family unit households with husband and wife (or couple)"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="A01"/>
+    <s v="Family units - 2 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="503"/>
+    <s v="Two or more family unit households with husband and wife (or couple)"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="A02"/>
+    <s v="Family units - 3 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="503"/>
+    <s v="Two or more family unit households with husband and wife (or couple)"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="A03"/>
+    <s v="Family units - 4 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="503"/>
+    <s v="Two or more family unit households with husband and wife (or couple)"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="A04"/>
+    <s v="Family units - 5 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="503"/>
+    <s v="Two or more family unit households with husband and wife (or couple)"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="A05"/>
+    <s v="Family units - 6 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="503"/>
+    <s v="Two or more family unit households with husband and wife (or couple)"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="A06"/>
+    <s v="Family units - 7 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="503"/>
+    <s v="Two or more family unit households with husband and wife (or couple)"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="A08"/>
+    <s v="Family units - 8 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="503"/>
+    <s v="Two or more family unit households with husband and wife (or couple)"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="A09"/>
+    <s v="Family units - 9 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="503"/>
+    <s v="Two or more family unit households with husband and wife (or couple)"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="A11"/>
+    <s v="Family units - 10 or more persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="503"/>
+    <s v="Two or more family unit households with husband and wife (or couple)"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="A27"/>
+    <s v="All persons in family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="795"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="504"/>
+    <s v="Two or more family unit households with lone mother"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="504"/>
+    <s v="Two or more family unit households with lone mother"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="A01"/>
+    <s v="Family units - 2 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="504"/>
+    <s v="Two or more family unit households with lone mother"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="A02"/>
+    <s v="Family units - 3 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="504"/>
+    <s v="Two or more family unit households with lone mother"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="A03"/>
+    <s v="Family units - 4 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="504"/>
+    <s v="Two or more family unit households with lone mother"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="A04"/>
+    <s v="Family units - 5 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="504"/>
+    <s v="Two or more family unit households with lone mother"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="A05"/>
+    <s v="Family units - 6 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="504"/>
+    <s v="Two or more family unit households with lone mother"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="A06"/>
+    <s v="Family units - 7 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="504"/>
+    <s v="Two or more family unit households with lone mother"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="A08"/>
+    <s v="Family units - 8 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="504"/>
+    <s v="Two or more family unit households with lone mother"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="A09"/>
+    <s v="Family units - 9 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="504"/>
+    <s v="Two or more family unit households with lone mother"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="A11"/>
+    <s v="Family units - 10 or more persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="504"/>
+    <s v="Two or more family unit households with lone mother"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="A27"/>
+    <s v="All persons in family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="504"/>
+    <s v="Two or more family unit households with lone mother"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14548"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="504"/>
+    <s v="Two or more family unit households with lone mother"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="A01"/>
+    <s v="Family units - 2 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="504"/>
+    <s v="Two or more family unit households with lone mother"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="A02"/>
+    <s v="Family units - 3 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="504"/>
+    <s v="Two or more family unit households with lone mother"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="A03"/>
+    <s v="Family units - 4 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5571"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="504"/>
+    <s v="Two or more family unit households with lone mother"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="A04"/>
+    <s v="Family units - 5 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4184"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="504"/>
+    <s v="Two or more family unit households with lone mother"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="A05"/>
+    <s v="Family units - 6 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2788"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="504"/>
+    <s v="Two or more family unit households with lone mother"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="A06"/>
+    <s v="Family units - 7 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1169"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="504"/>
+    <s v="Two or more family unit households with lone mother"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="A08"/>
+    <s v="Family units - 8 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="509"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="504"/>
+    <s v="Two or more family unit households with lone mother"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="A09"/>
+    <s v="Family units - 9 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="504"/>
+    <s v="Two or more family unit households with lone mother"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="A11"/>
+    <s v="Family units - 10 or more persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="504"/>
+    <s v="Two or more family unit households with lone mother"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="A27"/>
+    <s v="All persons in family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29096"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="504"/>
+    <s v="Two or more family unit households with lone mother"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2396"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="504"/>
+    <s v="Two or more family unit households with lone mother"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="A01"/>
+    <s v="Family units - 2 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="504"/>
+    <s v="Two or more family unit households with lone mother"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="A02"/>
+    <s v="Family units - 3 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="504"/>
+    <s v="Two or more family unit households with lone mother"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="A03"/>
+    <s v="Family units - 4 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="504"/>
+    <s v="Two or more family unit households with lone mother"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="A04"/>
+    <s v="Family units - 5 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1230"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="504"/>
+    <s v="Two or more family unit households with lone mother"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="A05"/>
+    <s v="Family units - 6 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="668"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="504"/>
+    <s v="Two or more family unit households with lone mother"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="A06"/>
+    <s v="Family units - 7 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="504"/>
+    <s v="Two or more family unit households with lone mother"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="A08"/>
+    <s v="Family units - 8 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="504"/>
+    <s v="Two or more family unit households with lone mother"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="A09"/>
+    <s v="Family units - 9 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="504"/>
+    <s v="Two or more family unit households with lone mother"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="A11"/>
+    <s v="Family units - 10 or more persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="504"/>
+    <s v="Two or more family unit households with lone mother"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="A27"/>
+    <s v="All persons in family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7188"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="504"/>
+    <s v="Two or more family unit households with lone mother"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="539"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="504"/>
+    <s v="Two or more family unit households with lone mother"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="A01"/>
+    <s v="Family units - 2 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="504"/>
+    <s v="Two or more family unit households with lone mother"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="A02"/>
+    <s v="Family units - 3 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="504"/>
+    <s v="Two or more family unit households with lone mother"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="A03"/>
+    <s v="Family units - 4 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="504"/>
+    <s v="Two or more family unit households with lone mother"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="A04"/>
+    <s v="Family units - 5 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="504"/>
+    <s v="Two or more family unit households with lone mother"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="A05"/>
+    <s v="Family units - 6 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="344"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="504"/>
+    <s v="Two or more family unit households with lone mother"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="A06"/>
+    <s v="Family units - 7 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="504"/>
+    <s v="Two or more family unit households with lone mother"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="A08"/>
+    <s v="Family units - 8 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="504"/>
+    <s v="Two or more family unit households with lone mother"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="A09"/>
+    <s v="Family units - 9 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="504"/>
+    <s v="Two or more family unit households with lone mother"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="A11"/>
+    <s v="Family units - 10 or more persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="504"/>
+    <s v="Two or more family unit households with lone mother"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="A27"/>
+    <s v="All persons in family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2156"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="504"/>
+    <s v="Two or more family unit households with lone mother"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="504"/>
+    <s v="Two or more family unit households with lone mother"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="A01"/>
+    <s v="Family units - 2 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="504"/>
+    <s v="Two or more family unit households with lone mother"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="A02"/>
+    <s v="Family units - 3 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="504"/>
+    <s v="Two or more family unit households with lone mother"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="A03"/>
+    <s v="Family units - 4 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="504"/>
+    <s v="Two or more family unit households with lone mother"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="A04"/>
+    <s v="Family units - 5 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="504"/>
+    <s v="Two or more family unit households with lone mother"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="A05"/>
+    <s v="Family units - 6 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="504"/>
+    <s v="Two or more family unit households with lone mother"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="A06"/>
+    <s v="Family units - 7 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="504"/>
+    <s v="Two or more family unit households with lone mother"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="A08"/>
+    <s v="Family units - 8 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="504"/>
+    <s v="Two or more family unit households with lone mother"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="A09"/>
+    <s v="Family units - 9 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="504"/>
+    <s v="Two or more family unit households with lone mother"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="A11"/>
+    <s v="Family units - 10 or more persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="504"/>
+    <s v="Two or more family unit households with lone mother"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="A27"/>
+    <s v="All persons in family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="705"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="504"/>
+    <s v="Two or more family unit households with lone mother"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="504"/>
+    <s v="Two or more family unit households with lone mother"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="A01"/>
+    <s v="Family units - 2 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="504"/>
+    <s v="Two or more family unit households with lone mother"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="A02"/>
+    <s v="Family units - 3 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="504"/>
+    <s v="Two or more family unit households with lone mother"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="A03"/>
+    <s v="Family units - 4 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="504"/>
+    <s v="Two or more family unit households with lone mother"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="A04"/>
+    <s v="Family units - 5 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="504"/>
+    <s v="Two or more family unit households with lone mother"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="A05"/>
+    <s v="Family units - 6 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="504"/>
+    <s v="Two or more family unit households with lone mother"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="A06"/>
+    <s v="Family units - 7 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="504"/>
+    <s v="Two or more family unit households with lone mother"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="A08"/>
+    <s v="Family units - 8 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="504"/>
+    <s v="Two or more family unit households with lone mother"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="A09"/>
+    <s v="Family units - 9 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="504"/>
+    <s v="Two or more family unit households with lone mother"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="A11"/>
+    <s v="Family units - 10 or more persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="504"/>
+    <s v="Two or more family unit households with lone mother"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="A27"/>
+    <s v="All persons in family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="336"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="504"/>
+    <s v="Two or more family unit households with lone mother"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="504"/>
+    <s v="Two or more family unit households with lone mother"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="A01"/>
+    <s v="Family units - 2 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="504"/>
+    <s v="Two or more family unit households with lone mother"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="A02"/>
+    <s v="Family units - 3 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="504"/>
+    <s v="Two or more family unit households with lone mother"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="A03"/>
+    <s v="Family units - 4 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="504"/>
+    <s v="Two or more family unit households with lone mother"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="A04"/>
+    <s v="Family units - 5 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="504"/>
+    <s v="Two or more family unit households with lone mother"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="A05"/>
+    <s v="Family units - 6 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="504"/>
+    <s v="Two or more family unit households with lone mother"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="A06"/>
+    <s v="Family units - 7 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="504"/>
+    <s v="Two or more family unit households with lone mother"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="A08"/>
+    <s v="Family units - 8 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="504"/>
+    <s v="Two or more family unit households with lone mother"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="A09"/>
+    <s v="Family units - 9 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="504"/>
+    <s v="Two or more family unit households with lone mother"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="A11"/>
+    <s v="Family units - 10 or more persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="504"/>
+    <s v="Two or more family unit households with lone mother"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="A27"/>
+    <s v="All persons in family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="505"/>
+    <s v="Two or more family unit households with lone father"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="505"/>
+    <s v="Two or more family unit households with lone father"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="A01"/>
+    <s v="Family units - 2 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="505"/>
+    <s v="Two or more family unit households with lone father"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="A02"/>
+    <s v="Family units - 3 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="505"/>
+    <s v="Two or more family unit households with lone father"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="A03"/>
+    <s v="Family units - 4 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="505"/>
+    <s v="Two or more family unit households with lone father"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="A04"/>
+    <s v="Family units - 5 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="505"/>
+    <s v="Two or more family unit households with lone father"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="A05"/>
+    <s v="Family units - 6 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="505"/>
+    <s v="Two or more family unit households with lone father"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="A06"/>
+    <s v="Family units - 7 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="505"/>
+    <s v="Two or more family unit households with lone father"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="A08"/>
+    <s v="Family units - 8 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="505"/>
+    <s v="Two or more family unit households with lone father"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="A09"/>
+    <s v="Family units - 9 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="505"/>
+    <s v="Two or more family unit households with lone father"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="A11"/>
+    <s v="Family units - 10 or more persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="505"/>
+    <s v="Two or more family unit households with lone father"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="A27"/>
+    <s v="All persons in family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="505"/>
+    <s v="Two or more family unit households with lone father"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1357"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="505"/>
+    <s v="Two or more family unit households with lone father"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="A01"/>
+    <s v="Family units - 2 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="505"/>
+    <s v="Two or more family unit households with lone father"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="A02"/>
+    <s v="Family units - 3 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="505"/>
+    <s v="Two or more family unit households with lone father"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="A03"/>
+    <s v="Family units - 4 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="679"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="505"/>
+    <s v="Two or more family unit households with lone father"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="A04"/>
+    <s v="Family units - 5 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="505"/>
+    <s v="Two or more family unit households with lone father"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="A05"/>
+    <s v="Family units - 6 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="505"/>
+    <s v="Two or more family unit households with lone father"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="A06"/>
+    <s v="Family units - 7 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="505"/>
+    <s v="Two or more family unit households with lone father"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="A08"/>
+    <s v="Family units - 8 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="505"/>
+    <s v="Two or more family unit households with lone father"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="A09"/>
+    <s v="Family units - 9 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="505"/>
+    <s v="Two or more family unit households with lone father"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="A11"/>
+    <s v="Family units - 10 or more persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="505"/>
+    <s v="Two or more family unit households with lone father"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="A27"/>
+    <s v="All persons in family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2714"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="505"/>
+    <s v="Two or more family unit households with lone father"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="293"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="505"/>
+    <s v="Two or more family unit households with lone father"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="A01"/>
+    <s v="Family units - 2 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="505"/>
+    <s v="Two or more family unit households with lone father"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="A02"/>
+    <s v="Family units - 3 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="505"/>
+    <s v="Two or more family unit households with lone father"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="A03"/>
+    <s v="Family units - 4 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="505"/>
+    <s v="Two or more family unit households with lone father"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="A04"/>
+    <s v="Family units - 5 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="505"/>
+    <s v="Two or more family unit households with lone father"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="A05"/>
+    <s v="Family units - 6 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="505"/>
+    <s v="Two or more family unit households with lone father"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="A06"/>
+    <s v="Family units - 7 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="505"/>
+    <s v="Two or more family unit households with lone father"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="A08"/>
+    <s v="Family units - 8 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="505"/>
+    <s v="Two or more family unit households with lone father"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="A09"/>
+    <s v="Family units - 9 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="505"/>
+    <s v="Two or more family unit households with lone father"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="A11"/>
+    <s v="Family units - 10 or more persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="505"/>
+    <s v="Two or more family unit households with lone father"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="A27"/>
+    <s v="All persons in family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="879"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="505"/>
+    <s v="Two or more family unit households with lone father"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="505"/>
+    <s v="Two or more family unit households with lone father"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="A01"/>
+    <s v="Family units - 2 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="505"/>
+    <s v="Two or more family unit households with lone father"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="A02"/>
+    <s v="Family units - 3 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="505"/>
+    <s v="Two or more family unit households with lone father"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="A03"/>
+    <s v="Family units - 4 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="505"/>
+    <s v="Two or more family unit households with lone father"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="A04"/>
+    <s v="Family units - 5 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="505"/>
+    <s v="Two or more family unit households with lone father"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="A05"/>
+    <s v="Family units - 6 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="505"/>
+    <s v="Two or more family unit households with lone father"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="A06"/>
+    <s v="Family units - 7 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="505"/>
+    <s v="Two or more family unit households with lone father"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="A08"/>
+    <s v="Family units - 8 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="505"/>
+    <s v="Two or more family unit households with lone father"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="A09"/>
+    <s v="Family units - 9 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="505"/>
+    <s v="Two or more family unit households with lone father"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="A11"/>
+    <s v="Family units - 10 or more persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="505"/>
+    <s v="Two or more family unit households with lone father"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="A27"/>
+    <s v="All persons in family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="505"/>
+    <s v="Two or more family unit households with lone father"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="505"/>
+    <s v="Two or more family unit households with lone father"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="A01"/>
+    <s v="Family units - 2 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="505"/>
+    <s v="Two or more family unit households with lone father"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="A02"/>
+    <s v="Family units - 3 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="505"/>
+    <s v="Two or more family unit households with lone father"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="A03"/>
+    <s v="Family units - 4 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="505"/>
+    <s v="Two or more family unit households with lone father"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="A04"/>
+    <s v="Family units - 5 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="505"/>
+    <s v="Two or more family unit households with lone father"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="A05"/>
+    <s v="Family units - 6 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="505"/>
+    <s v="Two or more family unit households with lone father"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="A06"/>
+    <s v="Family units - 7 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="505"/>
+    <s v="Two or more family unit households with lone father"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="A08"/>
+    <s v="Family units - 8 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="505"/>
+    <s v="Two or more family unit households with lone father"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="A09"/>
+    <s v="Family units - 9 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="505"/>
+    <s v="Two or more family unit households with lone father"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="A11"/>
+    <s v="Family units - 10 or more persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="505"/>
+    <s v="Two or more family unit households with lone father"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="A27"/>
+    <s v="All persons in family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="505"/>
+    <s v="Two or more family unit households with lone father"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="505"/>
+    <s v="Two or more family unit households with lone father"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="A01"/>
+    <s v="Family units - 2 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="505"/>
+    <s v="Two or more family unit households with lone father"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="A02"/>
+    <s v="Family units - 3 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="505"/>
+    <s v="Two or more family unit households with lone father"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="A03"/>
+    <s v="Family units - 4 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="505"/>
+    <s v="Two or more family unit households with lone father"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="A04"/>
+    <s v="Family units - 5 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="505"/>
+    <s v="Two or more family unit households with lone father"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="A05"/>
+    <s v="Family units - 6 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="505"/>
+    <s v="Two or more family unit households with lone father"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="A06"/>
+    <s v="Family units - 7 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="505"/>
+    <s v="Two or more family unit households with lone father"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="A08"/>
+    <s v="Family units - 8 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="505"/>
+    <s v="Two or more family unit households with lone father"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="A09"/>
+    <s v="Family units - 9 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="505"/>
+    <s v="Two or more family unit households with lone father"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="A11"/>
+    <s v="Family units - 10 or more persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="505"/>
+    <s v="Two or more family unit households with lone father"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="A27"/>
+    <s v="All persons in family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="505"/>
+    <s v="Two or more family unit households with lone father"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="505"/>
+    <s v="Two or more family unit households with lone father"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="A01"/>
+    <s v="Family units - 2 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="505"/>
+    <s v="Two or more family unit households with lone father"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="A02"/>
+    <s v="Family units - 3 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="505"/>
+    <s v="Two or more family unit households with lone father"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="A03"/>
+    <s v="Family units - 4 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="505"/>
+    <s v="Two or more family unit households with lone father"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="A04"/>
+    <s v="Family units - 5 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="505"/>
+    <s v="Two or more family unit households with lone father"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="A05"/>
+    <s v="Family units - 6 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="505"/>
+    <s v="Two or more family unit households with lone father"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="A06"/>
+    <s v="Family units - 7 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="505"/>
+    <s v="Two or more family unit households with lone father"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="A08"/>
+    <s v="Family units - 8 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="505"/>
+    <s v="Two or more family unit households with lone father"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="A09"/>
+    <s v="Family units - 9 person"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="505"/>
+    <s v="Two or more family unit households with lone father"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="A11"/>
+    <s v="Family units - 10 or more persons"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C0333"/>
+    <s v=" Family Units in Private Households"/>
+    <s v="505"/>
+    <s v="Two or more family unit households with lone father"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="A27"/>
+    <s v="All persons in family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+</pivotCacheRecords>
 </file>