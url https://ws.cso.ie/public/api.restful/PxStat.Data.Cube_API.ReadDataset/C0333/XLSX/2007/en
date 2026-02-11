--- v1 (2025-11-22)
+++ v2 (2026-02-11)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb161338fe0044bfe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2b0f4a5dc7314c5f86cf38184bf0104c.psmdcp" Id="Rbd4a49cd92414acb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08945d5af10d4fb6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5c181b9d5efb416998357d27ef3dad24.psmdcp" Id="R62eb171edae64c17" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>