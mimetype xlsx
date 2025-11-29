--- v0 (2025-10-05)
+++ v1 (2025-11-29)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6f4b86469434e39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5e43ee50e1fe4ccc99f4d0438be87abf.psmdcp" Id="R952556bec5fe4543" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref44fbf61fea413d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a6325a97aee9495da249f7efb00c0e7a.psmdcp" Id="R9f647546d9f74ccf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C0330</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Family Units in Private Households</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/7/2020 11:00:00 AM</x:t>
+    <x:t>07/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0330/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P3</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 3 - Household Composition Family Units and Fertility</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -493,355 +493,168 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...303 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="C02076V02508" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group of Child" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02256V02728" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="Children per Family Unit" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02258V02730" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Family Unit" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L701" totalsRowShown="0">
   <x:autoFilter ref="A1:L701"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="C02076V02508"/>
     <x:tableColumn id="2" name="Age Group of Child"/>
     <x:tableColumn id="3" name="C02256V02728"/>
     <x:tableColumn id="4" name="Children per Family Unit"/>
     <x:tableColumn id="5" name="C02258V02730"/>
     <x:tableColumn id="6" name="Type of Family Unit"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="CensusYear"/>
     <x:tableColumn id="9" name="STATISTIC"/>
     <x:tableColumn id="10" name="Statistic Label"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1114,51 +927,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0330/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1345,51 +1158,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L701"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="19.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="32.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="32.567768" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="13.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.996339" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="25.853482" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -28019,51 +27832,51 @@
       <x:c r="I701" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J701" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K701" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L701" s="0">
         <x:v>42018</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -28080,51 +27893,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L701" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02076V02508">
       <x:sharedItems count="5">
         <x:s v="205"/>
         <x:s v="245"/>
         <x:s v="265"/>
         <x:s v="320"/>
         <x:s v="-"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Age Group of Child">
       <x:sharedItems count="5">
         <x:s v="0 - 4 years"/>
         <x:s v="5 - 9 years"/>
         <x:s v="10 - 14 years"/>
         <x:s v="15 years and over"/>
         <x:s v="All ages"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02256V02728">
       <x:sharedItems count="10">
         <x:s v="-"/>
         <x:s v="8"/>
         <x:s v="9"/>
@@ -28538,27 +28351,9828 @@
         <x:n v="9562"/>
         <x:n v="467"/>
         <x:n v="1883"/>
         <x:n v="232"/>
         <x:n v="3658"/>
         <x:n v="2865"/>
         <x:n v="164"/>
         <x:n v="554"/>
         <x:n v="1854"/>
         <x:n v="1451"/>
         <x:n v="91"/>
         <x:n v="286"/>
         <x:n v="26"/>
         <x:n v="1486431"/>
         <x:n v="1100154"/>
         <x:n v="74474"/>
         <x:n v="269785"/>
         <x:n v="42018"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="224770"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="118832"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="154540"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="73589"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="27232"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="18034"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="41036"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="25941"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="1962"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="1268"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="81306"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="81306"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="43690"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="43690"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="14527"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="14527"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="22030"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="22030"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="1059"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="1059"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="76975"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="33174"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="57031"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="26227"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="8352"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="3230"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="11065"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="3529"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="527"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="42962"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="4115"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="35091"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="3478"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="2892"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="4745"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="359"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="16349"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="13266"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="969"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="2019"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="4654"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="3559"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="306"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="757"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="1555"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="1169"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="260"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="969"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="734"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="469620"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="160961"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="346583"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="107365"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="46534"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="21835"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="73048"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="30258"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="3455"/>
+  </r>
+  <r>
+    <s v="205"/>
+    <s v="0 - 4 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="1503"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="129950"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="116776"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="89632"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="78007"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="8724"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="11307"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="29128"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="25764"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="2466"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="1698"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="32914"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="32914"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="12780"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="12780"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="4518"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="4518"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="14545"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="14545"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="1071"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="1071"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="46131"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="52158"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="34548"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="38350"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="2681"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="5005"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="8166"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="8318"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="736"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="485"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="32297"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="25324"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="26916"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="21465"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="1010"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="1428"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="3968"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="2311"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="403"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="13304"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="5531"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="11107"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="4708"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="355"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="1668"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="502"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="3668"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="732"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="2953"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="603"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="556"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="1124"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="920"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="512"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="408"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="304274"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="239698"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="230460"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="176337"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="15207"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="20297"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="53695"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="40571"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="4912"/>
+  </r>
+  <r>
+    <s v="245"/>
+    <s v="5 - 9 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="2493"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="106691"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="110109"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="78909"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="79780"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="4041"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="6770"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="20654"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="21374"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="3087"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="2185"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="23695"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="23695"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="11972"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="11972"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="2060"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="2060"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="8572"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="8572"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="1091"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="1091"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="42982"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="42382"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="33567"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="31711"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="1271"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="2575"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="7102"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="7393"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="1042"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="703"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="26951"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="29542"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="22450"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="24336"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="501"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="1388"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="3396"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="3536"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="604"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="282"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="9816"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="11014"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="8269"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="9097"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="502"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="1158"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="1330"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="2334"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="2544"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="1893"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="1952"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="319"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="410"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="657"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="689"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="541"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="525"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="247312"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="259797"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="193879"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="199091"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="7014"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="14714"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="39877"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="42181"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="6542"/>
+  </r>
+  <r>
+    <s v="265"/>
+    <s v="10 - 14 years"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="3811"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="288215"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="403909"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="193323"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="285028"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="3985"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="7871"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="71733"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="89472"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="19174"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="21538"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="162227"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="162227"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="97850"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="97850"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="2627"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="2627"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="48460"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="48460"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="13290"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="13290"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="86984"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="125358"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="64503"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="93361"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="1070"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="2564"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="17065"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="24158"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="4346"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="5275"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="29524"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="72753"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="23449"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="58627"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="1543"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="4718"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="10621"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="1139"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="1962"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="7553"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="30253"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="6037"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="24690"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="715"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="1151"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="4142"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="706"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="1488"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="8856"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="1157"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="6998"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="1392"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="322"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="2861"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="2247"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="445"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="1601"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="1255"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="465225"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="825975"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="329232"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="617361"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="5719"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="17628"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="103165"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="156775"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="27109"/>
+  </r>
+  <r>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="34211"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="1053180"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="1053180"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="225773"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="225773"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="77781"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="77781"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="516404"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="516404"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="43982"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="43982"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="162551"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="162551"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="26689"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="26689"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="303554"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="303554"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="225773"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="225773"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="77781"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="77781"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="8"/>
+    <s v="Family units  - without children"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="300142"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="300142"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="166292"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="166292"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="23732"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="23732"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="93607"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="93607"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="16511"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="9"/>
+    <s v="Family units - 1 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="16511"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="253072"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="253072"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="189649"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="189649"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="13374"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="13374"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="43398"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="43398"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="6651"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="10"/>
+    <s v="Family units - 2 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="6651"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="131734"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="131734"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="107906"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="107906"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="4621"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="4621"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="16827"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="16827"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="2380"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="11"/>
+    <s v="Family units - 3 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="2380"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="47022"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="47022"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="38679"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="38679"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="1533"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="1533"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="5996"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="5996"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="814"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="12"/>
+    <s v="Family units - 4 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="814"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="12144"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="12144"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="9562"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="9562"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="467"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="467"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="1883"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="1883"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="13"/>
+    <s v="Family units - 5  child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="3658"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="3658"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="2865"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="2865"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="554"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="554"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="14"/>
+    <s v="Family units - 6 child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="1854"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="1854"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="1451"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="1451"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="15"/>
+    <s v="Family units - 7 or more child family"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="1486431"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="-"/>
+    <s v="All family units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="1486431"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="102"/>
+    <s v="Husband and wife without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="103"/>
+    <s v="Cohabiting couple without children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="1100154"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="109"/>
+    <s v="Husband and wife with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="1100154"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="74474"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="618"/>
+    <s v="Cohabiting couple with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="74474"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="269785"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="110"/>
+    <s v="Lone mother with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="269785"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C1"/>
+    <s v="Age group of youngest child"/>
+    <s v="Number"/>
+    <n v="42018"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="24"/>
+    <s v="All children in family units"/>
+    <s v="111"/>
+    <s v="Lone father with children"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0330C2"/>
+    <s v="Age group of eldest child"/>
+    <s v="Number"/>
+    <n v="42018"/>
+  </r>
+</pivotCacheRecords>
 </file>