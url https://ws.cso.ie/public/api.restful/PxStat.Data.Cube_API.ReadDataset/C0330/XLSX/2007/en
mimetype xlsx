--- v1 (2025-11-29)
+++ v2 (2026-02-08)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref44fbf61fea413d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a6325a97aee9495da249f7efb00c0e7a.psmdcp" Id="R9f647546d9f74ccf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1894d5b99f14054" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fd26fb3f298b4c7e93b0e30d89739e59.psmdcp" Id="Rcb72822e5ac04912" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>