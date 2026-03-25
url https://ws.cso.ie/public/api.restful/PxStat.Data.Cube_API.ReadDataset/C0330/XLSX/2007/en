--- v2 (2026-02-08)
+++ v3 (2026-03-25)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1894d5b99f14054" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fd26fb3f298b4c7e93b0e30d89739e59.psmdcp" Id="Rcb72822e5ac04912" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2555f1ab09f941f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b9a05191aef34411ba2d324690dba922.psmdcp" Id="Rddafba55da7e4b8b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>