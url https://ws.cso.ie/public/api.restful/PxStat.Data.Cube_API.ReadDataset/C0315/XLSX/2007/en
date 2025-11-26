--- v0 (2025-10-06)
+++ v1 (2025-11-26)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rffa479d04d324c50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c86b391d61d9496db2e35034d7da9b7f.psmdcp" Id="Rc7b64061ded84d3d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54c4e98f972948e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a77d289ed01e4435b7a7f3567116b165.psmdcp" Id="R3846c46cd1a44ec9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C0315</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Population Aged 70 Years and Over and Percentage of those Living Alone in Private Households</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/7/2020 11:00:00 AM</x:t>
+    <x:t>07/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0315/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P3</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 3 - Household Composition Family Units and Fertility</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -652,547 +652,210 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...495 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02779V03348" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="Province County or City" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J397" totalsRowShown="0">
   <x:autoFilter ref="A1:J397"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="C02199V02655"/>
     <x:tableColumn id="2" name="Sex"/>
     <x:tableColumn id="3" name="C02779V03348"/>
     <x:tableColumn id="4" name="Province County or City"/>
     <x:tableColumn id="5" name="TLIST(A1)"/>
     <x:tableColumn id="6" name="CensusYear"/>
     <x:tableColumn id="7" name="STATISTIC"/>
     <x:tableColumn id="8" name="Statistic Label"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1463,51 +1126,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0315/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1694,51 +1357,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J397"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="10.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="24.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="51.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -14432,51 +14095,51 @@
       <x:c r="G397" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H397" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I397" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J397" s="0">
         <x:v>42.8</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -14493,51 +14156,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J397" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02779V03348">
       <x:sharedItems count="44">
         <x:s v="-"/>
         <x:s v="A"/>
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="021"/>
         <x:s v="024"/>
         <x:s v="023"/>
@@ -15003,27 +14666,4780 @@
         <x:n v="39.1"/>
         <x:n v="2999"/>
         <x:n v="1159"/>
         <x:n v="38.6"/>
         <x:n v="2742"/>
         <x:n v="1149"/>
         <x:n v="41.9"/>
         <x:n v="11677"/>
         <x:n v="4680"/>
         <x:n v="40.1"/>
         <x:n v="2898"/>
         <x:n v="1160"/>
         <x:n v="40"/>
         <x:n v="6393"/>
         <x:n v="2499"/>
         <x:n v="2386"/>
         <x:n v="1021"/>
         <x:n v="42.8"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="286194"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="94137"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="32.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="140211"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="45310"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="32.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="3206"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1017"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="31.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="74561"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="24643"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="33.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="40288"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="14614"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="36.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="16227"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="5093"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="31.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="7811"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="2211"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="28.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="10235"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="2725"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="26.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="7215"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="2148"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="29.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="6181"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1897"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="30.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="4553"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1412"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="2826"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="999"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="35.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="7076"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="2367"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="33.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="7982"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="2326"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="29.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="4837"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1561"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="32.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="5194"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1762"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="33.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="9231"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="2946"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="31.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="7349"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="2232"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="30.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="85065"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="28121"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="33.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="7660"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="2641"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="34.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="33756"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="11063"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="32.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="10146"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="3541"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="34.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="23610"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="7522"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="31.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="11304"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="3762"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="33.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="12464"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="4093"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="32.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="4052"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1430"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="35.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="8412"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="2663"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="31.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="5471"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1747"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="31.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="6635"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="2209"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="33.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="7775"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="2606"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="33.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="3056"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1113"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="36.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="4719"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1493"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="31.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="39634"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="13354"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="33.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="15368"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="4762"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="3292"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1025"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="31.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="12076"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="3737"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="30.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="2692"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1060"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="39.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="11099"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="3845"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="34.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="5540"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1917"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="34.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="4935"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1770"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="35.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="21284"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="7352"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="34.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="5337"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1932"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="36.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="11615"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="3899"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="33.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="4332"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1521"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="35.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="123922"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="29951"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="24.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="59296"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="13128"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="22.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="1451"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="354"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="24.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="30236"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="6414"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="21.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="15784"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="4026"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="25.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="6634"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1099"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="16.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="3387"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="601"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="17.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="4431"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="688"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="15.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="3163"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="673"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="21.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="2778"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="642"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="23.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="2089"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="487"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="23.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="1276"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="390"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="30.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="2966"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="701"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="23.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="3483"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="731"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="2218"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="546"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="24.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="2243"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="558"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="24.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="4136"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="963"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="23.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="3257"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="669"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="20.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="37203"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="9191"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="24.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="3454"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="951"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="27.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="14397"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="3370"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="23.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="4118"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="948"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="10279"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="2422"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="23.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="5052"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1354"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="26.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="5445"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1329"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="24.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="1686"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="390"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="23.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="3759"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="939"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="2433"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="551"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="22.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="2989"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="786"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="26.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="3433"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="850"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="24.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="1288"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="347"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="26.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="2145"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="503"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="23.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="17816"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="4960"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="27.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="6863"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1708"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="24.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="1342"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="21.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="5521"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1423"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="25.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="1247"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="423"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="33.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="4972"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1450"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="29.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="2541"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="758"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="29.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="2193"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="621"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="28.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="9607"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="2672"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="27.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="2439"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="772"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="31.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="5222"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1400"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="26.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="1946"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="500"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="25.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="162272"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="64186"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="39.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="80915"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="32182"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="39.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="1755"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="663"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="37.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="44325"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="18229"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="41.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="24504"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="10588"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="43.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="9593"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="3994"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="41.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="4424"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1610"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="36.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="5804"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="2037"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="35.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="4052"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1475"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="36.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="3403"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1255"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="36.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="2464"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="925"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="37.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="1550"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="609"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="39.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="4110"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1666"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="40.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="4499"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1595"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="35.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="2619"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1015"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="38.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="2951"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1204"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="40.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="5095"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1983"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="38.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="4092"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1563"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="38.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="47862"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="18930"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="39.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="4206"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1690"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="40.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="19359"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="7693"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="39.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="6028"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="2593"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="13331"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="5100"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="38.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="6252"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="2408"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="38.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="7019"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="2764"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="39.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="2366"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1040"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="4653"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1724"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="37.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="3038"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1196"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="39.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="3646"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1423"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="4342"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1756"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="40.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="1768"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="766"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="43.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="2574"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="990"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="38.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="21818"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="8394"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="38.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="8505"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="3054"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="35.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="1950"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="740"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="37.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="6555"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="2314"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="35.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="1445"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="637"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="44.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="6127"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="2395"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="39.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="2999"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1159"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="38.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="2742"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1149"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="41.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="11677"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="4680"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="40.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="2898"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1160"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="6393"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="2499"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="39.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C1"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="2386"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C2"/>
+    <s v="Persons living alone in private households"/>
+    <s v="Number"/>
+    <n v="1021"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0315C3"/>
+    <s v="Percentage of persons living alone in private households"/>
+    <s v="%"/>
+    <n v="42.8"/>
+  </r>
+</pivotCacheRecords>
 </file>