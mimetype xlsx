--- v1 (2025-11-26)
+++ v2 (2026-03-06)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54c4e98f972948e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a77d289ed01e4435b7a7f3567116b165.psmdcp" Id="R3846c46cd1a44ec9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re58d6f8fb5014590" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b53d634d16fc4e3681b0c3c6a1aa1963.psmdcp" Id="Rd755c8e21bd3434c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>