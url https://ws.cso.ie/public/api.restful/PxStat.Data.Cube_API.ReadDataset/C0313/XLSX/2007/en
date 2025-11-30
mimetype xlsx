--- v0 (2025-10-05)
+++ v1 (2025-11-30)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ef10ffd7c684aa3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0c8a99c0d0cc47358265658af4978ebf.psmdcp" Id="R3110204f67194fce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48db73fcd8cc4486" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e67d53b7f5c34b0f8c20bd9764b4ff23.psmdcp" Id="R1fb4a5b23fc44e67" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C0313</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Private Households</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/7/2020 11:00:00 AM</x:t>
+    <x:t>07/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Separated includes divorced</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0313/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P3</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 3 - Household Composition Family Units and Fertility</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -499,363 +499,170 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...311 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group of Reference Person" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02254V02726" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Persons per Household" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02778V03347" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Marital Status of Reference Person" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L243" totalsRowShown="0">
   <x:autoFilter ref="A1:L243"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02076V03371"/>
     <x:tableColumn id="4" name="Age Group of Reference Person"/>
     <x:tableColumn id="5" name="C02254V02726"/>
     <x:tableColumn id="6" name="Persons per Household"/>
     <x:tableColumn id="7" name="C02778V03347"/>
     <x:tableColumn id="8" name="Marital Status of Reference Person"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1128,51 +935,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0313/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1361,51 +1168,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L243"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="18.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="31.139196" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="30.567768" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="34.139196" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -10631,51 +10438,51 @@
       <x:c r="I243" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J243" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L243" s="0">
         <x:v>132297</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -10692,51 +10499,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L243" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="C0313"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v=" Private Households"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02076V03371">
       <x:sharedItems count="11">
         <x:s v="-"/>
         <x:s v="405"/>
         <x:s v="410"/>
         <x:s v="440"/>
         <x:s v="460"/>
         <x:s v="475"/>
         <x:s v="495"/>
         <x:s v="515"/>
         <x:s v="530"/>
         <x:s v="550"/>
         <x:s v="575"/>
@@ -11043,27 +10850,3416 @@
         <x:n v="5392"/>
         <x:n v="22238"/>
         <x:n v="127371"/>
         <x:n v="19859"/>
         <x:n v="13161"/>
         <x:n v="5081"/>
         <x:n v="89270"/>
         <x:n v="550148"/>
         <x:n v="355690"/>
         <x:n v="32319"/>
         <x:n v="283895"/>
         <x:n v="7029"/>
         <x:n v="32447"/>
         <x:n v="194458"/>
         <x:n v="25450"/>
         <x:n v="29599"/>
         <x:n v="7112"/>
         <x:n v="132297"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1469521"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Male reference person - Total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="891738"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Male reference person - Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="212415"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Male reference person - Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="597565"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Male reference person - Separated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48854"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="Male reference person - Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32904"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Female reference person - Total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="577783"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="07"/>
+    <s v="Female reference person - Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="217162"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="08"/>
+    <s v="Female reference person - Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="166049"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="09"/>
+    <s v="Female reference person - Separated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="76217"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="10"/>
+    <s v="Female reference person - Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="118355"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4123318"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Male reference person - Total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2668506"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Male reference person - Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="394396"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Male reference person - Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2129072"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Male reference person - Separated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="89366"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="Male reference person - Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55672"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Female reference person - Total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1454812"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="07"/>
+    <s v="Female reference person - Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="464710"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="08"/>
+    <s v="Female reference person - Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="593422"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="09"/>
+    <s v="Female reference person - Separated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="198029"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="10"/>
+    <s v="Female reference person - Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="198651"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66037"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Male reference person - Total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26264"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Male reference person - Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24273"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Male reference person - Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1821"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Male reference person - Separated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="Male reference person - Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Female reference person - Total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39773"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="07"/>
+    <s v="Female reference person - Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36988"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="08"/>
+    <s v="Female reference person - Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2396"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="09"/>
+    <s v="Female reference person - Separated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="304"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="10"/>
+    <s v="Female reference person - Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="169047"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Male reference person - Total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66079"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Male reference person - Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59982"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Male reference person - Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5811"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Male reference person - Separated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="Male reference person - Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Female reference person - Total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="102968"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="07"/>
+    <s v="Female reference person - Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="94140"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="08"/>
+    <s v="Female reference person - Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7901"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="09"/>
+    <s v="Female reference person - Separated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="787"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="405"/>
+    <s v="Under 25 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="10"/>
+    <s v="Female reference person - Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="126200"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Male reference person - Total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59577"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Male reference person - Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43979"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Male reference person - Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14909"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Male reference person - Separated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="500"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="Male reference person - Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Female reference person - Total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66623"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="07"/>
+    <s v="Female reference person - Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51778"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="08"/>
+    <s v="Female reference person - Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13052"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="09"/>
+    <s v="Female reference person - Separated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1564"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="10"/>
+    <s v="Female reference person - Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="319221"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Male reference person - Total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="147530"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Male reference person - Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="99419"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Male reference person - Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46741"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Male reference person - Separated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1121"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="Male reference person - Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Female reference person - Total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="171691"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="07"/>
+    <s v="Female reference person - Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="125614"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="08"/>
+    <s v="Female reference person - Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41123"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="09"/>
+    <s v="Female reference person - Separated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4544"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="10"/>
+    <s v="Female reference person - Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="410"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="157329"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Male reference person - Total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="87422"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Male reference person - Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36855"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Male reference person - Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48336"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Male reference person - Separated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1975"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="Male reference person - Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Female reference person - Total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69907"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="07"/>
+    <s v="Female reference person - Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38264"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="08"/>
+    <s v="Female reference person - Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26424"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="09"/>
+    <s v="Female reference person - Separated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4752"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="10"/>
+    <s v="Female reference person - Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="467"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="438273"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Male reference person - Total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="242778"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Male reference person - Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="74306"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Male reference person - Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="163956"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Male reference person - Separated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4156"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="Male reference person - Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="360"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Female reference person - Total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="195495"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="07"/>
+    <s v="Female reference person - Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="88432"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="08"/>
+    <s v="Female reference person - Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="91068"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="09"/>
+    <s v="Female reference person - Separated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14770"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="10"/>
+    <s v="Female reference person - Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1225"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="158472"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Male reference person - Total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="97084"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Male reference person - Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22488"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Male reference person - Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69701"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Male reference person - Separated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4520"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="Male reference person - Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="375"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Female reference person - Total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61388"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="07"/>
+    <s v="Female reference person - Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23434"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="08"/>
+    <s v="Female reference person - Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27332"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="09"/>
+    <s v="Female reference person - Separated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9674"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="10"/>
+    <s v="Female reference person - Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="948"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="529584"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Male reference person - Total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="331661"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Male reference person - Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42645"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Male reference person - Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="278688"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Male reference person - Separated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9560"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="Male reference person - Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="768"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Female reference person - Total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="197923"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="07"/>
+    <s v="Female reference person - Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52678"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="08"/>
+    <s v="Female reference person - Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="110764"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="09"/>
+    <s v="Female reference person - Separated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31584"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="10"/>
+    <s v="Female reference person - Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2897"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="154469"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Male reference person - Total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="99865"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Male reference person - Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14775"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Male reference person - Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77393"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Male reference person - Separated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6997"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="Male reference person - Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="700"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Female reference person - Total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54604"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="07"/>
+    <s v="Female reference person - Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15101"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="08"/>
+    <s v="Female reference person - Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24321"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="09"/>
+    <s v="Female reference person - Separated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13484"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="10"/>
+    <s v="Female reference person - Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1698"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="561400"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Male reference person - Total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="379307"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Male reference person - Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25388"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Male reference person - Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="337386"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Male reference person - Separated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14750"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="Male reference person - Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1783"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Female reference person - Total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="182093"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="07"/>
+    <s v="Female reference person - Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30505"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="08"/>
+    <s v="Female reference person - Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="104027"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="09"/>
+    <s v="Female reference person - Separated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42219"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="10"/>
+    <s v="Female reference person - Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5342"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="146861"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Male reference person - Total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="98196"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Male reference person - Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12080"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Male reference person - Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="76392"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Male reference person - Separated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8587"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="Male reference person - Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1137"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Female reference person - Total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48665"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="07"/>
+    <s v="Female reference person - Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10818"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="08"/>
+    <s v="Female reference person - Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20634"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="09"/>
+    <s v="Female reference person - Separated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14239"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="10"/>
+    <s v="Female reference person - Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2974"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="518322"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Male reference person - Total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="367239"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Male reference person - Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18105"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Male reference person - Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="328603"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Male reference person - Separated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17451"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="Male reference person - Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3080"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Female reference person - Total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="151083"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="07"/>
+    <s v="Female reference person - Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18591"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="08"/>
+    <s v="Female reference person - Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="83911"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="09"/>
+    <s v="Female reference person - Separated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40039"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="10"/>
+    <s v="Female reference person - Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8542"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="136059"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Male reference person - Total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93898"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Male reference person - Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11461"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Male reference person - Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72112"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Male reference person - Separated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8576"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="Male reference person - Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1749"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Female reference person - Total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42161"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="07"/>
+    <s v="Female reference person - Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8497"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="08"/>
+    <s v="Female reference person - Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16858"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="09"/>
+    <s v="Female reference person - Separated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12186"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="10"/>
+    <s v="Female reference person - Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4620"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="432507"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Male reference person - Total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="318497"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Male reference person - Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15542"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Male reference person - Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="282685"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Male reference person - Separated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15835"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="Male reference person - Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4435"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Female reference person - Total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="114010"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="07"/>
+    <s v="Female reference person - Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12649"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="08"/>
+    <s v="Female reference person - Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60533"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="09"/>
+    <s v="Female reference person - Separated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29028"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="10"/>
+    <s v="Female reference person - Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11800"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="126397"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Male reference person - Total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="89390"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Male reference person - Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11434"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Male reference person - Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67899"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Male reference person - Separated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7332"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="Male reference person - Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2725"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Female reference person - Total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37007"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="07"/>
+    <s v="Female reference person - Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6943"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="08"/>
+    <s v="Female reference person - Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13137"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="09"/>
+    <s v="Female reference person - Separated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9473"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="10"/>
+    <s v="Female reference person - Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7454"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="350255"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Male reference person - Total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="264684"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Male reference person - Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14979"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Male reference person - Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="231751"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Male reference person - Separated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12002"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="Male reference person - Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5952"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Female reference person - Total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="85571"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="07"/>
+    <s v="Female reference person - Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9521"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="08"/>
+    <s v="Female reference person - Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40780"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="09"/>
+    <s v="Female reference person - Separated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18929"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="10"/>
+    <s v="Female reference person - Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16341"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="104667"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Male reference person - Total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="74383"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Male reference person - Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9261"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Male reference person - Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56782"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Male reference person - Separated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4881"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="Male reference person - Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3459"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Female reference person - Total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30284"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="07"/>
+    <s v="Female reference person - Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5480"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="08"/>
+    <s v="Female reference person - Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8734"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="09"/>
+    <s v="Female reference person - Separated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5460"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="10"/>
+    <s v="Female reference person - Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10610"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="254561"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Male reference person - Total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="195041"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Male reference person - Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11711"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Male reference person - Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="169556"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Male reference person - Separated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7277"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="Male reference person - Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6497"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Female reference person - Total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59520"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="07"/>
+    <s v="Female reference person - Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7130"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="08"/>
+    <s v="Female reference person - Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23716"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="09"/>
+    <s v="Female reference person - Separated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9017"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="550"/>
+    <s v="60 - 64 years"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="10"/>
+    <s v="Female reference person - Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19657"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="293030"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="01"/>
+    <s v="Male reference person - Total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="165659"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="02"/>
+    <s v="Male reference person - Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25809"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="03"/>
+    <s v="Male reference person - Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="112220"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="04"/>
+    <s v="Male reference person - Separated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5392"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="05"/>
+    <s v="Male reference person - Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22238"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="06"/>
+    <s v="Female reference person - Total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="127371"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="07"/>
+    <s v="Female reference person - Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19859"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="08"/>
+    <s v="Female reference person - Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13161"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="09"/>
+    <s v="Female reference person - Separated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5081"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="All private households"/>
+    <s v="10"/>
+    <s v="Female reference person - Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="89270"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="550148"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="01"/>
+    <s v="Male reference person - Total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="355690"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="02"/>
+    <s v="Male reference person - Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32319"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="03"/>
+    <s v="Male reference person - Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="283895"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="04"/>
+    <s v="Male reference person - Separated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7029"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="05"/>
+    <s v="Male reference person - Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32447"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="06"/>
+    <s v="Female reference person - Total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="194458"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="07"/>
+    <s v="Female reference person - Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25450"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="08"/>
+    <s v="Female reference person - Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29599"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="09"/>
+    <s v="Female reference person - Separated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7112"/>
+  </r>
+  <r>
+    <s v="C0313"/>
+    <s v=" Private Households"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="10"/>
+    <s v="Female reference person - Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="132297"/>
+  </r>
+</pivotCacheRecords>
 </file>