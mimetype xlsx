--- v1 (2025-11-30)
+++ v2 (2026-02-06)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48db73fcd8cc4486" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e67d53b7f5c34b0f8c20bd9764b4ff23.psmdcp" Id="R1fb4a5b23fc44e67" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88335c74582b485b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f3ce4af9917044d2840dbe33a1f12432.psmdcp" Id="R1bc00265fd754968" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>