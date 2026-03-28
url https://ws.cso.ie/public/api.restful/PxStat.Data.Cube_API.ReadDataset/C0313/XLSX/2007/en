--- v2 (2026-02-06)
+++ v3 (2026-03-28)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88335c74582b485b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f3ce4af9917044d2840dbe33a1f12432.psmdcp" Id="R1bc00265fd754968" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5442489123b4206" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/dd9270ad782e482197ed5a7baae2c882.psmdcp" Id="Rdaf494877f614791" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>