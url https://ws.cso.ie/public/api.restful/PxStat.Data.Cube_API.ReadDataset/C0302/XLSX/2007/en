--- v0 (2025-11-05)
+++ v1 (2026-01-25)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4189f5fa43c34426" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d3355d5aa90d4ccfb37df7d4612f4c1e.psmdcp" Id="R540b86be4ddf4eac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2b24b7547864543" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a6c250c8f6b14997858b035fb29aaca9.psmdcp" Id="R49880be0539049bb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C0302</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Persons in Private Households</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/7/2020 11:00:00 AM</x:t>
+    <x:t>07/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0302/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P3</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 3 - Household Composition Family Units and Fertility</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -646,547 +646,210 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...495 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="C02701V03269" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Aggregate Town or Rural Area" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02779V03348" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="Province County or City" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J397" totalsRowShown="0">
   <x:autoFilter ref="A1:J397"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="C02701V03269"/>
     <x:tableColumn id="2" name="Aggregate Town or Rural Area"/>
     <x:tableColumn id="3" name="C02779V03348"/>
     <x:tableColumn id="4" name="Province County or City"/>
     <x:tableColumn id="5" name="TLIST(A1)"/>
     <x:tableColumn id="6" name="CensusYear"/>
     <x:tableColumn id="7" name="STATISTIC"/>
     <x:tableColumn id="8" name="Statistic Label"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1457,51 +1120,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0302/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1688,51 +1351,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J397"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="29.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="24.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="45.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -14426,51 +14089,51 @@
       <x:c r="G397" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H397" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I397" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J397" s="0">
         <x:v>3.09</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -14487,51 +14150,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J397" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02701V03269">
       <x:sharedItems count="3">
         <x:s v="-01"/>
         <x:s v="06"/>
         <x:s v="01"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Aggregate Town or Rural Area">
       <x:sharedItems count="3">
         <x:s v="State"/>
         <x:s v="Aggregate Town Area"/>
         <x:s v="Aggregate Rural Area"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02779V03348">
       <x:sharedItems count="44">
         <x:s v="-"/>
         <x:s v="A"/>
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="021"/>
         <x:s v="024"/>
         <x:s v="023"/>
@@ -14929,27 +14592,4780 @@
         <x:n v="43249"/>
         <x:n v="25842"/>
         <x:n v="9691"/>
         <x:n v="86166"/>
         <x:n v="30389"/>
         <x:n v="43579"/>
         <x:n v="15456"/>
         <x:n v="40523"/>
         <x:n v="14508"/>
         <x:n v="195674"/>
         <x:n v="66010"/>
         <x:n v="46739"/>
         <x:n v="15760"/>
         <x:n v="109169"/>
         <x:n v="37395"/>
         <x:n v="39766"/>
         <x:n v="12855"/>
         <x:n v="3.09"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="4123318"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="1469521"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.81"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="2237687"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="794844"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.82"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="49336"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="17195"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.87"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="1148957"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="420429"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.73"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="478008"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="190984"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="189355"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="68412"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.77"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="237132"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="80402"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.95"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="244462"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="80631"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="3.03"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="183598"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="60957"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="3.01"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="85395"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="29651"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.88"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="65747"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="22591"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.91"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="33839"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="12111"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.79"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="109578"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="38703"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.83"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="161533"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="53938"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.99"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="69498"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="23769"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.92"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="77066"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="27064"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.85"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="129359"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="45566"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.84"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="123781"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="42870"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.89"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="1137294"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="408726"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.78"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="106683"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="38210"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.79"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="470219"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="167234"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.81"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="114698"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="43939"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.61"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="355521"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="123295"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.88"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="131817"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="48110"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.74"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="178493"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="64225"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.78"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="50419"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="19550"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.58"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="128074"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="44675"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.87"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="64356"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="22992"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="81366"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="29375"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.77"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="104360"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="38580"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.71"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="43577"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="17069"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.55"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="60783"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="21511"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.83"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="486025"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="174952"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.78"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="222940"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="78661"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.83"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="67669"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="25353"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.67"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="155271"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="53308"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.91"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="28236"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="10646"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.65"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="119398"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="43431"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.75"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="57185"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="20734"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.76"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="58266"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="21480"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.71"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="262312"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="90999"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.88"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="62933"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="21929"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.87"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="144167"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="50415"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.86"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="55212"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="18655"/>
+  </r>
+  <r>
+    <s v="-01"/>
+    <s v="State"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.96"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="2486641"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="914305"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.72"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="1676290"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="609656"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.75"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="23546"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="8761"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.69"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="1124594"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="412622"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.73"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="478008"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="190984"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="187361"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="67757"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.77"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="220234"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="75158"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.93"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="238991"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="78723"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="3.04"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="120053"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="40464"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.97"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="29607"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="11367"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="25902"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="9450"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.74"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="8460"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="3204"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.64"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="70306"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="25899"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.71"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="84834"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="28966"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.93"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="29308"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="10523"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.79"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="36049"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="13469"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.68"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="44363"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="17051"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="79268"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="27880"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.84"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="582766"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="218001"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.67"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="41879"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="15445"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.71"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="287170"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="105234"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.73"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="114698"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="43939"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.61"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="172472"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="61295"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.81"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="43696"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="16813"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="91394"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="34473"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.65"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="50419"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="19550"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.58"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="40975"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="14923"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.75"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="23365"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="9102"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.57"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="32256"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="12510"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.58"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="63006"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="24424"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.58"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="43577"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="17069"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.55"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="19429"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="7355"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.64"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="160947"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="61659"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.61"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="93972"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="35412"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.65"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="67669"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="25353"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.67"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="26303"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="10059"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.61"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="2394"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="955"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.51"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="33232"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="13042"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.55"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="13606"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="5278"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.58"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="17743"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="6972"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.54"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="66638"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="24989"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.67"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="16194"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="6169"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.63"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="34998"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="13020"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.69"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="15446"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="5800"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="Aggregate Town Area"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.66"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="1636677"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="555216"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.95"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="561397"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="185188"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="3.03"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="25790"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="8434"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="3.06"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="24363"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="7807"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="3.12"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="1994"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="655"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="3.04"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="16898"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="5244"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="3.22"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="5471"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="1908"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.87"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="63545"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="20493"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="55788"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="18284"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="3.05"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="39845"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="13141"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="3.03"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="25379"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="8907"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.85"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="39272"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="12804"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="3.07"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="76699"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="24972"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="3.07"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="40190"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="13246"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="3.03"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="41017"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="13595"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="3.02"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="84996"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="28515"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.98"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="44513"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="14990"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.97"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="554528"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="190725"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.91"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="64804"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="22765"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.85"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="183049"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="62000"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.95"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="183049"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="62000"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.95"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="88121"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="31297"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.82"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="87099"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="29752"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.93"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="87099"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="29752"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.93"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="40991"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="13890"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.95"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="49110"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="16865"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.91"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="41354"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="14156"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.92"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="41354"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="14156"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.92"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="325078"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="113293"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.87"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="128968"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="43249"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.98"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="128968"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="43249"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.98"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="25842"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="9691"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.67"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="86166"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="30389"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.84"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="43579"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="15456"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.82"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="40523"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="14508"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.79"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="195674"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="66010"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.96"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="46739"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="15760"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.97"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="109169"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="37395"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.92"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="39766"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="12855"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0302C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="3.09"/>
+  </r>
+</pivotCacheRecords>
 </file>