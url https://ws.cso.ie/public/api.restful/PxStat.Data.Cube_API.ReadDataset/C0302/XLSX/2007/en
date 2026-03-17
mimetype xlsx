--- v1 (2026-01-25)
+++ v2 (2026-03-17)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2b24b7547864543" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a6c250c8f6b14997858b035fb29aaca9.psmdcp" Id="R49880be0539049bb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea9fbf41afc34033" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9b508d5a58914d16bfd5bb785c7fc39f.psmdcp" Id="Rb89c4109f3254154" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>