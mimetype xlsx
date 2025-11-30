--- v0 (2025-10-05)
+++ v1 (2025-11-30)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R885fa9e70fb24b3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/31da68a86c074ae98b3588a88a0f3878.psmdcp" Id="R8cdeaec97d5c45a8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R904e79328e434471" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4bfa510c2d52443da89eb3ae12b77360.psmdcp" Id="R2ff98480a2464e47" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C0301</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Persons in Private Households</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/7/2020 11:00:00 AM</x:t>
+    <x:t>07/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0301/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P3</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 3 - Household Composition Family Units and Fertility</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -652,547 +652,210 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...495 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="C02010V02440" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Household" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02779V03348" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="Province County or City" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J397" totalsRowShown="0">
   <x:autoFilter ref="A1:J397"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="C02010V02440"/>
     <x:tableColumn id="2" name="Type of Household"/>
     <x:tableColumn id="3" name="C02779V03348"/>
     <x:tableColumn id="4" name="Province County or City"/>
     <x:tableColumn id="5" name="TLIST(A1)"/>
     <x:tableColumn id="6" name="CensusYear"/>
     <x:tableColumn id="7" name="STATISTIC"/>
     <x:tableColumn id="8" name="Statistic Label"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1463,51 +1126,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0301/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1694,51 +1357,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J397"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="20.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="24.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="45.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -14432,51 +14095,51 @@
       <x:c r="G397" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H397" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I397" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J397" s="0">
         <x:v>1.99</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -14493,51 +14156,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J397" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02010V02440">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Type of Household">
       <x:sharedItems count="3">
         <x:s v="All households"/>
         <x:s v="Permanent private"/>
         <x:s v="Temporary private"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02779V03348">
       <x:sharedItems count="44">
         <x:s v="-"/>
         <x:s v="A"/>
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="021"/>
         <x:s v="024"/>
         <x:s v="023"/>
@@ -14973,27 +14636,4780 @@
         <x:n v="213"/>
         <x:n v="471"/>
         <x:n v="2.21"/>
         <x:n v="110"/>
         <x:n v="257"/>
         <x:n v="2.34"/>
         <x:n v="128"/>
         <x:n v="319"/>
         <x:n v="2.49"/>
         <x:n v="719"/>
         <x:n v="1372"/>
         <x:n v="1.91"/>
         <x:n v="148"/>
         <x:n v="1.84"/>
         <x:n v="802"/>
         <x:n v="149"/>
         <x:n v="297"/>
         <x:n v="1.99"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="1469521"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="4123318"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.81"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="794844"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="2237687"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.82"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="17195"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="49336"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.87"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="420429"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="1148957"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.73"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="190984"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="478008"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="68412"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="189355"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.77"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="80402"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="237132"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.95"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="80631"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="244462"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="3.03"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="60957"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="183598"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="3.01"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="29651"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="85395"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.88"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="22591"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="65747"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.91"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="12111"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="33839"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.79"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="38703"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="109578"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.83"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="53938"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="161533"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.99"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="23769"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="69498"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.92"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="27064"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="77066"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.85"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="45566"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="129359"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.84"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="42870"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="123781"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.89"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="408726"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="1137294"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.78"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="38210"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="106683"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.79"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="167234"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="470219"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.81"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="43939"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="114698"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.61"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="123295"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="355521"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.88"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="48110"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="131817"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.74"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="64225"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="178493"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.78"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="19550"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="50419"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.58"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="44675"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="128074"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.87"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="22992"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="64356"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="29375"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="81366"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.77"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="38580"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="104360"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.71"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="17069"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="43577"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.55"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="21511"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="60783"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.83"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="174952"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="486025"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.78"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="78661"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="222940"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.83"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="25353"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="67669"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.67"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="53308"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="155271"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.91"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="10646"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="28236"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.65"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="43431"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="119398"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.75"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="20734"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="57185"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.76"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="21480"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="58266"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.71"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="90999"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="262312"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.88"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="21929"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="62933"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.87"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="50415"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="144167"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.86"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="18655"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="55212"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.96"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="1462296"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="4106753"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.81"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="791277"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="2229076"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.82"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="17074"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="49061"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.87"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="419529"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="1146289"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.73"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="190711"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="477203"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="68375"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="189248"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.77"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="80085"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="236242"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.95"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="80358"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="243596"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="3.03"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="60578"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="182730"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="3.02"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="29478"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="84973"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.88"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="22421"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="65397"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.92"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="12042"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="33708"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="38598"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="109367"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.83"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="53575"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="160788"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="23533"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="68936"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.93"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="26881"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="76603"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.85"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="45096"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="128311"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.85"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="42472"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="122913"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.89"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="406798"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="1133014"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.79"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="38026"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="106279"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.79"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="166542"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="468790"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.81"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="43871"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="114467"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.61"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="122671"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="354323"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.89"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="47743"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="131159"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.75"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="63956"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="177683"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.78"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="19513"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="50253"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.58"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="44443"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="127430"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.87"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="22866"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="64065"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="29221"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="80986"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.77"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="38444"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="104052"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.71"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="17049"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="43512"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.55"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="21395"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="60540"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.83"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="173941"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="483723"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.78"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="78206"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="221906"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.84"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="25324"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="67572"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.67"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="52882"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="154334"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.92"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="10541"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="28015"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.66"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="43218"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="118927"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.75"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="20624"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="56928"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.76"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="21352"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="57947"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.71"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="90280"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="260940"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.89"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="21781"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="62660"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.88"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="49993"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="143365"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.87"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="18506"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="54915"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Permanent private"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.97"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="7225"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="16565"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.29"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="3567"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="8611"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.41"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.27"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="900"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="2668"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.96"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="805"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.95"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.89"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="317"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="890"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.81"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="866"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="3.17"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="379"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="868"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.29"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="422"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.44"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="350"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.06"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.01"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="745"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.05"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="562"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.38"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="463"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.53"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="470"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="1048"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.23"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="398"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="868"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.18"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="1928"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="4280"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.22"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="404"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="692"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="1429"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.07"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="624"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="1198"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="1.92"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="367"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="658"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="1.79"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="810"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="3.01"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="4.49"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="644"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.78"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="291"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.31"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="380"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.47"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="308"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.26"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="3.25"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.09"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="1011"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="2302"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.28"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="455"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="1034"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.27"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="3.34"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="426"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="937"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="471"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.21"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="257"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.34"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="319"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="2.49"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="719"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="1372"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="1.91"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="1.84"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="422"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="802"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C1"/>
+    <s v="Private households"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C2"/>
+    <s v="Persons in private households"/>
+    <s v="Number"/>
+    <n v="297"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Temporary private"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0301C3"/>
+    <s v="Average number of persons in private households"/>
+    <s v="%"/>
+    <n v="1.99"/>
+  </r>
+</pivotCacheRecords>
 </file>