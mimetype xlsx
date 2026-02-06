--- v1 (2025-11-30)
+++ v2 (2026-02-06)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R904e79328e434471" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4bfa510c2d52443da89eb3ae12b77360.psmdcp" Id="R2ff98480a2464e47" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f79a167479f4ce2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ae932d7f998a4a2d814f6e96b6a3ecbb.psmdcp" Id="Rdc6a49d3861c4205" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>