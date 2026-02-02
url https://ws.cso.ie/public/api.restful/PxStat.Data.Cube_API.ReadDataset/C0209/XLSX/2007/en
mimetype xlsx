--- v0 (2025-11-04)
+++ v1 (2026-02-02)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcdd3fa05c8234021" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c0c8df6016d74c0294cdc9018d55ef29.psmdcp" Id="R13dd01adba154614" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra505ce6da35a40f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1f76eeb8c9ff48cbb6b184d5695a123c.psmdcp" Id="Rb6a4371741194adb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C0209</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/7/2020 11:00:00 AM</x:t>
+    <x:t>07/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Figures for 2006 relate to the period 1 January to 23 April 2006 (Census date).</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0209/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P2</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 2 - Ages and Marital Status</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -679,995 +679,322 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...943 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C01936V02368" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="102">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
+        <item x="89"/>
+        <item x="90"/>
+        <item x="91"/>
+        <item x="92"/>
+        <item x="93"/>
+        <item x="94"/>
+        <item x="95"/>
+        <item x="96"/>
+        <item x="97"/>
+        <item x="98"/>
+        <item x="99"/>
+        <item x="100"/>
+        <item x="101"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year of birth" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="102">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
+        <item x="89"/>
+        <item x="90"/>
+        <item x="91"/>
+        <item x="92"/>
+        <item x="93"/>
+        <item x="94"/>
+        <item x="95"/>
+        <item x="96"/>
+        <item x="97"/>
+        <item x="98"/>
+        <item x="99"/>
+        <item x="100"/>
+        <item x="101"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J307" totalsRowShown="0">
   <x:autoFilter ref="A1:J307"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C01936V02368"/>
     <x:tableColumn id="6" name="Year of birth"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="CensusYear"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1938,51 +1265,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0209/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -2171,51 +1498,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J307"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="15.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="13.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -12029,51 +11356,51 @@
       <x:c r="G307" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H307" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I307" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J307" s="0">
         <x:v>9166</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -12090,51 +11417,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J307" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="C0209"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -12659,27 +11986,3700 @@
         <x:n v="27499"/>
         <x:n v="28230"/>
         <x:n v="27899"/>
         <x:n v="27483"/>
         <x:n v="26189"/>
         <x:n v="25908"/>
         <x:n v="26358"/>
         <x:n v="27083"/>
         <x:n v="27737"/>
         <x:n v="28380"/>
         <x:n v="28263"/>
         <x:n v="28221"/>
         <x:n v="29115"/>
         <x:n v="29526"/>
         <x:n v="29647"/>
         <x:n v="29706"/>
         <x:n v="29429"/>
         <x:n v="9166"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4239848"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19061"/>
+    <s v="1906 or before"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="410"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1907"/>
+    <s v="1907"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1908"/>
+    <s v="1908"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="331"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1909"/>
+    <s v="1909"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="500"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1910"/>
+    <s v="1910"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="846"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1911"/>
+    <s v="1911"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1178"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1912"/>
+    <s v="1912"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1634"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1913"/>
+    <s v="1913"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2162"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1914"/>
+    <s v="1914"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2757"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1915"/>
+    <s v="1915"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3289"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1916"/>
+    <s v="1916"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4358"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1917"/>
+    <s v="1917"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4516"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1918"/>
+    <s v="1918"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5931"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1919"/>
+    <s v="1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7420"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1920"/>
+    <s v="1920"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9344"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1921"/>
+    <s v="1921"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9785"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1922"/>
+    <s v="1922"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11639"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1923"/>
+    <s v="1923"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12443"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1924"/>
+    <s v="1924"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13901"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1925"/>
+    <s v="1925"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15001"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16468"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1927"/>
+    <s v="1927"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16528"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1928"/>
+    <s v="1928"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18124"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1929"/>
+    <s v="1929"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19055"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1930"/>
+    <s v="1930"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20986"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1931"/>
+    <s v="1931"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20842"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1932"/>
+    <s v="1932"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22919"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1933"/>
+    <s v="1933"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23377"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1934"/>
+    <s v="1934"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24680"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1935"/>
+    <s v="1935"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25526"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26807"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1937"/>
+    <s v="1937"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26614"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1938"/>
+    <s v="1938"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28538"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1939"/>
+    <s v="1939"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29333"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1940"/>
+    <s v="1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31004"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1941"/>
+    <s v="1941"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30178"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1942"/>
+    <s v="1942"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33920"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1943"/>
+    <s v="1943"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35544"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1944"/>
+    <s v="1944"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37518"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1945"/>
+    <s v="1945"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40729"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42070"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1947"/>
+    <s v="1947"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44404"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1948"/>
+    <s v="1948"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45127"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1949"/>
+    <s v="1949"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45173"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1950"/>
+    <s v="1950"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47490"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45595"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1952"/>
+    <s v="1952"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49558"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1953"/>
+    <s v="1953"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48600"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1954"/>
+    <s v="1954"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50547"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1955"/>
+    <s v="1955"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50805"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52497"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1957"/>
+    <s v="1957"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53051"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1958"/>
+    <s v="1958"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53634"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1959"/>
+    <s v="1959"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54782"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1960"/>
+    <s v="1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58970"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57005"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1962"/>
+    <s v="1962"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59123"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1963"/>
+    <s v="1963"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60342"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1964"/>
+    <s v="1964"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61575"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1965"/>
+    <s v="1965"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61888"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62118"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1967"/>
+    <s v="1967"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61770"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1968"/>
+    <s v="1968"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62490"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1969"/>
+    <s v="1969"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64852"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="68554"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="68371"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70394"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69404"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70284"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70301"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="71194"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="71019"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73865"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="75857"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="79491"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="74563"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72572"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="68519"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66319"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64561"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62155"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58481"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57336"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56182"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58285"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57068"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56209"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53759"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53355"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54331"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55838"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56758"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58378"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58174"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57924"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59328"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60469"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60346"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61079"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60336"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18930"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2121171"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19061"/>
+    <s v="1906 or before"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1907"/>
+    <s v="1907"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1908"/>
+    <s v="1908"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1909"/>
+    <s v="1909"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1910"/>
+    <s v="1910"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1911"/>
+    <s v="1911"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1912"/>
+    <s v="1912"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="399"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1913"/>
+    <s v="1913"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="543"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1914"/>
+    <s v="1914"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="686"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1915"/>
+    <s v="1915"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="987"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1916"/>
+    <s v="1916"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1260"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1917"/>
+    <s v="1917"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1435"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1918"/>
+    <s v="1918"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1895"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1919"/>
+    <s v="1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2515"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1920"/>
+    <s v="1920"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3212"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1921"/>
+    <s v="1921"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3488"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1922"/>
+    <s v="1922"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4235"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1923"/>
+    <s v="1923"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4664"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1924"/>
+    <s v="1924"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5352"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1925"/>
+    <s v="1925"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5949"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6716"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1927"/>
+    <s v="1927"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6872"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1928"/>
+    <s v="1928"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7791"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1929"/>
+    <s v="1929"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8362"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1930"/>
+    <s v="1930"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9528"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1931"/>
+    <s v="1931"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9684"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1932"/>
+    <s v="1932"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10683"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1933"/>
+    <s v="1933"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11140"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1934"/>
+    <s v="1934"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11729"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1935"/>
+    <s v="1935"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12275"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13030"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1937"/>
+    <s v="1937"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13086"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1938"/>
+    <s v="1938"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14035"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1939"/>
+    <s v="1939"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14457"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1940"/>
+    <s v="1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15543"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1941"/>
+    <s v="1941"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15360"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1942"/>
+    <s v="1942"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16924"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1943"/>
+    <s v="1943"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17882"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1944"/>
+    <s v="1944"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18974"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1945"/>
+    <s v="1945"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20434"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21358"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1947"/>
+    <s v="1947"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22596"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1948"/>
+    <s v="1948"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22871"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1949"/>
+    <s v="1949"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22648"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1950"/>
+    <s v="1950"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24023"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23119"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1952"/>
+    <s v="1952"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24942"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1953"/>
+    <s v="1953"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24563"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1954"/>
+    <s v="1954"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25415"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1955"/>
+    <s v="1955"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25487"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26457"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1957"/>
+    <s v="1957"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26682"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1958"/>
+    <s v="1958"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27014"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1959"/>
+    <s v="1959"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27389"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1960"/>
+    <s v="1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29676"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28429"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1962"/>
+    <s v="1962"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29711"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1963"/>
+    <s v="1963"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30336"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1964"/>
+    <s v="1964"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30913"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1965"/>
+    <s v="1965"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31154"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31484"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1967"/>
+    <s v="1967"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31368"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1968"/>
+    <s v="1968"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31861"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1969"/>
+    <s v="1969"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32907"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34914"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34698"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35816"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35207"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35700"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35720"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36310"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36015"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37246"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38432"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40442"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37711"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36652"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34643"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33624"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32390"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31423"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29756"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29241"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28683"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30055"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29169"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28726"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27570"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27447"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27973"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28755"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29021"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29998"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29911"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29703"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30213"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30943"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30699"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31373"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30907"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9764"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All years"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2118677"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19061"/>
+    <s v="1906 or before"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="340"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1907"/>
+    <s v="1907"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1908"/>
+    <s v="1908"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1909"/>
+    <s v="1909"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="393"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1910"/>
+    <s v="1910"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="641"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1911"/>
+    <s v="1911"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="899"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1912"/>
+    <s v="1912"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1235"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1913"/>
+    <s v="1913"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1619"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1914"/>
+    <s v="1914"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2071"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1915"/>
+    <s v="1915"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2302"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1916"/>
+    <s v="1916"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3098"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1917"/>
+    <s v="1917"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3081"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1918"/>
+    <s v="1918"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4036"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1919"/>
+    <s v="1919"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4905"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1920"/>
+    <s v="1920"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6132"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1921"/>
+    <s v="1921"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6297"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1922"/>
+    <s v="1922"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7404"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1923"/>
+    <s v="1923"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7779"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1924"/>
+    <s v="1924"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8549"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1925"/>
+    <s v="1925"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9052"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9752"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1927"/>
+    <s v="1927"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9656"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1928"/>
+    <s v="1928"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10333"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1929"/>
+    <s v="1929"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10693"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1930"/>
+    <s v="1930"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11458"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1931"/>
+    <s v="1931"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11158"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1932"/>
+    <s v="1932"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12236"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1933"/>
+    <s v="1933"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12237"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1934"/>
+    <s v="1934"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12951"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1935"/>
+    <s v="1935"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13251"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13777"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1937"/>
+    <s v="1937"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13528"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1938"/>
+    <s v="1938"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14503"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1939"/>
+    <s v="1939"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14876"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1940"/>
+    <s v="1940"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15461"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1941"/>
+    <s v="1941"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14818"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1942"/>
+    <s v="1942"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16996"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1943"/>
+    <s v="1943"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17662"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1944"/>
+    <s v="1944"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18544"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1945"/>
+    <s v="1945"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20295"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20712"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1947"/>
+    <s v="1947"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21808"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1948"/>
+    <s v="1948"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22256"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1949"/>
+    <s v="1949"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22525"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1950"/>
+    <s v="1950"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23467"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22476"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1952"/>
+    <s v="1952"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24616"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1953"/>
+    <s v="1953"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24037"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1954"/>
+    <s v="1954"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25132"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1955"/>
+    <s v="1955"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25318"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26040"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1957"/>
+    <s v="1957"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26369"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1958"/>
+    <s v="1958"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26620"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1959"/>
+    <s v="1959"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27393"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1960"/>
+    <s v="1960"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29294"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28576"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1962"/>
+    <s v="1962"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29412"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1963"/>
+    <s v="1963"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30006"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1964"/>
+    <s v="1964"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30662"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1965"/>
+    <s v="1965"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30734"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30634"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1967"/>
+    <s v="1967"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30402"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1968"/>
+    <s v="1968"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30629"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1969"/>
+    <s v="1969"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31945"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33640"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33673"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34578"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34197"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34584"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34581"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34884"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35004"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36619"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37425"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39049"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36852"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35920"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33876"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32695"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32171"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30732"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28725"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28095"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27499"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28230"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27899"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27483"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26189"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25908"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26358"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27083"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27737"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28380"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28263"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28221"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29115"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29526"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29647"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29706"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29429"/>
+  </r>
+  <r>
+    <s v="C0209"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9166"/>
+  </r>
+</pivotCacheRecords>
 </file>