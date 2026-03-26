--- v1 (2026-02-02)
+++ v2 (2026-03-26)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra505ce6da35a40f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1f76eeb8c9ff48cbb6b184d5695a123c.psmdcp" Id="Rb6a4371741194adb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8ec1dc5f67b40c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1117b68fa94e4cf3a89695d6f6890169.psmdcp" Id="R03c0bb8ff58c4a8e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>