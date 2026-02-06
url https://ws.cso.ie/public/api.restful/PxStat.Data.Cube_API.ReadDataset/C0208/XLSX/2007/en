--- v0 (2025-11-04)
+++ v1 (2026-02-06)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2f9860d2c8d4b86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/114fe1484534433e9c8a146daca9b7cf.psmdcp" Id="R17edb4e7c82c4e82" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R553c16ca4f1a40c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f343cf8d98c64d4fa71883cc1c0bb02b.psmdcp" Id="R747a3694c3994809" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C0208</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/7/2020 11:00:00 AM</x:t>
+    <x:t>07/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0208/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P2</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 2 - Ages and Marital Status</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -1003,1035 +1003,338 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...983 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="101">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
+        <item x="89"/>
+        <item x="90"/>
+        <item x="91"/>
+        <item x="92"/>
+        <item x="93"/>
+        <item x="94"/>
+        <item x="95"/>
+        <item x="96"/>
+        <item x="97"/>
+        <item x="98"/>
+        <item x="99"/>
+        <item x="100"/>
+      </items>
+    </pivotField>
+    <pivotField name="At Each Year of Age" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="101">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
+        <item x="89"/>
+        <item x="90"/>
+        <item x="91"/>
+        <item x="92"/>
+        <item x="93"/>
+        <item x="94"/>
+        <item x="95"/>
+        <item x="96"/>
+        <item x="97"/>
+        <item x="98"/>
+        <item x="99"/>
+        <item x="100"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02325V02801" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Marital Status" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L1011" totalsRowShown="0">
   <x:autoFilter ref="A1:L1011"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02076V03371"/>
     <x:tableColumn id="6" name="At Each Year of Age"/>
     <x:tableColumn id="7" name="C02325V02801"/>
     <x:tableColumn id="8" name="Marital Status"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -2304,51 +1607,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0208/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -2535,51 +1838,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L1011"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="15.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="7.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="20.282054" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="20.853482" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -40989,51 +40292,51 @@
       <x:c r="I1011" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J1011" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K1011" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L1011" s="0">
         <x:v>148981</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -41050,51 +40353,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L1011" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="C0208"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="2">
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="2">
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02076V03371">
@@ -42236,27 +41539,14168 @@
         <x:n v="249"/>
         <x:n v="33"/>
         <x:n v="8"/>
         <x:n v="606"/>
         <x:n v="614"/>
         <x:n v="175"/>
         <x:n v="412"/>
         <x:n v="404"/>
         <x:n v="118"/>
         <x:n v="11"/>
         <x:n v="4"/>
         <x:n v="271"/>
         <x:n v="243"/>
         <x:n v="80"/>
         <x:n v="2"/>
         <x:n v="157"/>
         <x:n v="1697272"/>
         <x:n v="679831"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2121171"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1216440"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="790344"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73009"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41378"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2300"/>
+    <s v="1 year and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2089898"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2300"/>
+    <s v="1 year and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1185167"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2300"/>
+    <s v="1 year and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="790344"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2300"/>
+    <s v="1 year and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73009"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2300"/>
+    <s v="1 year and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41378"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2301"/>
+    <s v="2 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2058794"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2301"/>
+    <s v="2 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1154063"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2301"/>
+    <s v="2 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="790344"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2301"/>
+    <s v="2 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73009"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2301"/>
+    <s v="2 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41378"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2027808"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1123077"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="790344"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73009"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41378"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="239"/>
+    <s v="4 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1996968"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="239"/>
+    <s v="4 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1092237"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="239"/>
+    <s v="4 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="790344"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="239"/>
+    <s v="4 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73009"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="239"/>
+    <s v="4 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41378"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2600"/>
+    <s v="5 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1966615"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2600"/>
+    <s v="5 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1061884"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2600"/>
+    <s v="5 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="790344"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2600"/>
+    <s v="5 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73009"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2600"/>
+    <s v="5 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41378"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="261"/>
+    <s v="6 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1936802"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="261"/>
+    <s v="6 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1032071"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="261"/>
+    <s v="6 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="790344"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="261"/>
+    <s v="6 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73009"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="261"/>
+    <s v="6 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41378"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="262"/>
+    <s v="7 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1906945"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="262"/>
+    <s v="7 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1002214"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="262"/>
+    <s v="7 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="790344"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="262"/>
+    <s v="7 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73009"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="262"/>
+    <s v="7 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41378"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="263"/>
+    <s v="8 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1876915"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="263"/>
+    <s v="8 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="972184"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="263"/>
+    <s v="8 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="790344"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="263"/>
+    <s v="8 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73009"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="263"/>
+    <s v="8 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41378"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="264"/>
+    <s v="9 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1847595"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="264"/>
+    <s v="9 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="942864"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="264"/>
+    <s v="9 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="790344"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="264"/>
+    <s v="9 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73009"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="264"/>
+    <s v="9 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41378"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2700"/>
+    <s v="10 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1818631"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2700"/>
+    <s v="10 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="913900"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2700"/>
+    <s v="10 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="790344"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2700"/>
+    <s v="10 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73009"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2700"/>
+    <s v="10 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41378"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2702"/>
+    <s v="11 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1790539"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2702"/>
+    <s v="11 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="885808"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2702"/>
+    <s v="11 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="790344"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2702"/>
+    <s v="11 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73009"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2702"/>
+    <s v="11 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41378"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2704"/>
+    <s v="12 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1762933"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2704"/>
+    <s v="12 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="858202"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2704"/>
+    <s v="12 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="790344"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2704"/>
+    <s v="12 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73009"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2704"/>
+    <s v="12 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41378"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="276"/>
+    <s v="13 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1735486"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="276"/>
+    <s v="13 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="830755"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="276"/>
+    <s v="13 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="790344"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="276"/>
+    <s v="13 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73009"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="276"/>
+    <s v="13 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41378"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="283"/>
+    <s v="14 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1707163"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="283"/>
+    <s v="14 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="802432"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="283"/>
+    <s v="14 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="790344"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="283"/>
+    <s v="14 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73009"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="283"/>
+    <s v="14 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41378"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3358"/>
+    <s v="16 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1648015"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3358"/>
+    <s v="16 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="743309"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3358"/>
+    <s v="16 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="790325"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3358"/>
+    <s v="16 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73004"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3358"/>
+    <s v="16 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41377"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="341"/>
+    <s v="17 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1619112"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="341"/>
+    <s v="17 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="714463"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="341"/>
+    <s v="17 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="790282"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="341"/>
+    <s v="17 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73001"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="341"/>
+    <s v="17 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41366"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3500"/>
+    <s v="18 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1590198"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3500"/>
+    <s v="18 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="685628"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3500"/>
+    <s v="18 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="790219"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3500"/>
+    <s v="18 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72992"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3500"/>
+    <s v="18 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41359"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="352"/>
+    <s v="19 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1560601"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="352"/>
+    <s v="19 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="656143"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="352"/>
+    <s v="19 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="790126"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="352"/>
+    <s v="19 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72982"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="352"/>
+    <s v="19 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41350"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1529886"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="625615"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="789960"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72969"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41342"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="399"/>
+    <s v="21 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1497750"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="399"/>
+    <s v="21 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="593813"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="399"/>
+    <s v="21 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="789665"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="399"/>
+    <s v="21 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72947"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="399"/>
+    <s v="21 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41325"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="401"/>
+    <s v="22 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1464652"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="401"/>
+    <s v="22 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="561203"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="401"/>
+    <s v="22 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="789233"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="401"/>
+    <s v="22 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72913"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="401"/>
+    <s v="22 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41303"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="402"/>
+    <s v="23 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1430342"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="402"/>
+    <s v="23 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="527678"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="402"/>
+    <s v="23 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="788497"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="402"/>
+    <s v="23 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72883"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="402"/>
+    <s v="23 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41284"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="403"/>
+    <s v="24 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1394241"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="403"/>
+    <s v="24 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="492768"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="403"/>
+    <s v="24 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="787404"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="403"/>
+    <s v="24 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72825"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="403"/>
+    <s v="24 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41244"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1357120"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="457473"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="785693"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72735"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41219"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1317745"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="420946"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="783016"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72616"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41167"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="437"/>
+    <s v="27 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1278042"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="437"/>
+    <s v="27 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="385459"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="437"/>
+    <s v="27 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="779063"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="437"/>
+    <s v="27 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72436"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="437"/>
+    <s v="27 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41084"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="438"/>
+    <s v="28 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1240434"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="438"/>
+    <s v="28 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="353594"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="438"/>
+    <s v="28 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="773615"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="438"/>
+    <s v="28 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72197"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="438"/>
+    <s v="28 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41028"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4381"/>
+    <s v="29 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1203920"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4381"/>
+    <s v="29 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="324397"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4381"/>
+    <s v="29 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="766657"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4381"/>
+    <s v="29 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="71887"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4381"/>
+    <s v="29 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40979"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1167868"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="298117"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="757370"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="71472"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40909"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="451"/>
+    <s v="31 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1132070"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="451"/>
+    <s v="31 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="274412"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="451"/>
+    <s v="31 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="745894"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="451"/>
+    <s v="31 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70940"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="451"/>
+    <s v="31 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40824"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="452"/>
+    <s v="32 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1096287"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="452"/>
+    <s v="32 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="253136"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="452"/>
+    <s v="32 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="732095"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="452"/>
+    <s v="32 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70313"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="452"/>
+    <s v="32 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40743"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="453"/>
+    <s v="33 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1060944"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="453"/>
+    <s v="33 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="234271"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="453"/>
+    <s v="33 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="716470"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="453"/>
+    <s v="33 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69537"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="453"/>
+    <s v="33 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40666"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="454"/>
+    <s v="34 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1025209"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="454"/>
+    <s v="34 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="217014"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="454"/>
+    <s v="34 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="699064"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="454"/>
+    <s v="34 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="68563"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="454"/>
+    <s v="34 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40568"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="471"/>
+    <s v="35 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="990381"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="471"/>
+    <s v="35 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="202109"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="471"/>
+    <s v="35 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="680388"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="471"/>
+    <s v="35 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67392"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="471"/>
+    <s v="35 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40492"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="472"/>
+    <s v="36 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="955653"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="472"/>
+    <s v="36 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="188410"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="472"/>
+    <s v="36 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="660808"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="472"/>
+    <s v="36 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66035"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="472"/>
+    <s v="36 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40400"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="473"/>
+    <s v="37 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="921699"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="473"/>
+    <s v="37 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="176472"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="473"/>
+    <s v="37 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="640377"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="473"/>
+    <s v="37 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64562"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="473"/>
+    <s v="37 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40288"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="474"/>
+    <s v="38 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="889628"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="474"/>
+    <s v="38 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="166514"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="474"/>
+    <s v="38 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="619978"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="474"/>
+    <s v="38 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62941"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="474"/>
+    <s v="38 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40195"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4741"/>
+    <s v="39 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="858099"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4741"/>
+    <s v="39 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="157270"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4741"/>
+    <s v="39 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="599557"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4741"/>
+    <s v="39 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61180"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4741"/>
+    <s v="39 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40092"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="485"/>
+    <s v="40 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="826570"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="485"/>
+    <s v="40 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="148683"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="485"/>
+    <s v="40 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="578657"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="485"/>
+    <s v="40 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59272"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="485"/>
+    <s v="40 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39958"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="486"/>
+    <s v="41 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="795379"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="486"/>
+    <s v="41 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="140844"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="486"/>
+    <s v="41 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="557519"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="486"/>
+    <s v="41 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57230"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="486"/>
+    <s v="41 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39786"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="487"/>
+    <s v="42 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="764467"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="487"/>
+    <s v="42 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="133505"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="487"/>
+    <s v="42 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="536253"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="487"/>
+    <s v="42 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55098"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="487"/>
+    <s v="42 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39611"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="488"/>
+    <s v="43 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="733971"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="488"/>
+    <s v="43 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="126702"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="488"/>
+    <s v="43 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="515024"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="488"/>
+    <s v="43 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52799"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="488"/>
+    <s v="43 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39446"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="489"/>
+    <s v="44 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="704084"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="489"/>
+    <s v="44 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="120617"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="489"/>
+    <s v="44 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="493859"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="489"/>
+    <s v="44 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50361"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="489"/>
+    <s v="44 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39247"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="510"/>
+    <s v="45 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="675132"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="510"/>
+    <s v="45 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="114762"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="510"/>
+    <s v="45 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="473263"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="510"/>
+    <s v="45 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48047"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="510"/>
+    <s v="45 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39060"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5100"/>
+    <s v="46 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="645926"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5100"/>
+    <s v="46 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="109146"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5100"/>
+    <s v="46 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="452415"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5100"/>
+    <s v="46 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45546"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5100"/>
+    <s v="46 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38819"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5101"/>
+    <s v="47 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="617625"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5101"/>
+    <s v="47 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="103833"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5101"/>
+    <s v="47 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="432198"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5101"/>
+    <s v="47 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43035"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5101"/>
+    <s v="47 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38559"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5102"/>
+    <s v="48 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="590501"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5102"/>
+    <s v="48 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="99142"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5102"/>
+    <s v="48 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="412585"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5102"/>
+    <s v="48 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="40457"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5102"/>
+    <s v="48 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38317"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="511"/>
+    <s v="49 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="563627"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="511"/>
+    <s v="49 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="94593"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="511"/>
+    <s v="49 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="393093"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="511"/>
+    <s v="49 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37908"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="511"/>
+    <s v="49 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38033"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="512"/>
+    <s v="50 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="537149"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="512"/>
+    <s v="50 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="90248"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="512"/>
+    <s v="50 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="373870"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="512"/>
+    <s v="50 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35328"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="512"/>
+    <s v="50 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37703"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="526"/>
+    <s v="51 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="511501"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="526"/>
+    <s v="51 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="85989"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="526"/>
+    <s v="51 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="355420"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="526"/>
+    <s v="51 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32760"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="526"/>
+    <s v="51 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37332"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="527"/>
+    <s v="52 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="485885"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="527"/>
+    <s v="52 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="81828"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="527"/>
+    <s v="52 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="336883"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="527"/>
+    <s v="52 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30235"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="527"/>
+    <s v="52 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36939"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="528"/>
+    <s v="53 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="461246"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="528"/>
+    <s v="53 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77898"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="528"/>
+    <s v="53 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="318945"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="528"/>
+    <s v="53 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27878"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="528"/>
+    <s v="53 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36525"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="529"/>
+    <s v="54 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="436357"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="529"/>
+    <s v="54 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73969"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="529"/>
+    <s v="54 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="300731"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="529"/>
+    <s v="54 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25547"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="529"/>
+    <s v="54 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36110"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="412599"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70284"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="283375"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23309"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35631"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="546"/>
+    <s v="56 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="389055"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="546"/>
+    <s v="56 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66577"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="546"/>
+    <s v="56 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="266296"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="546"/>
+    <s v="56 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21079"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="546"/>
+    <s v="56 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35103"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="547"/>
+    <s v="57 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="365995"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="547"/>
+    <s v="57 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62869"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="547"/>
+    <s v="57 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="249592"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="547"/>
+    <s v="57 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19023"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="547"/>
+    <s v="57 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34511"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="548"/>
+    <s v="58 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="343153"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="548"/>
+    <s v="58 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59339"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="548"/>
+    <s v="58 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="232985"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="548"/>
+    <s v="58 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16986"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="548"/>
+    <s v="58 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33843"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="549"/>
+    <s v="59 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="320587"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="549"/>
+    <s v="59 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55927"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="549"/>
+    <s v="59 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="216416"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="549"/>
+    <s v="59 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15083"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="549"/>
+    <s v="59 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33161"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="298656"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52658"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="200161"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13374"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32463"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="561"/>
+    <s v="61 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="277710"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="561"/>
+    <s v="61 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49597"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="561"/>
+    <s v="61 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="184656"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="561"/>
+    <s v="61 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11791"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="561"/>
+    <s v="61 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31666"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="562"/>
+    <s v="62 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="258514"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="562"/>
+    <s v="62 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46882"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="562"/>
+    <s v="62 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="170329"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="562"/>
+    <s v="62 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10382"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="562"/>
+    <s v="62 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30921"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="563"/>
+    <s v="63 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="240188"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="563"/>
+    <s v="63 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44158"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="563"/>
+    <s v="63 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="156763"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="563"/>
+    <s v="63 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9145"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="563"/>
+    <s v="63 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30122"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="564"/>
+    <s v="64 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="222958"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="564"/>
+    <s v="64 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41588"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="564"/>
+    <s v="64 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="144060"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="564"/>
+    <s v="64 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8021"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="564"/>
+    <s v="64 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29289"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="207095"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39231"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="132420"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6972"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28472"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="576"/>
+    <s v="66 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="191824"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="576"/>
+    <s v="66 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36816"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="576"/>
+    <s v="66 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="121393"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="576"/>
+    <s v="66 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6074"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="576"/>
+    <s v="66 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27541"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="577"/>
+    <s v="67 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="176846"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="577"/>
+    <s v="67 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34402"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="577"/>
+    <s v="67 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="110594"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="577"/>
+    <s v="67 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5242"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="577"/>
+    <s v="67 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26608"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="578"/>
+    <s v="68 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="162642"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="578"/>
+    <s v="68 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32154"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="578"/>
+    <s v="68 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="100384"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="578"/>
+    <s v="68 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4493"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="578"/>
+    <s v="68 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25611"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="579"/>
+    <s v="69 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="149279"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="579"/>
+    <s v="69 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29910"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="579"/>
+    <s v="69 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="90890"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="579"/>
+    <s v="69 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3854"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="579"/>
+    <s v="69 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24625"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="136200"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27637"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="81763"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3285"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23515"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="591"/>
+    <s v="71 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="123715"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="591"/>
+    <s v="71 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25446"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="591"/>
+    <s v="71 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73054"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="591"/>
+    <s v="71 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2767"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="591"/>
+    <s v="71 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22448"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="592"/>
+    <s v="72 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="111877"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="592"/>
+    <s v="72 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23294"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="592"/>
+    <s v="72 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64981"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="592"/>
+    <s v="72 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2329"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="592"/>
+    <s v="72 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21273"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="593"/>
+    <s v="73 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="100477"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="593"/>
+    <s v="73 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21167"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="593"/>
+    <s v="73 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57275"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="593"/>
+    <s v="73 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1926"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="593"/>
+    <s v="73 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20109"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="594"/>
+    <s v="74 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="89711"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="594"/>
+    <s v="74 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19102"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="594"/>
+    <s v="74 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50066"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="594"/>
+    <s v="74 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1592"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="594"/>
+    <s v="74 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18951"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="79660"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17088"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43612"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1309"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17651"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="606"/>
+    <s v="76 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70118"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="606"/>
+    <s v="76 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15171"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="606"/>
+    <s v="76 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37445"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="606"/>
+    <s v="76 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1086"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="606"/>
+    <s v="76 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16416"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="607"/>
+    <s v="77 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61356"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="607"/>
+    <s v="77 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13321"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="607"/>
+    <s v="77 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31989"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="607"/>
+    <s v="77 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="889"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="607"/>
+    <s v="77 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15157"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="608"/>
+    <s v="78 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53360"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="608"/>
+    <s v="78 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11603"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="608"/>
+    <s v="78 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27168"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="608"/>
+    <s v="78 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="723"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="608"/>
+    <s v="78 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13866"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="609"/>
+    <s v="79 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46275"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="609"/>
+    <s v="79 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10127"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="609"/>
+    <s v="79 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22944"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="609"/>
+    <s v="79 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="579"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="609"/>
+    <s v="79 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12625"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="620"/>
+    <s v="80 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39539"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="620"/>
+    <s v="80 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8730"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="620"/>
+    <s v="80 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19006"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="620"/>
+    <s v="80 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="458"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="620"/>
+    <s v="80 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11345"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="622"/>
+    <s v="81 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33339"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="622"/>
+    <s v="81 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7362"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="622"/>
+    <s v="81 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15540"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="622"/>
+    <s v="81 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="366"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="622"/>
+    <s v="81 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10071"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="623"/>
+    <s v="82 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27754"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="623"/>
+    <s v="82 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6177"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="623"/>
+    <s v="82 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12457"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="623"/>
+    <s v="82 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="623"/>
+    <s v="82 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8831"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6231"/>
+    <s v="83 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22924"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6231"/>
+    <s v="83 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5108"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6231"/>
+    <s v="83 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9925"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6231"/>
+    <s v="83 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6231"/>
+    <s v="83 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7652"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="624"/>
+    <s v="84 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18525"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="624"/>
+    <s v="84 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4147"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="624"/>
+    <s v="84 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7689"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="624"/>
+    <s v="84 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="624"/>
+    <s v="84 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6500"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14845"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3333"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5921"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5444"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="631"/>
+    <s v="86 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11539"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="631"/>
+    <s v="86 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2601"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="631"/>
+    <s v="86 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4369"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="631"/>
+    <s v="86 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="631"/>
+    <s v="86 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4450"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="632"/>
+    <s v="87 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8782"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="632"/>
+    <s v="87 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1957"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="632"/>
+    <s v="87 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3152"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="632"/>
+    <s v="87 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="632"/>
+    <s v="87 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3582"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="633"/>
+    <s v="88 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6685"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="633"/>
+    <s v="88 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1499"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="633"/>
+    <s v="88 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2266"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="633"/>
+    <s v="88 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="633"/>
+    <s v="88 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2854"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="634"/>
+    <s v="89 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5102"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="634"/>
+    <s v="89 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1160"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="634"/>
+    <s v="89 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1597"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="634"/>
+    <s v="89 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="634"/>
+    <s v="89 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2294"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="640"/>
+    <s v="90 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3824"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="640"/>
+    <s v="90 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="881"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="640"/>
+    <s v="90 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1132"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="640"/>
+    <s v="90 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="640"/>
+    <s v="90 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1773"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="641"/>
+    <s v="91 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2737"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="641"/>
+    <s v="91 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="613"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="641"/>
+    <s v="91 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="795"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="641"/>
+    <s v="91 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="641"/>
+    <s v="91 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1297"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="642"/>
+    <s v="92 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1947"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="642"/>
+    <s v="92 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="451"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="642"/>
+    <s v="92 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="534"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="642"/>
+    <s v="92 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="642"/>
+    <s v="92 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="941"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="643"/>
+    <s v="93 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1354"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="643"/>
+    <s v="93 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="322"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="643"/>
+    <s v="93 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="340"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="643"/>
+    <s v="93 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="643"/>
+    <s v="93 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="673"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="644"/>
+    <s v="94 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="911"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="644"/>
+    <s v="94 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="644"/>
+    <s v="94 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="644"/>
+    <s v="94 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="644"/>
+    <s v="94 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="459"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="645"/>
+    <s v="95 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="593"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="645"/>
+    <s v="95 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="645"/>
+    <s v="95 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="645"/>
+    <s v="95 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="645"/>
+    <s v="95 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="304"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6451"/>
+    <s v="96 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="372"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6451"/>
+    <s v="96 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6451"/>
+    <s v="96 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6451"/>
+    <s v="96 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6451"/>
+    <s v="96 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6452"/>
+    <s v="97 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6452"/>
+    <s v="97 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6452"/>
+    <s v="97 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6452"/>
+    <s v="97 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6452"/>
+    <s v="97 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6453"/>
+    <s v="98 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6453"/>
+    <s v="98 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6453"/>
+    <s v="98 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6453"/>
+    <s v="98 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6453"/>
+    <s v="98 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="646"/>
+    <s v="99 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="646"/>
+    <s v="99 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="646"/>
+    <s v="99 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="646"/>
+    <s v="99 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="646"/>
+    <s v="99 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="650"/>
+    <s v="100 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="650"/>
+    <s v="100 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="650"/>
+    <s v="100 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="650"/>
+    <s v="100 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="650"/>
+    <s v="100 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1678127"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="773396"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="790344"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73009"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41378"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2118677"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1101236"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="774672"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93788"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="148981"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2300"/>
+    <s v="1 year and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2088874"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2300"/>
+    <s v="1 year and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1071433"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2300"/>
+    <s v="1 year and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="774672"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2300"/>
+    <s v="1 year and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93788"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2300"/>
+    <s v="1 year and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="148981"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2301"/>
+    <s v="2 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2059524"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2301"/>
+    <s v="2 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1042083"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2301"/>
+    <s v="2 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="774672"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2301"/>
+    <s v="2 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93788"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2301"/>
+    <s v="2 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="148981"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2029838"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1012397"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="774672"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93788"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="148981"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="239"/>
+    <s v="4 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2000247"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="239"/>
+    <s v="4 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="982806"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="239"/>
+    <s v="4 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="774672"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="239"/>
+    <s v="4 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93788"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="239"/>
+    <s v="4 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="148981"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2600"/>
+    <s v="5 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1970981"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2600"/>
+    <s v="5 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="953540"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2600"/>
+    <s v="5 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="774672"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2600"/>
+    <s v="5 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93788"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2600"/>
+    <s v="5 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="148981"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="261"/>
+    <s v="6 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1942631"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="261"/>
+    <s v="6 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="925190"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="261"/>
+    <s v="6 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="774672"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="261"/>
+    <s v="6 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93788"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="261"/>
+    <s v="6 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="148981"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="262"/>
+    <s v="7 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1914291"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="262"/>
+    <s v="7 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="896850"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="262"/>
+    <s v="7 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="774672"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="262"/>
+    <s v="7 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93788"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="262"/>
+    <s v="7 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="148981"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="263"/>
+    <s v="8 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1885909"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="263"/>
+    <s v="8 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="868468"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="263"/>
+    <s v="8 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="774672"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="263"/>
+    <s v="8 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93788"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="263"/>
+    <s v="8 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="148981"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="264"/>
+    <s v="9 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1858112"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="264"/>
+    <s v="9 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="840671"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="264"/>
+    <s v="9 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="774672"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="264"/>
+    <s v="9 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93788"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="264"/>
+    <s v="9 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="148981"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2700"/>
+    <s v="10 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1830640"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2700"/>
+    <s v="10 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="813199"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2700"/>
+    <s v="10 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="774672"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2700"/>
+    <s v="10 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93788"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2700"/>
+    <s v="10 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="148981"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2702"/>
+    <s v="11 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1804241"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2702"/>
+    <s v="11 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="786800"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2702"/>
+    <s v="11 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="774672"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2702"/>
+    <s v="11 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93788"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2702"/>
+    <s v="11 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="148981"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2704"/>
+    <s v="12 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1778058"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2704"/>
+    <s v="12 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="760617"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2704"/>
+    <s v="12 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="774672"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2704"/>
+    <s v="12 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93788"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2704"/>
+    <s v="12 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="148981"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="276"/>
+    <s v="13 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1752036"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="276"/>
+    <s v="13 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="734595"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="276"/>
+    <s v="13 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="774672"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="276"/>
+    <s v="13 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93788"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="276"/>
+    <s v="13 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="148981"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="283"/>
+    <s v="14 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1725341"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="283"/>
+    <s v="14 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="707900"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="283"/>
+    <s v="14 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="774672"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="283"/>
+    <s v="14 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93788"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="283"/>
+    <s v="14 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="148981"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3358"/>
+    <s v="16 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1669066"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3358"/>
+    <s v="16 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="651651"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3358"/>
+    <s v="16 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="774654"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3358"/>
+    <s v="16 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93782"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3358"/>
+    <s v="16 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="148979"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="341"/>
+    <s v="17 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1641418"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="341"/>
+    <s v="17 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="624039"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="341"/>
+    <s v="17 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="774624"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="341"/>
+    <s v="17 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93777"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="341"/>
+    <s v="17 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="148978"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3500"/>
+    <s v="18 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1613616"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3500"/>
+    <s v="18 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="596314"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3500"/>
+    <s v="18 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="774562"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3500"/>
+    <s v="18 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93771"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3500"/>
+    <s v="18 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="148969"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="352"/>
+    <s v="19 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1584887"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="352"/>
+    <s v="19 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="567752"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="352"/>
+    <s v="19 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="774418"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="352"/>
+    <s v="19 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93758"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="352"/>
+    <s v="19 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="148959"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1555256"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="538457"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="774108"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93738"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="148953"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="399"/>
+    <s v="21 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1523301"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="399"/>
+    <s v="21 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="507091"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="399"/>
+    <s v="21 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="773559"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="399"/>
+    <s v="21 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93711"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="399"/>
+    <s v="21 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="148940"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="401"/>
+    <s v="22 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1490933"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="401"/>
+    <s v="22 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="475664"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="401"/>
+    <s v="22 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="772694"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="401"/>
+    <s v="22 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93646"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="401"/>
+    <s v="22 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="148929"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="402"/>
+    <s v="23 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1457339"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="402"/>
+    <s v="23 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="443556"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="402"/>
+    <s v="23 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="771344"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="402"/>
+    <s v="23 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93543"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="402"/>
+    <s v="23 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="148896"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="403"/>
+    <s v="24 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1422143"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="403"/>
+    <s v="24 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="410526"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="403"/>
+    <s v="24 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="769322"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="403"/>
+    <s v="24 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93420"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="403"/>
+    <s v="24 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="148875"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1385547"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="377132"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="766338"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93238"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="148839"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1347438"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="343781"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="761925"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="92953"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="148779"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="437"/>
+    <s v="27 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1309219"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="437"/>
+    <s v="27 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="312205"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="437"/>
+    <s v="27 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="755759"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="437"/>
+    <s v="27 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="92554"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="437"/>
+    <s v="27 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="148701"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="438"/>
+    <s v="28 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1272102"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="438"/>
+    <s v="28 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="283868"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="438"/>
+    <s v="28 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="747571"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="438"/>
+    <s v="28 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="92030"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="438"/>
+    <s v="28 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="148633"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4381"/>
+    <s v="29 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1236577"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4381"/>
+    <s v="29 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="258938"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4381"/>
+    <s v="29 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="737633"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4381"/>
+    <s v="29 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="91451"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4381"/>
+    <s v="29 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="148555"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1201721"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="236925"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="725556"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="90759"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="148481"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="451"/>
+    <s v="31 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1167212"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="451"/>
+    <s v="31 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="217713"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="451"/>
+    <s v="31 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="711296"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="451"/>
+    <s v="31 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="89839"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="451"/>
+    <s v="31 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="148364"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="452"/>
+    <s v="32 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1132689"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="452"/>
+    <s v="32 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="200505"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="452"/>
+    <s v="32 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="695140"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="452"/>
+    <s v="32 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="88797"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="452"/>
+    <s v="32 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="148247"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="453"/>
+    <s v="33 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1098277"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="453"/>
+    <s v="33 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="185397"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="453"/>
+    <s v="33 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="677244"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="453"/>
+    <s v="33 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="87506"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="453"/>
+    <s v="33 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="148130"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="454"/>
+    <s v="34 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1063683"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="454"/>
+    <s v="34 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="171620"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="454"/>
+    <s v="34 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="658106"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="454"/>
+    <s v="34 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="85958"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="454"/>
+    <s v="34 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="147999"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="471"/>
+    <s v="35 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1029847"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="471"/>
+    <s v="35 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="159590"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="471"/>
+    <s v="35 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="638186"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="471"/>
+    <s v="35 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="84212"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="471"/>
+    <s v="35 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="147859"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="472"/>
+    <s v="36 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="996224"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="472"/>
+    <s v="36 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="148781"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="472"/>
+    <s v="36 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="617654"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="472"/>
+    <s v="36 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="82129"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="472"/>
+    <s v="36 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="147660"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="473"/>
+    <s v="37 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="963482"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="473"/>
+    <s v="37 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="139352"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="473"/>
+    <s v="37 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="596845"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="473"/>
+    <s v="37 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="79870"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="473"/>
+    <s v="37 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="147415"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="474"/>
+    <s v="38 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="932719"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="474"/>
+    <s v="38 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="131519"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="474"/>
+    <s v="38 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="576557"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="474"/>
+    <s v="38 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77441"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="474"/>
+    <s v="38 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="147202"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4741"/>
+    <s v="39 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="902045"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4741"/>
+    <s v="39 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="124179"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4741"/>
+    <s v="39 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="556085"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4741"/>
+    <s v="39 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="74828"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4741"/>
+    <s v="39 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="146953"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="485"/>
+    <s v="40 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="871553"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="485"/>
+    <s v="40 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="117451"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="485"/>
+    <s v="40 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="535405"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="485"/>
+    <s v="40 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72014"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="485"/>
+    <s v="40 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="146683"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="486"/>
+    <s v="41 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="840945"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="486"/>
+    <s v="41 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="111242"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="486"/>
+    <s v="41 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="514356"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="486"/>
+    <s v="41 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69035"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="486"/>
+    <s v="41 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="146312"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="487"/>
+    <s v="42 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="810046"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="487"/>
+    <s v="42 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="105255"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="487"/>
+    <s v="42 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="492944"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="487"/>
+    <s v="42 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="65875"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="487"/>
+    <s v="42 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="145972"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="488"/>
+    <s v="43 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="779949"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="488"/>
+    <s v="43 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="100039"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="488"/>
+    <s v="43 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="471738"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="488"/>
+    <s v="43 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62563"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="488"/>
+    <s v="43 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="145609"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="489"/>
+    <s v="44 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="750289"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="489"/>
+    <s v="44 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="95181"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="489"/>
+    <s v="44 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="450764"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="489"/>
+    <s v="44 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59180"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="489"/>
+    <s v="44 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="145164"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="510"/>
+    <s v="45 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="721662"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="510"/>
+    <s v="45 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="90760"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="510"/>
+    <s v="45 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="430468"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="510"/>
+    <s v="45 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55740"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="510"/>
+    <s v="45 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="144694"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5100"/>
+    <s v="46 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="692532"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5100"/>
+    <s v="46 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="86466"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5100"/>
+    <s v="46 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="409684"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5100"/>
+    <s v="46 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52238"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5100"/>
+    <s v="46 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="144144"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5101"/>
+    <s v="47 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="664236"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5101"/>
+    <s v="47 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="82364"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5101"/>
+    <s v="47 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="389747"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5101"/>
+    <s v="47 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48705"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5101"/>
+    <s v="47 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="143420"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5102"/>
+    <s v="48 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="637562"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5102"/>
+    <s v="48 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="78823"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5102"/>
+    <s v="48 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="370583"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5102"/>
+    <s v="48 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45388"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5102"/>
+    <s v="48 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="142768"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="511"/>
+    <s v="49 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="610911"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="511"/>
+    <s v="49 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="75275"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="511"/>
+    <s v="49 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="351542"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="511"/>
+    <s v="49 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42034"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="511"/>
+    <s v="49 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="142060"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="512"/>
+    <s v="50 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="584900"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="512"/>
+    <s v="50 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72035"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="512"/>
+    <s v="50 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="332897"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="512"/>
+    <s v="50 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38691"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="512"/>
+    <s v="50 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="141277"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="526"/>
+    <s v="51 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="559528"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="526"/>
+    <s v="51 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="68903"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="526"/>
+    <s v="51 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="314716"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="526"/>
+    <s v="51 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35492"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="526"/>
+    <s v="51 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="140417"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="527"/>
+    <s v="52 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="534231"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="527"/>
+    <s v="52 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="65923"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="527"/>
+    <s v="52 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="296446"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="527"/>
+    <s v="52 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32443"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="527"/>
+    <s v="52 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="139419"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="528"/>
+    <s v="53 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="509993"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="528"/>
+    <s v="53 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="63151"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="528"/>
+    <s v="53 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="278892"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="528"/>
+    <s v="53 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29503"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="528"/>
+    <s v="53 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="138447"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="529"/>
+    <s v="54 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="485631"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="529"/>
+    <s v="54 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60534"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="529"/>
+    <s v="54 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="261117"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="529"/>
+    <s v="54 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26734"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="529"/>
+    <s v="54 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="137246"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="462382"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58027"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="244181"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24093"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="136081"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="546"/>
+    <s v="56 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="439511"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="546"/>
+    <s v="56 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55620"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="546"/>
+    <s v="56 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="227573"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="546"/>
+    <s v="56 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21602"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="546"/>
+    <s v="56 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="134716"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="547"/>
+    <s v="57 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="416393"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="547"/>
+    <s v="57 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53201"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="547"/>
+    <s v="57 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="210935"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="547"/>
+    <s v="57 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19180"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="547"/>
+    <s v="57 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="133077"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="548"/>
+    <s v="58 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="393945"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="548"/>
+    <s v="58 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50960"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="548"/>
+    <s v="58 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="194652"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="548"/>
+    <s v="58 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16826"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="548"/>
+    <s v="58 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="131507"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="549"/>
+    <s v="59 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="372112"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="549"/>
+    <s v="59 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48849"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="549"/>
+    <s v="59 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="178790"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="549"/>
+    <s v="59 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14760"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="549"/>
+    <s v="59 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="129713"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="350997"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46825"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="163595"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12880"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="127697"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="561"/>
+    <s v="61 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="330553"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="561"/>
+    <s v="61 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44786"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="561"/>
+    <s v="61 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="149034"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="561"/>
+    <s v="61 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11274"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="561"/>
+    <s v="61 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="125459"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="562"/>
+    <s v="62 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="311657"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="562"/>
+    <s v="62 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42959"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="562"/>
+    <s v="62 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="135740"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="562"/>
+    <s v="62 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9791"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="562"/>
+    <s v="62 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="123167"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="563"/>
+    <s v="63 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="293630"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="563"/>
+    <s v="63 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41179"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="563"/>
+    <s v="63 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="123170"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="563"/>
+    <s v="63 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8496"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="563"/>
+    <s v="63 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="120785"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="564"/>
+    <s v="64 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="276251"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="564"/>
+    <s v="64 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39502"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="564"/>
+    <s v="64 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="111240"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="564"/>
+    <s v="64 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7300"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="564"/>
+    <s v="64 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="118209"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="260831"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37983"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="100842"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6308"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="115698"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="576"/>
+    <s v="66 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="245716"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="576"/>
+    <s v="66 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36364"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="576"/>
+    <s v="66 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="91058"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="576"/>
+    <s v="66 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5420"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="576"/>
+    <s v="66 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="112874"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="577"/>
+    <s v="67 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="230499"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="577"/>
+    <s v="67 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34763"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="577"/>
+    <s v="67 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="81514"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="577"/>
+    <s v="67 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4650"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="577"/>
+    <s v="67 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="109572"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="578"/>
+    <s v="68 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="215899"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="578"/>
+    <s v="68 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33210"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="578"/>
+    <s v="68 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72468"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="578"/>
+    <s v="68 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3993"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="578"/>
+    <s v="68 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="106228"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="579"/>
+    <s v="69 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="202064"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="579"/>
+    <s v="69 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31637"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="579"/>
+    <s v="69 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64266"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="579"/>
+    <s v="69 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3406"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="579"/>
+    <s v="69 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="102755"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="188330"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30037"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56508"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2886"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="98899"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="591"/>
+    <s v="71 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="174907"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="591"/>
+    <s v="71 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28397"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="591"/>
+    <s v="71 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49401"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="591"/>
+    <s v="71 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2445"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="591"/>
+    <s v="71 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="94664"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="592"/>
+    <s v="72 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="161895"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="592"/>
+    <s v="72 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26772"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="592"/>
+    <s v="72 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="42789"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="592"/>
+    <s v="72 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2062"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="592"/>
+    <s v="72 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="90272"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="593"/>
+    <s v="73 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="149316"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="593"/>
+    <s v="73 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25121"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="593"/>
+    <s v="73 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36825"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="593"/>
+    <s v="73 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1718"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="593"/>
+    <s v="73 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="85652"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="594"/>
+    <s v="74 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="137299"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="594"/>
+    <s v="74 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23536"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="594"/>
+    <s v="74 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31490"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="594"/>
+    <s v="74 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1425"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="594"/>
+    <s v="74 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80848"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="125718"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21842"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26664"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1198"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="76014"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="606"/>
+    <s v="76 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="114365"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="606"/>
+    <s v="76 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20252"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="606"/>
+    <s v="76 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22326"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="606"/>
+    <s v="76 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1021"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="606"/>
+    <s v="76 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70766"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="607"/>
+    <s v="77 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="103325"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="607"/>
+    <s v="77 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18562"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="607"/>
+    <s v="77 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18529"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="607"/>
+    <s v="77 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="838"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="607"/>
+    <s v="77 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="65396"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="608"/>
+    <s v="78 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="92971"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="608"/>
+    <s v="78 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16924"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="608"/>
+    <s v="78 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15233"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="608"/>
+    <s v="78 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="709"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="608"/>
+    <s v="78 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60105"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="609"/>
+    <s v="79 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="83150"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="609"/>
+    <s v="79 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15333"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="609"/>
+    <s v="79 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12463"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="609"/>
+    <s v="79 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="587"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="609"/>
+    <s v="79 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54767"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="620"/>
+    <s v="80 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73373"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="620"/>
+    <s v="80 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13766"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="620"/>
+    <s v="80 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10032"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="620"/>
+    <s v="80 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="484"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="620"/>
+    <s v="80 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49091"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="622"/>
+    <s v="81 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64073"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="622"/>
+    <s v="81 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12146"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="622"/>
+    <s v="81 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7956"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="622"/>
+    <s v="81 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="386"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="622"/>
+    <s v="81 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43585"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="623"/>
+    <s v="82 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55342"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="623"/>
+    <s v="82 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10662"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="623"/>
+    <s v="82 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6155"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="623"/>
+    <s v="82 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="623"/>
+    <s v="82 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38215"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6231"/>
+    <s v="83 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47383"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6231"/>
+    <s v="83 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9247"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6231"/>
+    <s v="83 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4732"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6231"/>
+    <s v="83 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6231"/>
+    <s v="83 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33141"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="624"/>
+    <s v="84 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39797"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="624"/>
+    <s v="84 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7882"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="624"/>
+    <s v="84 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3566"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="624"/>
+    <s v="84 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="624"/>
+    <s v="84 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28137"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33183"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6705"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2706"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23617"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="631"/>
+    <s v="86 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27082"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="631"/>
+    <s v="86 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5555"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="631"/>
+    <s v="86 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1966"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="631"/>
+    <s v="86 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="631"/>
+    <s v="86 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19444"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="632"/>
+    <s v="87 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21682"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="632"/>
+    <s v="87 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4530"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="632"/>
+    <s v="87 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1415"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="632"/>
+    <s v="87 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="632"/>
+    <s v="87 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15646"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="633"/>
+    <s v="88 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17328"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="633"/>
+    <s v="88 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3653"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="633"/>
+    <s v="88 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1037"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="633"/>
+    <s v="88 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="633"/>
+    <s v="88 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12571"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="634"/>
+    <s v="89 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13981"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="634"/>
+    <s v="89 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2975"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="634"/>
+    <s v="89 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="771"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="634"/>
+    <s v="89 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="634"/>
+    <s v="89 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10181"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="640"/>
+    <s v="90 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10902"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="640"/>
+    <s v="90 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2363"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="640"/>
+    <s v="90 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="551"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="640"/>
+    <s v="90 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="640"/>
+    <s v="90 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7947"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="641"/>
+    <s v="91 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8376"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="641"/>
+    <s v="91 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1853"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="641"/>
+    <s v="91 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="401"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="641"/>
+    <s v="91 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="641"/>
+    <s v="91 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6085"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="642"/>
+    <s v="92 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6215"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="642"/>
+    <s v="92 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1393"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="642"/>
+    <s v="92 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="642"/>
+    <s v="92 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="642"/>
+    <s v="92 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4505"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="643"/>
+    <s v="93 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4434"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="643"/>
+    <s v="93 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1028"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="643"/>
+    <s v="93 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="643"/>
+    <s v="93 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="643"/>
+    <s v="93 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3192"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="644"/>
+    <s v="94 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3063"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="644"/>
+    <s v="94 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="749"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="644"/>
+    <s v="94 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="644"/>
+    <s v="94 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="644"/>
+    <s v="94 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2171"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="645"/>
+    <s v="95 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2088"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="645"/>
+    <s v="95 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="529"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="645"/>
+    <s v="95 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="645"/>
+    <s v="95 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="645"/>
+    <s v="95 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1464"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6451"/>
+    <s v="96 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1378"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6451"/>
+    <s v="96 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="362"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6451"/>
+    <s v="96 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6451"/>
+    <s v="96 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6451"/>
+    <s v="96 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="955"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6452"/>
+    <s v="97 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="896"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6452"/>
+    <s v="97 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6452"/>
+    <s v="97 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6452"/>
+    <s v="97 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6452"/>
+    <s v="97 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="606"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6453"/>
+    <s v="98 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="614"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6453"/>
+    <s v="98 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6453"/>
+    <s v="98 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6453"/>
+    <s v="98 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6453"/>
+    <s v="98 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="412"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="646"/>
+    <s v="99 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="404"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="646"/>
+    <s v="99 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="646"/>
+    <s v="99 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="646"/>
+    <s v="99 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="646"/>
+    <s v="99 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="650"/>
+    <s v="100 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="650"/>
+    <s v="100 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="650"/>
+    <s v="100 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="650"/>
+    <s v="100 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="650"/>
+    <s v="100 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="-"/>
+    <s v="All marital status"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1697272"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="01"/>
+    <s v="Single"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="679831"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="04"/>
+    <s v="Married"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="774672"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="14"/>
+    <s v="Separated or Divorced"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93788"/>
+  </r>
+  <r>
+    <s v="C0208"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="16"/>
+    <s v="Widowed"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="148981"/>
+  </r>
+</pivotCacheRecords>
 </file>