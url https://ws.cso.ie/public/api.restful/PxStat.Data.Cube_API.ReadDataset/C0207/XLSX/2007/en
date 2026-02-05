--- v0 (2025-11-05)
+++ v1 (2026-02-05)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65fd78825f0d4baa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/59b7e7894184401da280dbb0672ce0ab.psmdcp" Id="Rcc334a0cf82a499f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab8064b888cb4252" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6b11ced44ebd41dba2ee6f519c02644c.psmdcp" Id="R1a64c0f25a604d8a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C0207</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/7/2020 11:00:00 AM</x:t>
+    <x:t>07/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0207/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P2</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 2 - Ages and Marital Status</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -973,987 +973,320 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...935 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="101">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
+        <item x="89"/>
+        <item x="90"/>
+        <item x="91"/>
+        <item x="92"/>
+        <item x="93"/>
+        <item x="94"/>
+        <item x="95"/>
+        <item x="96"/>
+        <item x="97"/>
+        <item x="98"/>
+        <item x="99"/>
+        <item x="100"/>
+      </items>
+    </pivotField>
+    <pivotField name="At Each Year of Age" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="101">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
+        <item x="89"/>
+        <item x="90"/>
+        <item x="91"/>
+        <item x="92"/>
+        <item x="93"/>
+        <item x="94"/>
+        <item x="95"/>
+        <item x="96"/>
+        <item x="97"/>
+        <item x="98"/>
+        <item x="99"/>
+        <item x="100"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J304" totalsRowShown="0">
   <x:autoFilter ref="A1:J304"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02076V03371"/>
     <x:tableColumn id="6" name="At Each Year of Age"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="CensusYear"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -2224,51 +1557,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0207/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -2455,51 +1788,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J304"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="15.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="20.282054" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="13.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -12217,51 +11550,51 @@
       <x:c r="G304" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H304" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I304" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J304" s="0">
         <x:v>1697272</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -12278,51 +11611,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J304" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="C0207"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -12842,27 +12175,3664 @@
         <x:n v="39797"/>
         <x:n v="33183"/>
         <x:n v="27082"/>
         <x:n v="21682"/>
         <x:n v="17328"/>
         <x:n v="13981"/>
         <x:n v="10902"/>
         <x:n v="8376"/>
         <x:n v="6215"/>
         <x:n v="4434"/>
         <x:n v="3063"/>
         <x:n v="2088"/>
         <x:n v="1378"/>
         <x:n v="896"/>
         <x:n v="614"/>
         <x:n v="404"/>
         <x:n v="243"/>
         <x:n v="1697272"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4239848"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2300"/>
+    <s v="1 year and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4178772"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2301"/>
+    <s v="2 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4118318"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4057646"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="239"/>
+    <s v="4 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3997215"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2600"/>
+    <s v="5 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3937596"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="261"/>
+    <s v="6 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3879433"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="262"/>
+    <s v="7 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3821236"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="263"/>
+    <s v="8 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3762824"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="264"/>
+    <s v="9 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3705707"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2700"/>
+    <s v="10 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3649271"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2702"/>
+    <s v="11 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3594780"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2704"/>
+    <s v="12 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3540991"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="276"/>
+    <s v="13 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3487522"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="283"/>
+    <s v="14 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3432504"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3358"/>
+    <s v="16 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3317081"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="341"/>
+    <s v="17 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3260530"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3500"/>
+    <s v="18 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3203814"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="352"/>
+    <s v="19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3145488"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3085142"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="399"/>
+    <s v="21 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3021051"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="401"/>
+    <s v="22 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2955585"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="402"/>
+    <s v="23 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2887681"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="403"/>
+    <s v="24 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2816384"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2742667"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2665183"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="437"/>
+    <s v="27 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2587261"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="438"/>
+    <s v="28 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2512536"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4381"/>
+    <s v="29 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2440497"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2369589"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="451"/>
+    <s v="31 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2299282"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="452"/>
+    <s v="32 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2228976"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="453"/>
+    <s v="33 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2159221"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="454"/>
+    <s v="34 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2088892"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="471"/>
+    <s v="35 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2020228"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="472"/>
+    <s v="36 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1951877"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="473"/>
+    <s v="37 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1885181"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="474"/>
+    <s v="38 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1822347"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4741"/>
+    <s v="39 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1760144"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="485"/>
+    <s v="40 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1698123"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="486"/>
+    <s v="41 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1636324"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="487"/>
+    <s v="42 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1574513"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="488"/>
+    <s v="43 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1513920"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="489"/>
+    <s v="44 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1454373"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="510"/>
+    <s v="45 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1396794"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5100"/>
+    <s v="46 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1338458"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5101"/>
+    <s v="47 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1281861"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5102"/>
+    <s v="48 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1228063"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="511"/>
+    <s v="49 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1174538"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="512"/>
+    <s v="50 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1122049"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="526"/>
+    <s v="51 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1071029"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="527"/>
+    <s v="52 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1020116"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="528"/>
+    <s v="53 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="971239"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="529"/>
+    <s v="54 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="921988"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="874981"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="546"/>
+    <s v="56 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="828566"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="547"/>
+    <s v="57 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="782388"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="548"/>
+    <s v="58 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="737098"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="549"/>
+    <s v="59 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="692699"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="649653"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="561"/>
+    <s v="61 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="608263"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="562"/>
+    <s v="62 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="570171"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="563"/>
+    <s v="63 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="533818"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="564"/>
+    <s v="64 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="499209"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="467926"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="576"/>
+    <s v="66 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="437540"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="577"/>
+    <s v="67 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="407345"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="578"/>
+    <s v="68 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="378541"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="579"/>
+    <s v="69 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="351343"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="324530"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="591"/>
+    <s v="71 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="298622"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="592"/>
+    <s v="72 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="273772"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="593"/>
+    <s v="73 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="249793"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="594"/>
+    <s v="74 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="227010"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="205378"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="606"/>
+    <s v="76 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="184483"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="607"/>
+    <s v="77 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="164681"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="608"/>
+    <s v="78 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="146331"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="609"/>
+    <s v="79 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="129425"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="620"/>
+    <s v="80 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="112912"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="622"/>
+    <s v="81 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="97412"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="623"/>
+    <s v="82 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="83096"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6231"/>
+    <s v="83 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70307"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="624"/>
+    <s v="84 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58322"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48028"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="631"/>
+    <s v="86 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38621"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="632"/>
+    <s v="87 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30464"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="633"/>
+    <s v="88 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24013"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="634"/>
+    <s v="89 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19083"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="640"/>
+    <s v="90 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14726"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="641"/>
+    <s v="91 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11113"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="642"/>
+    <s v="92 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8162"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="643"/>
+    <s v="93 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5788"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="644"/>
+    <s v="94 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3974"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="645"/>
+    <s v="95 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2681"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6451"/>
+    <s v="96 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1750"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6452"/>
+    <s v="97 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1131"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6453"/>
+    <s v="98 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="769"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="646"/>
+    <s v="99 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="491"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="650"/>
+    <s v="100 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3375399"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2121171"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2300"/>
+    <s v="1 year and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2089898"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2301"/>
+    <s v="2 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2058794"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2027808"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="239"/>
+    <s v="4 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1996968"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2600"/>
+    <s v="5 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1966615"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="261"/>
+    <s v="6 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1936802"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="262"/>
+    <s v="7 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1906945"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="263"/>
+    <s v="8 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1876915"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="264"/>
+    <s v="9 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1847595"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2700"/>
+    <s v="10 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1818631"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2702"/>
+    <s v="11 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1790539"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2704"/>
+    <s v="12 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1762933"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="276"/>
+    <s v="13 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1735486"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="283"/>
+    <s v="14 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1707163"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3358"/>
+    <s v="16 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1648015"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="341"/>
+    <s v="17 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1619112"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3500"/>
+    <s v="18 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1590198"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="352"/>
+    <s v="19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1560601"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1529886"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="399"/>
+    <s v="21 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1497750"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="401"/>
+    <s v="22 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1464652"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="402"/>
+    <s v="23 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1430342"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="403"/>
+    <s v="24 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1394241"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1357120"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1317745"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="437"/>
+    <s v="27 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1278042"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="438"/>
+    <s v="28 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1240434"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4381"/>
+    <s v="29 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1203920"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1167868"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="451"/>
+    <s v="31 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1132070"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="452"/>
+    <s v="32 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1096287"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="453"/>
+    <s v="33 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1060944"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="454"/>
+    <s v="34 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1025209"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="471"/>
+    <s v="35 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="990381"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="472"/>
+    <s v="36 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="955653"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="473"/>
+    <s v="37 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="921699"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="474"/>
+    <s v="38 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="889628"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4741"/>
+    <s v="39 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="858099"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="485"/>
+    <s v="40 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="826570"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="486"/>
+    <s v="41 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="795379"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="487"/>
+    <s v="42 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="764467"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="488"/>
+    <s v="43 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="733971"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="489"/>
+    <s v="44 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="704084"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="510"/>
+    <s v="45 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="675132"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5100"/>
+    <s v="46 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="645926"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5101"/>
+    <s v="47 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="617625"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5102"/>
+    <s v="48 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="590501"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="511"/>
+    <s v="49 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="563627"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="512"/>
+    <s v="50 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="537149"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="526"/>
+    <s v="51 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="511501"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="527"/>
+    <s v="52 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="485885"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="528"/>
+    <s v="53 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="461246"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="529"/>
+    <s v="54 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="436357"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="412599"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="546"/>
+    <s v="56 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="389055"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="547"/>
+    <s v="57 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="365995"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="548"/>
+    <s v="58 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="343153"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="549"/>
+    <s v="59 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="320587"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="298656"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="561"/>
+    <s v="61 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="277710"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="562"/>
+    <s v="62 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="258514"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="563"/>
+    <s v="63 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="240188"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="564"/>
+    <s v="64 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="222958"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="207095"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="576"/>
+    <s v="66 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="191824"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="577"/>
+    <s v="67 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="176846"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="578"/>
+    <s v="68 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="162642"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="579"/>
+    <s v="69 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="149279"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="136200"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="591"/>
+    <s v="71 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="123715"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="592"/>
+    <s v="72 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="111877"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="593"/>
+    <s v="73 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="100477"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="594"/>
+    <s v="74 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="89711"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="79660"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="606"/>
+    <s v="76 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70118"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="607"/>
+    <s v="77 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61356"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="608"/>
+    <s v="78 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53360"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="609"/>
+    <s v="79 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46275"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="620"/>
+    <s v="80 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39539"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="622"/>
+    <s v="81 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33339"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="623"/>
+    <s v="82 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27754"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6231"/>
+    <s v="83 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22924"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="624"/>
+    <s v="84 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18525"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14845"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="631"/>
+    <s v="86 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11539"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="632"/>
+    <s v="87 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8782"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="633"/>
+    <s v="88 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6685"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="634"/>
+    <s v="89 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5102"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="640"/>
+    <s v="90 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3824"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="641"/>
+    <s v="91 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2737"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="642"/>
+    <s v="92 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1947"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="643"/>
+    <s v="93 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1354"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="644"/>
+    <s v="94 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="911"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="645"/>
+    <s v="95 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="593"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6451"/>
+    <s v="96 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="372"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6452"/>
+    <s v="97 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6453"/>
+    <s v="98 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="646"/>
+    <s v="99 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="650"/>
+    <s v="100 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1678127"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2118677"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2300"/>
+    <s v="1 year and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2088874"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2301"/>
+    <s v="2 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2059524"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2361"/>
+    <s v="3 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2029838"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="239"/>
+    <s v="4 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2000247"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2600"/>
+    <s v="5 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1970981"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="261"/>
+    <s v="6 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1942631"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="262"/>
+    <s v="7 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1914291"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="263"/>
+    <s v="8 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1885909"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="264"/>
+    <s v="9 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1858112"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2700"/>
+    <s v="10 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1830640"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2702"/>
+    <s v="11 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1804241"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2704"/>
+    <s v="12 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1778058"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="276"/>
+    <s v="13 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1752036"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="283"/>
+    <s v="14 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1725341"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3358"/>
+    <s v="16 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1669066"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="341"/>
+    <s v="17 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1641418"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3500"/>
+    <s v="18 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1613616"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="352"/>
+    <s v="19 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1584887"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="375"/>
+    <s v="20 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1555256"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="399"/>
+    <s v="21 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1523301"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="401"/>
+    <s v="22 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1490933"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="402"/>
+    <s v="23 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1457339"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="403"/>
+    <s v="24 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1422143"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="430"/>
+    <s v="25 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1385547"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="436"/>
+    <s v="26 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1347438"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="437"/>
+    <s v="27 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1309219"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="438"/>
+    <s v="28 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1272102"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4381"/>
+    <s v="29 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1236577"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="439"/>
+    <s v="30 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1201721"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="451"/>
+    <s v="31 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1167212"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="452"/>
+    <s v="32 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1132689"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="453"/>
+    <s v="33 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1098277"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="454"/>
+    <s v="34 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1063683"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="471"/>
+    <s v="35 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1029847"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="472"/>
+    <s v="36 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="996224"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="473"/>
+    <s v="37 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="963482"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="474"/>
+    <s v="38 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="932719"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4741"/>
+    <s v="39 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="902045"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="485"/>
+    <s v="40 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="871553"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="486"/>
+    <s v="41 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="840945"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="487"/>
+    <s v="42 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="810046"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="488"/>
+    <s v="43 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="779949"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="489"/>
+    <s v="44 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="750289"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="510"/>
+    <s v="45 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="721662"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5100"/>
+    <s v="46 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="692532"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5101"/>
+    <s v="47 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="664236"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5102"/>
+    <s v="48 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="637562"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="511"/>
+    <s v="49 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="610911"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="512"/>
+    <s v="50 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="584900"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="526"/>
+    <s v="51 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="559528"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="527"/>
+    <s v="52 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="534231"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="528"/>
+    <s v="53 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="509993"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="529"/>
+    <s v="54 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="485631"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="545"/>
+    <s v="55 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="462382"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="546"/>
+    <s v="56 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="439511"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="547"/>
+    <s v="57 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="416393"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="548"/>
+    <s v="58 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="393945"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="549"/>
+    <s v="59 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="372112"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="350997"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="561"/>
+    <s v="61 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="330553"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="562"/>
+    <s v="62 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="311657"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="563"/>
+    <s v="63 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="293630"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="564"/>
+    <s v="64 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="276251"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="260831"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="576"/>
+    <s v="66 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="245716"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="577"/>
+    <s v="67 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="230499"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="578"/>
+    <s v="68 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="215899"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="579"/>
+    <s v="69 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="202064"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="590"/>
+    <s v="70 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="188330"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="591"/>
+    <s v="71 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="174907"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="592"/>
+    <s v="72 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="161895"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="593"/>
+    <s v="73 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="149316"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="594"/>
+    <s v="74 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="137299"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="605"/>
+    <s v="75 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="125718"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="606"/>
+    <s v="76 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="114365"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="607"/>
+    <s v="77 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="103325"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="608"/>
+    <s v="78 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="92971"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="609"/>
+    <s v="79 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="83150"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="620"/>
+    <s v="80 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73373"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="622"/>
+    <s v="81 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64073"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="623"/>
+    <s v="82 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55342"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6231"/>
+    <s v="83 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47383"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="624"/>
+    <s v="84 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39797"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="630"/>
+    <s v="85 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33183"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="631"/>
+    <s v="86 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27082"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="632"/>
+    <s v="87 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21682"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="633"/>
+    <s v="88 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17328"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="634"/>
+    <s v="89 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13981"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="640"/>
+    <s v="90 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10902"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="641"/>
+    <s v="91 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8376"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="642"/>
+    <s v="92 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6215"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="643"/>
+    <s v="93 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4434"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="644"/>
+    <s v="94 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3063"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="645"/>
+    <s v="95 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2088"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6451"/>
+    <s v="96 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1378"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6452"/>
+    <s v="97 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="896"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6453"/>
+    <s v="98 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="614"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="646"/>
+    <s v="99 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="404"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="650"/>
+    <s v="100 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="C0207"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="320"/>
+    <s v="15 years and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1697272"/>
+  </r>
+</pivotCacheRecords>
 </file>