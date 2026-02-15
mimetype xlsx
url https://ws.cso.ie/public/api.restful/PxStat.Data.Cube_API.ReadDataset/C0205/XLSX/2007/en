--- v0 (2025-11-04)
+++ v1 (2026-02-15)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b32c6d19b534bca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/95a41f17c053490fa11abcc0b88f9817.psmdcp" Id="R85675d5f06354804" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbcb7524fa407472a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fb6a3ea399134965af1b1334b2dd07ef.psmdcp" Id="Rcb3663e07b0048a7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C0205</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/7/2020 11:00:00 AM</x:t>
+    <x:t>07/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0205/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P2</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 2 - Ages and Marital Status</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -994,1027 +994,336 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...975 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="102">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
+        <item x="89"/>
+        <item x="90"/>
+        <item x="91"/>
+        <item x="92"/>
+        <item x="93"/>
+        <item x="94"/>
+        <item x="95"/>
+        <item x="96"/>
+        <item x="97"/>
+        <item x="98"/>
+        <item x="99"/>
+        <item x="100"/>
+        <item x="101"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Last Birthday" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="102">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
+        <item x="89"/>
+        <item x="90"/>
+        <item x="91"/>
+        <item x="92"/>
+        <item x="93"/>
+        <item x="94"/>
+        <item x="95"/>
+        <item x="96"/>
+        <item x="97"/>
+        <item x="98"/>
+        <item x="99"/>
+        <item x="100"/>
+        <item x="101"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02786V03355" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="At Each Year of Age" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L613" totalsRowShown="0">
   <x:autoFilter ref="A1:L613"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="C02076V03371"/>
     <x:tableColumn id="6" name="Age Last Birthday"/>
     <x:tableColumn id="7" name="C02786V03355"/>
     <x:tableColumn id="8" name="At Each Year of Age"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -2287,51 +1596,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0205/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -2518,51 +1827,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L613"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="15.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="18.567768" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="28.853482" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -25848,51 +25157,51 @@
       <x:c r="I613" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J613" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K613" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L613" s="0">
         <x:v>2118677</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -25909,51 +25218,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L613" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="C0205"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
@@ -26785,27 +26094,8596 @@
         <x:n v="2161"/>
         <x:n v="2112462"/>
         <x:n v="1781"/>
         <x:n v="2114243"/>
         <x:n v="1371"/>
         <x:n v="2115614"/>
         <x:n v="975"/>
         <x:n v="2116589"/>
         <x:n v="710"/>
         <x:n v="2117299"/>
         <x:n v="482"/>
         <x:n v="2117781"/>
         <x:n v="282"/>
         <x:n v="2118063"/>
         <x:n v="210"/>
         <x:n v="2118273"/>
         <x:n v="161"/>
         <x:n v="243"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4239848"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4239848"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="200"/>
+    <s v="Under 1 year"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61076"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="200"/>
+    <s v="Under 1 year"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61076"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="001"/>
+    <s v="1 year"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60454"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="001"/>
+    <s v="1 year"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="121530"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="002"/>
+    <s v="2 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60672"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="002"/>
+    <s v="2 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="182202"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="003"/>
+    <s v="3 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60431"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="003"/>
+    <s v="3 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="242633"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="004"/>
+    <s v="4 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59619"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="004"/>
+    <s v="4 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="302252"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="005"/>
+    <s v="5 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58163"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="005"/>
+    <s v="5 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="360415"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="006"/>
+    <s v="6 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58197"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="006"/>
+    <s v="6 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="418612"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="007"/>
+    <s v="7 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58412"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="007"/>
+    <s v="7 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="477024"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="008"/>
+    <s v="8 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57117"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="008"/>
+    <s v="8 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="534141"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="009"/>
+    <s v="9 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56436"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="009"/>
+    <s v="9 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="590577"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="010"/>
+    <s v="10 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="54491"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="010"/>
+    <s v="10 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="645068"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53789"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="698857"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53469"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="752326"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="55018"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="807344"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57105"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="864449"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="015"/>
+    <s v="15 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58318"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="015"/>
+    <s v="15 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="922767"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="016"/>
+    <s v="16 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56551"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="016"/>
+    <s v="16 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="979318"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="017"/>
+    <s v="17 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56716"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="017"/>
+    <s v="17 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1036034"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="018"/>
+    <s v="18 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58326"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="018"/>
+    <s v="18 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1094360"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="019"/>
+    <s v="19 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60346"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="019"/>
+    <s v="19 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1154706"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="020"/>
+    <s v="20 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="64091"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="020"/>
+    <s v="20 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1218797"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="21 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="65466"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="21 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1284263"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="22 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="67904"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="22 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1352167"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="23 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="71297"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="23 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1423464"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="24 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="73717"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="24 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1497181"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="025"/>
+    <s v="25 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77484"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="025"/>
+    <s v="25 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1574665"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="026"/>
+    <s v="26 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="77922"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="026"/>
+    <s v="26 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1652587"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="027"/>
+    <s v="27 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="74725"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="027"/>
+    <s v="27 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1727312"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="028"/>
+    <s v="28 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="72039"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="028"/>
+    <s v="28 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1799351"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="029"/>
+    <s v="29 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70908"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="029"/>
+    <s v="29 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1870259"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="030"/>
+    <s v="30 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70307"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="030"/>
+    <s v="30 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1940566"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="31 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70306"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="031"/>
+    <s v="31 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2010872"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="32 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="69755"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="032"/>
+    <s v="32 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2080627"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="033"/>
+    <s v="33 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="70329"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="033"/>
+    <s v="33 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2150956"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="034"/>
+    <s v="34 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="68664"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="034"/>
+    <s v="34 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2219620"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="035"/>
+    <s v="35 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="68351"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="035"/>
+    <s v="35 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2287971"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="036"/>
+    <s v="36 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="66696"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="036"/>
+    <s v="36 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2354667"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="037"/>
+    <s v="37 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62834"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="037"/>
+    <s v="37 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2417501"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="038"/>
+    <s v="38 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62203"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="038"/>
+    <s v="38 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2479704"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="039"/>
+    <s v="39 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62021"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="039"/>
+    <s v="39 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2541725"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="040"/>
+    <s v="40 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61799"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="040"/>
+    <s v="40 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2603524"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="041"/>
+    <s v="41 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="61811"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="041"/>
+    <s v="41 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2665335"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="042"/>
+    <s v="42 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="60593"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="042"/>
+    <s v="42 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2725928"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="043"/>
+    <s v="43 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59547"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="043"/>
+    <s v="43 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2785475"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="044"/>
+    <s v="44 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="57579"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="044"/>
+    <s v="44 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2843054"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="045"/>
+    <s v="45 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="58336"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="045"/>
+    <s v="45 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2901390"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="046"/>
+    <s v="46 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="56597"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="046"/>
+    <s v="46 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2957987"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="047"/>
+    <s v="47 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53798"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="047"/>
+    <s v="47 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3011785"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="048"/>
+    <s v="48 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="53525"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="048"/>
+    <s v="48 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3065310"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="049"/>
+    <s v="49 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="52489"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="049"/>
+    <s v="49 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3117799"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="050"/>
+    <s v="50 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="51020"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="050"/>
+    <s v="50 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3168819"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="051"/>
+    <s v="51 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="50913"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="051"/>
+    <s v="51 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3219732"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="052"/>
+    <s v="52 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="48877"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="052"/>
+    <s v="52 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3268609"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="053"/>
+    <s v="53 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="49251"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="053"/>
+    <s v="53 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3317860"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="054"/>
+    <s v="54 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="47007"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="054"/>
+    <s v="54 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3364867"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="055"/>
+    <s v="55 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46415"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="055"/>
+    <s v="55 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3411282"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="056"/>
+    <s v="56 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46178"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="056"/>
+    <s v="56 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3457460"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="057"/>
+    <s v="57 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="45290"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="057"/>
+    <s v="57 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3502750"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="058"/>
+    <s v="58 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="44399"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="058"/>
+    <s v="58 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3547149"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="059"/>
+    <s v="59 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="43046"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="059"/>
+    <s v="59 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3590195"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="060"/>
+    <s v="60 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41390"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="060"/>
+    <s v="60 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3631585"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="61 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38092"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="061"/>
+    <s v="61 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3669677"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="062"/>
+    <s v="62 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36353"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="062"/>
+    <s v="62 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3706030"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="063"/>
+    <s v="63 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34609"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="063"/>
+    <s v="63 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3740639"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="064"/>
+    <s v="64 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31283"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="064"/>
+    <s v="64 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3771922"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="065"/>
+    <s v="65 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30386"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="065"/>
+    <s v="65 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3802308"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="066"/>
+    <s v="66 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30195"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="066"/>
+    <s v="66 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3832503"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="067"/>
+    <s v="67 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28804"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="067"/>
+    <s v="67 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3861307"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="068"/>
+    <s v="68 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27198"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="068"/>
+    <s v="68 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3888505"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="069"/>
+    <s v="69 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26813"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="069"/>
+    <s v="69 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3915318"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="070"/>
+    <s v="70 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25908"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="070"/>
+    <s v="70 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3941226"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="071"/>
+    <s v="71 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24850"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="071"/>
+    <s v="71 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3966076"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="072"/>
+    <s v="72 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23979"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="072"/>
+    <s v="72 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3990055"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="073"/>
+    <s v="73 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22783"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="073"/>
+    <s v="73 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4012838"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="074"/>
+    <s v="74 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21632"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="074"/>
+    <s v="74 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4034470"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="075"/>
+    <s v="75 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20895"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="075"/>
+    <s v="75 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4055365"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="076"/>
+    <s v="76 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19802"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="076"/>
+    <s v="76 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4075167"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="077"/>
+    <s v="77 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18350"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="077"/>
+    <s v="77 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4093517"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="078"/>
+    <s v="78 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16906"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="078"/>
+    <s v="78 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4110423"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="079"/>
+    <s v="79 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="16513"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="079"/>
+    <s v="79 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4126936"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="080"/>
+    <s v="80 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15500"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="080"/>
+    <s v="80 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4142436"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="081"/>
+    <s v="81 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14316"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="081"/>
+    <s v="81 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4156752"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="082"/>
+    <s v="82 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12789"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="082"/>
+    <s v="82 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4169541"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="083"/>
+    <s v="83 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11985"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="083"/>
+    <s v="83 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4181526"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="084"/>
+    <s v="84 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10294"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="084"/>
+    <s v="84 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4191820"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="085"/>
+    <s v="85 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9407"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="085"/>
+    <s v="85 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4201227"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="086"/>
+    <s v="86 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8157"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="086"/>
+    <s v="86 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4209384"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="087"/>
+    <s v="87 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6451"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="087"/>
+    <s v="87 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4215835"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="088"/>
+    <s v="88 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4930"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="088"/>
+    <s v="88 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4220765"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="089"/>
+    <s v="89 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4357"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="089"/>
+    <s v="89 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4225122"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="090"/>
+    <s v="90 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3613"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="090"/>
+    <s v="90 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4228735"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="091"/>
+    <s v="91 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2951"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="091"/>
+    <s v="91 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4231686"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="092"/>
+    <s v="92 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2374"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="092"/>
+    <s v="92 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4234060"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="093"/>
+    <s v="93 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1814"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="093"/>
+    <s v="93 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4235874"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="094"/>
+    <s v="94 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1293"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="094"/>
+    <s v="94 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4237167"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="095"/>
+    <s v="95 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="931"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="095"/>
+    <s v="95 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4238098"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="096"/>
+    <s v="96 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="619"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="096"/>
+    <s v="96 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4238717"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="097"/>
+    <s v="97 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="362"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="097"/>
+    <s v="97 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4239079"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="098"/>
+    <s v="98 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="278"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="098"/>
+    <s v="98 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4239357"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="099"/>
+    <s v="99 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="099"/>
+    <s v="99 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4239559"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="650"/>
+    <s v="100 years and over"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="650"/>
+    <s v="100 years and over"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4239848"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2121171"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2121171"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="200"/>
+    <s v="Under 1 year"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31273"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="200"/>
+    <s v="Under 1 year"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31273"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="001"/>
+    <s v="1 year"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31104"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="001"/>
+    <s v="1 year"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="62377"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="002"/>
+    <s v="2 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30986"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="002"/>
+    <s v="2 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="93363"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="003"/>
+    <s v="3 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30840"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="003"/>
+    <s v="3 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="124203"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="004"/>
+    <s v="4 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30353"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="004"/>
+    <s v="4 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="154556"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="005"/>
+    <s v="5 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29813"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="005"/>
+    <s v="5 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="184369"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="006"/>
+    <s v="6 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29857"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="006"/>
+    <s v="6 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="214226"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="007"/>
+    <s v="7 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30030"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="007"/>
+    <s v="7 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="244256"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="008"/>
+    <s v="8 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29320"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="008"/>
+    <s v="8 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="273576"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="009"/>
+    <s v="9 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28964"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="009"/>
+    <s v="9 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="302540"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="010"/>
+    <s v="10 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28092"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="010"/>
+    <s v="10 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="330632"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27606"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="358238"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27447"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="385685"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28323"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="414008"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29036"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="443044"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="015"/>
+    <s v="15 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30112"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="015"/>
+    <s v="15 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="473156"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="016"/>
+    <s v="16 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28903"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="016"/>
+    <s v="16 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="502059"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="017"/>
+    <s v="17 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28914"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="017"/>
+    <s v="17 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="530973"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="018"/>
+    <s v="18 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29597"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="018"/>
+    <s v="18 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="560570"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="019"/>
+    <s v="19 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30715"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="019"/>
+    <s v="19 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="591285"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="020"/>
+    <s v="20 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32136"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="020"/>
+    <s v="20 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="623421"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="21 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33098"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="21 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="656519"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="22 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34310"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="22 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="690829"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="23 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36101"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="23 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="726930"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="24 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37121"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="24 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="764051"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="025"/>
+    <s v="25 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39375"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="025"/>
+    <s v="25 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="803426"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="026"/>
+    <s v="26 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="39703"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="026"/>
+    <s v="26 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="843129"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="027"/>
+    <s v="27 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37608"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="027"/>
+    <s v="27 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="880737"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="028"/>
+    <s v="28 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36514"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="028"/>
+    <s v="28 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="917251"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="029"/>
+    <s v="29 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36052"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="029"/>
+    <s v="29 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="953303"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="030"/>
+    <s v="30 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35798"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="030"/>
+    <s v="30 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="989101"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="31 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35783"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="031"/>
+    <s v="31 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1024884"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="32 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35343"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="032"/>
+    <s v="32 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1060227"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="033"/>
+    <s v="33 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35735"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="033"/>
+    <s v="33 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1095962"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="034"/>
+    <s v="34 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34828"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="034"/>
+    <s v="34 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1130790"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="035"/>
+    <s v="35 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34728"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="035"/>
+    <s v="35 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1165518"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="036"/>
+    <s v="36 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33954"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="036"/>
+    <s v="36 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1199472"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="037"/>
+    <s v="37 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32071"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="037"/>
+    <s v="37 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1231543"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="038"/>
+    <s v="38 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31529"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="038"/>
+    <s v="38 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1263072"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="039"/>
+    <s v="39 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31529"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="039"/>
+    <s v="39 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1294601"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="040"/>
+    <s v="40 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31191"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="040"/>
+    <s v="40 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1325792"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="041"/>
+    <s v="41 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30912"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="041"/>
+    <s v="41 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1356704"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="042"/>
+    <s v="42 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30496"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="042"/>
+    <s v="42 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1387200"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="043"/>
+    <s v="43 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29887"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="043"/>
+    <s v="43 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1417087"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="044"/>
+    <s v="44 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28952"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="044"/>
+    <s v="44 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1446039"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="045"/>
+    <s v="45 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29206"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="045"/>
+    <s v="45 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1475245"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="046"/>
+    <s v="46 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28301"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="046"/>
+    <s v="46 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1503546"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="047"/>
+    <s v="47 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27124"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="047"/>
+    <s v="47 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1530670"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="048"/>
+    <s v="48 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26874"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="048"/>
+    <s v="48 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1557544"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="049"/>
+    <s v="49 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26478"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="049"/>
+    <s v="49 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1584022"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="050"/>
+    <s v="50 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25648"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="050"/>
+    <s v="50 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1609670"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="051"/>
+    <s v="51 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25616"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="051"/>
+    <s v="51 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1635286"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="052"/>
+    <s v="52 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24639"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="052"/>
+    <s v="52 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1659925"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="053"/>
+    <s v="53 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24889"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="053"/>
+    <s v="53 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1684814"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="054"/>
+    <s v="54 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23758"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="054"/>
+    <s v="54 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1708572"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="055"/>
+    <s v="55 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23544"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="055"/>
+    <s v="55 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1732116"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="056"/>
+    <s v="56 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23060"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="056"/>
+    <s v="56 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1755176"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="057"/>
+    <s v="57 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22842"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="057"/>
+    <s v="57 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1778018"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="058"/>
+    <s v="58 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22566"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="058"/>
+    <s v="58 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1800584"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="059"/>
+    <s v="59 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21931"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="059"/>
+    <s v="59 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1822515"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="060"/>
+    <s v="60 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20946"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="060"/>
+    <s v="60 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1843461"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="61 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="19196"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="061"/>
+    <s v="61 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1862657"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="062"/>
+    <s v="62 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18326"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="062"/>
+    <s v="62 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1880983"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="063"/>
+    <s v="63 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17230"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="063"/>
+    <s v="63 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1898213"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="064"/>
+    <s v="64 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15863"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="064"/>
+    <s v="64 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1914076"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="065"/>
+    <s v="65 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15271"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="065"/>
+    <s v="65 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1929347"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="066"/>
+    <s v="66 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14978"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="066"/>
+    <s v="66 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1944325"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="067"/>
+    <s v="67 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14204"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="067"/>
+    <s v="67 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1958529"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="068"/>
+    <s v="68 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13363"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="068"/>
+    <s v="68 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1971892"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="069"/>
+    <s v="69 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13079"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="069"/>
+    <s v="69 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1984971"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="070"/>
+    <s v="70 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12485"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="070"/>
+    <s v="70 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1997456"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="071"/>
+    <s v="71 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11838"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="071"/>
+    <s v="71 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2009294"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="072"/>
+    <s v="72 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11400"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="072"/>
+    <s v="72 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2020694"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="073"/>
+    <s v="73 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10766"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="073"/>
+    <s v="73 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2031460"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="074"/>
+    <s v="74 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10051"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="074"/>
+    <s v="74 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2041511"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="075"/>
+    <s v="75 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9542"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="075"/>
+    <s v="75 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2051053"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="076"/>
+    <s v="76 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8762"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="076"/>
+    <s v="76 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2059815"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="077"/>
+    <s v="77 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7996"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="077"/>
+    <s v="77 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2067811"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="078"/>
+    <s v="78 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7085"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="078"/>
+    <s v="78 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2074896"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="079"/>
+    <s v="79 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6736"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="079"/>
+    <s v="79 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2081632"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="080"/>
+    <s v="80 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6200"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="080"/>
+    <s v="80 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2087832"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="081"/>
+    <s v="81 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5585"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="081"/>
+    <s v="81 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2093417"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="082"/>
+    <s v="82 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4830"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="082"/>
+    <s v="82 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2098247"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="083"/>
+    <s v="83 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4399"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="083"/>
+    <s v="83 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2102646"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="084"/>
+    <s v="84 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3680"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="084"/>
+    <s v="84 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2106326"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="085"/>
+    <s v="85 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3306"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="085"/>
+    <s v="85 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2109632"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="086"/>
+    <s v="86 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2757"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="086"/>
+    <s v="86 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2112389"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="087"/>
+    <s v="87 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2097"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="087"/>
+    <s v="87 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2114486"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="088"/>
+    <s v="88 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1583"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="088"/>
+    <s v="88 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2116069"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="089"/>
+    <s v="89 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1278"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="089"/>
+    <s v="89 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2117347"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="090"/>
+    <s v="90 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1087"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="090"/>
+    <s v="90 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2118434"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="091"/>
+    <s v="91 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="790"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="091"/>
+    <s v="91 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2119224"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="092"/>
+    <s v="92 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="593"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="092"/>
+    <s v="92 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2119817"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="093"/>
+    <s v="93 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="443"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="093"/>
+    <s v="93 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2120260"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="094"/>
+    <s v="94 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="318"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="094"/>
+    <s v="94 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2120578"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="095"/>
+    <s v="95 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="095"/>
+    <s v="95 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2120799"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="096"/>
+    <s v="96 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="096"/>
+    <s v="96 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2120936"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="097"/>
+    <s v="97 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="097"/>
+    <s v="97 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2121016"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="098"/>
+    <s v="98 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="098"/>
+    <s v="98 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2121084"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="099"/>
+    <s v="99 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="099"/>
+    <s v="99 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2121125"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="650"/>
+    <s v="100 years and over"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="650"/>
+    <s v="100 years and over"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2121171"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2118677"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2118677"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="200"/>
+    <s v="Under 1 year"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29803"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="200"/>
+    <s v="Under 1 year"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29803"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="001"/>
+    <s v="1 year"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29350"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="001"/>
+    <s v="1 year"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="59153"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="002"/>
+    <s v="2 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29686"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="002"/>
+    <s v="2 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="88839"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="003"/>
+    <s v="3 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29591"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="003"/>
+    <s v="3 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="118430"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="004"/>
+    <s v="4 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29266"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="004"/>
+    <s v="4 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="147696"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="005"/>
+    <s v="5 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28350"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="005"/>
+    <s v="5 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="176046"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="006"/>
+    <s v="6 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28340"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="006"/>
+    <s v="6 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="204386"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="007"/>
+    <s v="7 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28382"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="007"/>
+    <s v="7 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="232768"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="008"/>
+    <s v="8 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27797"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="008"/>
+    <s v="8 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="260565"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="009"/>
+    <s v="9 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27472"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="009"/>
+    <s v="9 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="288037"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="010"/>
+    <s v="10 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26399"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="010"/>
+    <s v="10 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="314436"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26183"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="011"/>
+    <s v="11 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="340619"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26022"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="012"/>
+    <s v="12 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="366641"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26695"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="013"/>
+    <s v="13 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="393336"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28069"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="014"/>
+    <s v="14 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="421405"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="015"/>
+    <s v="15 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28206"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="015"/>
+    <s v="15 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="449611"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="016"/>
+    <s v="16 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27648"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="016"/>
+    <s v="16 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="477259"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="017"/>
+    <s v="17 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="27802"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="017"/>
+    <s v="17 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="505061"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="018"/>
+    <s v="18 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28729"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="018"/>
+    <s v="18 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="533790"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="019"/>
+    <s v="19 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29631"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="019"/>
+    <s v="19 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="563421"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="020"/>
+    <s v="20 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="31955"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="020"/>
+    <s v="20 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="595376"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="21 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32368"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="21 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="627744"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="22 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33594"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="22 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="661338"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="23 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35196"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="23 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="696534"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="24 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="36596"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="24 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="733130"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="025"/>
+    <s v="25 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38109"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="025"/>
+    <s v="25 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="771239"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="026"/>
+    <s v="26 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="38219"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="026"/>
+    <s v="26 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="809458"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="027"/>
+    <s v="27 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="37117"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="027"/>
+    <s v="27 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="846575"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="028"/>
+    <s v="28 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="35525"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="028"/>
+    <s v="28 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="882100"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="029"/>
+    <s v="29 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34856"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="029"/>
+    <s v="29 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="916956"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="030"/>
+    <s v="30 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34509"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="030"/>
+    <s v="30 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="951465"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="31 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34523"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="031"/>
+    <s v="31 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="985988"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="32 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34412"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="032"/>
+    <s v="32 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1020400"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="033"/>
+    <s v="33 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="34594"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="033"/>
+    <s v="33 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1054994"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="034"/>
+    <s v="34 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33836"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="034"/>
+    <s v="34 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1088830"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="035"/>
+    <s v="35 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="33623"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="035"/>
+    <s v="35 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1122453"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="036"/>
+    <s v="36 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="32742"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="036"/>
+    <s v="36 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1155195"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="037"/>
+    <s v="37 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30763"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="037"/>
+    <s v="37 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1185958"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="038"/>
+    <s v="38 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30674"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="038"/>
+    <s v="38 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1216632"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="039"/>
+    <s v="39 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30492"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="039"/>
+    <s v="39 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1247124"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="040"/>
+    <s v="40 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30608"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="040"/>
+    <s v="40 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1277732"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="041"/>
+    <s v="41 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30899"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="041"/>
+    <s v="41 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1308631"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="042"/>
+    <s v="42 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="30097"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="042"/>
+    <s v="42 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1338728"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="043"/>
+    <s v="43 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29660"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="043"/>
+    <s v="43 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1368388"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="044"/>
+    <s v="44 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28627"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="044"/>
+    <s v="44 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1397015"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="045"/>
+    <s v="45 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="29130"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="045"/>
+    <s v="45 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1426145"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="046"/>
+    <s v="46 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="28296"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="046"/>
+    <s v="46 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1454441"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="047"/>
+    <s v="47 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26674"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="047"/>
+    <s v="47 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1481115"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="048"/>
+    <s v="48 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26651"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="048"/>
+    <s v="48 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1507766"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="049"/>
+    <s v="49 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="26011"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="049"/>
+    <s v="49 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1533777"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="050"/>
+    <s v="50 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25372"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="050"/>
+    <s v="50 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1559149"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="051"/>
+    <s v="51 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="25297"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="051"/>
+    <s v="51 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1584446"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="052"/>
+    <s v="52 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24238"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="052"/>
+    <s v="52 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1608684"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="053"/>
+    <s v="53 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="24362"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="053"/>
+    <s v="53 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1633046"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="054"/>
+    <s v="54 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23249"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="054"/>
+    <s v="54 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1656295"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="055"/>
+    <s v="55 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22871"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="055"/>
+    <s v="55 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1679166"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="056"/>
+    <s v="56 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="23118"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="056"/>
+    <s v="56 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1702284"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="057"/>
+    <s v="57 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="22448"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="057"/>
+    <s v="57 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1724732"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="058"/>
+    <s v="58 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21833"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="058"/>
+    <s v="58 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1746565"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="059"/>
+    <s v="59 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="21115"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="059"/>
+    <s v="59 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1767680"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="060"/>
+    <s v="60 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="20444"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="060"/>
+    <s v="60 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1788124"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="61 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18896"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="061"/>
+    <s v="61 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1807020"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="062"/>
+    <s v="62 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="18027"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="062"/>
+    <s v="62 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1825047"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="063"/>
+    <s v="63 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="17379"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="063"/>
+    <s v="63 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1842426"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="064"/>
+    <s v="64 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15420"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="064"/>
+    <s v="64 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1857846"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="065"/>
+    <s v="65 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15115"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="065"/>
+    <s v="65 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1872961"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="066"/>
+    <s v="66 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="15217"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="066"/>
+    <s v="66 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1888178"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="067"/>
+    <s v="67 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="14600"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="067"/>
+    <s v="67 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1902778"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="068"/>
+    <s v="68 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13835"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="068"/>
+    <s v="68 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1916613"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="069"/>
+    <s v="69 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13734"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="069"/>
+    <s v="69 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1930347"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="070"/>
+    <s v="70 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13423"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="070"/>
+    <s v="70 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1943770"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="071"/>
+    <s v="71 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="13012"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="071"/>
+    <s v="71 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1956782"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="072"/>
+    <s v="72 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12579"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="072"/>
+    <s v="72 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1969361"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="073"/>
+    <s v="73 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="12017"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="073"/>
+    <s v="73 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1981378"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="074"/>
+    <s v="74 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11581"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="074"/>
+    <s v="74 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1992959"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="075"/>
+    <s v="75 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11353"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="075"/>
+    <s v="75 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2004312"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="076"/>
+    <s v="76 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="11040"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="076"/>
+    <s v="76 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2015352"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="077"/>
+    <s v="77 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="10354"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="077"/>
+    <s v="77 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2025706"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="078"/>
+    <s v="78 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9821"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="078"/>
+    <s v="78 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2035527"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="079"/>
+    <s v="79 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9777"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="079"/>
+    <s v="79 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2045304"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="080"/>
+    <s v="80 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="9300"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="080"/>
+    <s v="80 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2054604"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="081"/>
+    <s v="81 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="8731"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="081"/>
+    <s v="81 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2063335"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="082"/>
+    <s v="82 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7959"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="082"/>
+    <s v="82 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2071294"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="083"/>
+    <s v="83 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="7586"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="083"/>
+    <s v="83 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2078880"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="084"/>
+    <s v="84 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6614"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="084"/>
+    <s v="84 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2085494"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="085"/>
+    <s v="85 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="6101"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="085"/>
+    <s v="85 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2091595"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="086"/>
+    <s v="86 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="5400"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="086"/>
+    <s v="86 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2096995"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="087"/>
+    <s v="87 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="4354"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="087"/>
+    <s v="87 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2101349"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="088"/>
+    <s v="88 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3347"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="088"/>
+    <s v="88 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2104696"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="089"/>
+    <s v="89 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="3079"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="089"/>
+    <s v="89 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2107775"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="090"/>
+    <s v="90 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2526"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="090"/>
+    <s v="90 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2110301"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="091"/>
+    <s v="91 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2161"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="091"/>
+    <s v="91 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2112462"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="092"/>
+    <s v="92 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1781"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="092"/>
+    <s v="92 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2114243"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="093"/>
+    <s v="93 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="1371"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="093"/>
+    <s v="93 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2115614"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="094"/>
+    <s v="94 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="975"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="094"/>
+    <s v="94 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2116589"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="095"/>
+    <s v="95 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="710"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="095"/>
+    <s v="95 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2117299"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="096"/>
+    <s v="96 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="482"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="096"/>
+    <s v="96 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2117781"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="097"/>
+    <s v="97 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="282"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="097"/>
+    <s v="97 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2118063"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="098"/>
+    <s v="98 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="098"/>
+    <s v="98 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2118273"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="099"/>
+    <s v="99 years"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="099"/>
+    <s v="99 years"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2118434"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="650"/>
+    <s v="100 years and over"/>
+    <s v="22"/>
+    <s v="Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="C0205"/>
+    <s v="Population"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="650"/>
+    <s v="100 years and over"/>
+    <s v="23"/>
+    <s v="Population at or under this age"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="Number"/>
+    <n v="2118677"/>
+  </r>
+</pivotCacheRecords>
 </file>