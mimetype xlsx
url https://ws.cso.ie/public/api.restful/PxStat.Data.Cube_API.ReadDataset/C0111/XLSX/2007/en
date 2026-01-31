--- v0 (2025-10-25)
+++ v1 (2026-01-31)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc356fed7a5d2403c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/270bf718d8014709a6381d34d167fffc.psmdcp" Id="Rb3f22ff2547243fc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra669443577bc4e80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2660d21bae22473187a439ef43a96655.psmdcp" Id="Rdf465b9bd9354a68" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C0111</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population of Inhabited Islands Off the Coast</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/6/2020 11:00:00 AM</x:t>
+    <x:t>06/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0111/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P1</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 1 - Population Classified by Area</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -790,723 +790,248 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...671 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="C02797V03366" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="70">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+      </items>
+    </pivotField>
+    <pivotField name="Islands by Electoral Division" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="70">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H281" totalsRowShown="0">
   <x:autoFilter ref="A1:H281"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="C02797V03366"/>
     <x:tableColumn id="2" name="Islands by Electoral Division"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="CensusYear"/>
     <x:tableColumn id="5" name="STATISTIC"/>
     <x:tableColumn id="6" name="Statistic Label"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1775,51 +1300,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0111/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -2006,51 +1531,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H281"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="55.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="13.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.996339" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="15.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="8.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>39</x:v>
@@ -9344,51 +8869,51 @@
       <x:c r="E281" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F281" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G281" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H281" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -9405,51 +8930,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H281" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02797V03366">
       <x:sharedItems count="70">
         <x:s v="100100"/>
         <x:s v="100300"/>
         <x:s v="100400"/>
         <x:s v="100500"/>
         <x:s v="100600"/>
         <x:s v="100700"/>
         <x:s v="100800"/>
         <x:s v="100900"/>
         <x:s v="101000"/>
         <x:s v="101100"/>
         <x:s v="101200"/>
         <x:s v="101300"/>
         <x:s v="101400"/>
         <x:s v="101500"/>
         <x:s v="101600"/>
         <x:s v="101700"/>
         <x:s v="101800"/>
         <x:s v="101900"/>
         <x:s v="102000"/>
         <x:s v="102100"/>
         <x:s v="102200"/>
@@ -9714,27 +9239,2828 @@
         <x:n v="448"/>
         <x:n v="673"/>
         <x:n v="660"/>
         <x:n v="312"/>
         <x:n v="348"/>
         <x:n v="1028"/>
         <x:n v="1052"/>
         <x:n v="531"/>
         <x:n v="521"/>
         <x:n v="127"/>
         <x:n v="136"/>
         <x:n v="81"/>
         <x:n v="55"/>
         <x:n v="39"/>
         <x:n v="72"/>
         <x:n v="58"/>
         <x:n v="37"/>
         <x:n v="21"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="100100"/>
+    <s v="Inishmore (or Deer) (ED 066 Ballynacally), Co Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C1"/>
+    <s v="Persons 2002"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="100100"/>
+    <s v="Inishmore (or Deer) (ED 066 Ballynacally), Co Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C2"/>
+    <s v="Persons 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="100100"/>
+    <s v="Inishmore (or Deer) (ED 066 Ballynacally), Co Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C3"/>
+    <s v="Males 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="100100"/>
+    <s v="Inishmore (or Deer) (ED 066 Ballynacally), Co Clare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C4"/>
+    <s v="Females 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="100300"/>
+    <s v="Bear (ED 048 Bear), Co Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C1"/>
+    <s v="Persons 2002"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="100300"/>
+    <s v="Bear (ED 048 Bear), Co Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C2"/>
+    <s v="Persons 2006"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="100300"/>
+    <s v="Bear (ED 048 Bear), Co Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C3"/>
+    <s v="Males 2006"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="100300"/>
+    <s v="Bear (ED 048 Bear), Co Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C4"/>
+    <s v="Females 2006"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="100400"/>
+    <s v="Cléire (ED 290 Cléire), Co Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C1"/>
+    <s v="Persons 2002"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="100400"/>
+    <s v="Cléire (ED 290 Cléire), Co Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C2"/>
+    <s v="Persons 2006"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="100400"/>
+    <s v="Cléire (ED 290 Cléire), Co Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C3"/>
+    <s v="Males 2006"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="100400"/>
+    <s v="Cléire (ED 290 Cléire), Co Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C4"/>
+    <s v="Females 2006"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="100500"/>
+    <s v="Dursey (ED 053 Kilnamanagh), Co Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C1"/>
+    <s v="Persons 2002"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="100500"/>
+    <s v="Dursey (ED 053 Kilnamanagh), Co Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C2"/>
+    <s v="Persons 2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="100500"/>
+    <s v="Dursey (ED 053 Kilnamanagh), Co Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C3"/>
+    <s v="Males 2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="100500"/>
+    <s v="Dursey (ED 053 Kilnamanagh), Co Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C4"/>
+    <s v="Females 2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="100600"/>
+    <s v="Haulbowline (ED 085 Cobh Rural), Co Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C1"/>
+    <s v="Persons 2002"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="100600"/>
+    <s v="Haulbowline (ED 085 Cobh Rural), Co Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C2"/>
+    <s v="Persons 2006"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="100600"/>
+    <s v="Haulbowline (ED 085 Cobh Rural), Co Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C3"/>
+    <s v="Males 2006"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="100600"/>
+    <s v="Haulbowline (ED 085 Cobh Rural), Co Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C4"/>
+    <s v="Females 2006"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="100700"/>
+    <s v="Horse Island (ED 310 Ballydehob), Co Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C1"/>
+    <s v="Persons 2002"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="100700"/>
+    <s v="Horse Island (ED 310 Ballydehob), Co Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C2"/>
+    <s v="Persons 2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="100700"/>
+    <s v="Horse Island (ED 310 Ballydehob), Co Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C3"/>
+    <s v="Males 2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="100700"/>
+    <s v="Horse Island (ED 310 Ballydehob), Co Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C4"/>
+    <s v="Females 2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="100800"/>
+    <s v="Inchydoney (ED 060 Clonakilty Rural), Co Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C1"/>
+    <s v="Persons 2002"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="100800"/>
+    <s v="Inchydoney (ED 060 Clonakilty Rural), Co Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C2"/>
+    <s v="Persons 2006"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="100800"/>
+    <s v="Inchydoney (ED 060 Clonakilty Rural), Co Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C3"/>
+    <s v="Males 2006"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="100800"/>
+    <s v="Inchydoney (ED 060 Clonakilty Rural), Co Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C4"/>
+    <s v="Females 2006"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="100900"/>
+    <s v="Inishbeg (ED 306 Skibbereen Rural), Co Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C1"/>
+    <s v="Persons 2002"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="100900"/>
+    <s v="Inishbeg (ED 306 Skibbereen Rural), Co Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C2"/>
+    <s v="Persons 2006"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="100900"/>
+    <s v="Inishbeg (ED 306 Skibbereen Rural), Co Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C3"/>
+    <s v="Males 2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="100900"/>
+    <s v="Inishbeg (ED 306 Skibbereen Rural), Co Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C4"/>
+    <s v="Females 2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="101000"/>
+    <s v="Inishodriscol (or Hare) (ED 287 Aghadown South), Co Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C1"/>
+    <s v="Persons 2002"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="101000"/>
+    <s v="Inishodriscol (or Hare) (ED 287 Aghadown South), Co Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C2"/>
+    <s v="Persons 2006"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="101000"/>
+    <s v="Inishodriscol (or Hare) (ED 287 Aghadown South), Co Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C3"/>
+    <s v="Males 2006"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="101000"/>
+    <s v="Inishodriscol (or Hare) (ED 287 Aghadown South), Co Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C4"/>
+    <s v="Females 2006"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="101100"/>
+    <s v="Long (ED 318 Skull), Co Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C1"/>
+    <s v="Persons 2002"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="101100"/>
+    <s v="Long (ED 318 Skull), Co Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C2"/>
+    <s v="Persons 2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="101100"/>
+    <s v="Long (ED 318 Skull), Co Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C3"/>
+    <s v="Males 2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="101100"/>
+    <s v="Long (ED 318 Skull), Co Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C4"/>
+    <s v="Females 2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="101200"/>
+    <s v="Ringarogy (ED 290 Cléire), Co Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C1"/>
+    <s v="Persons 2002"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="101200"/>
+    <s v="Ringarogy (ED 290 Cléire), Co Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C2"/>
+    <s v="Persons 2006"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="101200"/>
+    <s v="Ringarogy (ED 290 Cléire), Co Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C3"/>
+    <s v="Males 2006"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="101200"/>
+    <s v="Ringarogy (ED 290 Cléire), Co Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C4"/>
+    <s v="Females 2006"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="101300"/>
+    <s v="Sherkin (ED 290 Cléire), Co Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C1"/>
+    <s v="Persons 2002"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="101300"/>
+    <s v="Sherkin (ED 290 Cléire), Co Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C2"/>
+    <s v="Persons 2006"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="101300"/>
+    <s v="Sherkin (ED 290 Cléire), Co Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C3"/>
+    <s v="Males 2006"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="101300"/>
+    <s v="Sherkin (ED 290 Cléire), Co Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C4"/>
+    <s v="Females 2006"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="101400"/>
+    <s v="Spike (ED 085 Cobh Rural), Co Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C1"/>
+    <s v="Persons 2002"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="101400"/>
+    <s v="Spike (ED 085 Cobh Rural), Co Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C2"/>
+    <s v="Persons 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="101400"/>
+    <s v="Spike (ED 085 Cobh Rural), Co Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C3"/>
+    <s v="Males 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="101400"/>
+    <s v="Spike (ED 085 Cobh Rural), Co Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C4"/>
+    <s v="Females 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="101500"/>
+    <s v="Whiddy (ED 046 Whiddy), Co Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C1"/>
+    <s v="Persons 2002"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="101500"/>
+    <s v="Whiddy (ED 046 Whiddy), Co Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C2"/>
+    <s v="Persons 2006"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="101500"/>
+    <s v="Whiddy (ED 046 Whiddy), Co Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C3"/>
+    <s v="Males 2006"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="101500"/>
+    <s v="Whiddy (ED 046 Whiddy), Co Cork"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C4"/>
+    <s v="Females 2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="101600"/>
+    <s v="An Chruit (ED 064 Inis Mhic an Doirn), Co Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C1"/>
+    <s v="Persons 2002"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="101600"/>
+    <s v="An Chruit (ED 064 Inis Mhic an Doirn), Co Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C2"/>
+    <s v="Persons 2006"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="101600"/>
+    <s v="An Chruit (ED 064 Inis Mhic an Doirn), Co Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C3"/>
+    <s v="Males 2006"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="101600"/>
+    <s v="An Chruit (ED 064 Inis Mhic an Doirn), Co Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C4"/>
+    <s v="Females 2006"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="101700"/>
+    <s v="Árainn Mhór (ED 040 Árainn Mhór), Co Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C1"/>
+    <s v="Persons 2002"/>
+    <s v="Number"/>
+    <n v="543"/>
+  </r>
+  <r>
+    <s v="101700"/>
+    <s v="Árainn Mhór (ED 040 Árainn Mhór), Co Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C2"/>
+    <s v="Persons 2006"/>
+    <s v="Number"/>
+    <n v="522"/>
+  </r>
+  <r>
+    <s v="101700"/>
+    <s v="Árainn Mhór (ED 040 Árainn Mhór), Co Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C3"/>
+    <s v="Males 2006"/>
+    <s v="Number"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="101700"/>
+    <s v="Árainn Mhór (ED 040 Árainn Mhór), Co Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C4"/>
+    <s v="Females 2006"/>
+    <s v="Number"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="101800"/>
+    <s v="Aughnish (ED 124 Rathmelton), Co Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C1"/>
+    <s v="Persons 2002"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="101800"/>
+    <s v="Aughnish (ED 124 Rathmelton), Co Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C2"/>
+    <s v="Persons 2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="101800"/>
+    <s v="Aughnish (ED 124 Rathmelton), Co Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C3"/>
+    <s v="Males 2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="101800"/>
+    <s v="Aughnish (ED 124 Rathmelton), Co Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C4"/>
+    <s v="Females 2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="101900"/>
+    <s v="Gabhla (ED 037 Machaire Chlochair), Co Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C1"/>
+    <s v="Persons 2002"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="101900"/>
+    <s v="Gabhla (ED 037 Machaire Chlochair), Co Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C2"/>
+    <s v="Persons 2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="101900"/>
+    <s v="Gabhla (ED 037 Machaire Chlochair), Co Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C3"/>
+    <s v="Males 2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="101900"/>
+    <s v="Gabhla (ED 037 Machaire Chlochair), Co Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C4"/>
+    <s v="Females 2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="102000"/>
+    <s v="Inis Bó Finne  (ED 036 Gort an Choirce), Co Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C1"/>
+    <s v="Persons 2002"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="102000"/>
+    <s v="Inis Bó Finne  (ED 036 Gort an Choirce), Co Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C2"/>
+    <s v="Persons 2006"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="102000"/>
+    <s v="Inis Bó Finne  (ED 036 Gort an Choirce), Co Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C3"/>
+    <s v="Males 2006"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="102000"/>
+    <s v="Inis Bó Finne  (ED 036 Gort an Choirce), Co Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C4"/>
+    <s v="Females 2006"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="102100"/>
+    <s v="Inis Caorach (ED 040 Árainn Mhór), Co Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C1"/>
+    <s v="Persons 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="102100"/>
+    <s v="Inis Caorach (ED 040 Árainn Mhór), Co Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C2"/>
+    <s v="Persons 2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="102100"/>
+    <s v="Inis Caorach (ED 040 Árainn Mhór), Co Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C3"/>
+    <s v="Males 2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="102100"/>
+    <s v="Inis Caorach (ED 040 Árainn Mhór), Co Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C4"/>
+    <s v="Females 2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="102200"/>
+    <s v="Inis Fraoigh (ED 061 An Machaire), Co Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C1"/>
+    <s v="Persons 2002"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="102200"/>
+    <s v="Inis Fraoigh (ED 061 An Machaire), Co Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C2"/>
+    <s v="Persons 2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="102200"/>
+    <s v="Inis Fraoigh (ED 061 An Machaire), Co Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C3"/>
+    <s v="Males 2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="102200"/>
+    <s v="Inis Fraoigh (ED 061 An Machaire), Co Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C4"/>
+    <s v="Females 2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="102300"/>
+    <s v="Inis Mhic an Doirn (ED 064 Inis Mhic an Doirn), Co Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C1"/>
+    <s v="Persons 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="102300"/>
+    <s v="Inis Mhic an Doirn (ED 064 Inis Mhic an Doirn), Co Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C2"/>
+    <s v="Persons 2006"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="102300"/>
+    <s v="Inis Mhic an Doirn (ED 064 Inis Mhic an Doirn), Co Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C3"/>
+    <s v="Males 2006"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="102300"/>
+    <s v="Inis Mhic an Doirn (ED 064 Inis Mhic an Doirn), Co Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C4"/>
+    <s v="Females 2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="102400"/>
+    <s v="Oileán an Bhráighe (ED 126 Ros Goill), Co Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C1"/>
+    <s v="Persons 2002"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="102400"/>
+    <s v="Oileán an Bhráighe (ED 126 Ros Goill), Co Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C2"/>
+    <s v="Persons 2006"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="102400"/>
+    <s v="Oileán an Bhráighe (ED 126 Ros Goill), Co Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C3"/>
+    <s v="Males 2006"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="102400"/>
+    <s v="Oileán an Bhráighe (ED 126 Ros Goill), Co Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C4"/>
+    <s v="Females 2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="102500"/>
+    <s v="Toraigh (ED 038 Mín an Chladaigh), Co Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C1"/>
+    <s v="Persons 2002"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="102500"/>
+    <s v="Toraigh (ED 038 Mín an Chladaigh), Co Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C2"/>
+    <s v="Persons 2006"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="102500"/>
+    <s v="Toraigh (ED 038 Mín an Chladaigh), Co Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C3"/>
+    <s v="Males 2006"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="102500"/>
+    <s v="Toraigh (ED 038 Mín an Chladaigh), Co Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C4"/>
+    <s v="Females 2006"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="102600"/>
+    <s v="Uaigh (ED 064 Inis Mhic an Doirn), Co Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C1"/>
+    <s v="Persons 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="102600"/>
+    <s v="Uaigh (ED 064 Inis Mhic an Doirn), Co Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C2"/>
+    <s v="Persons 2006"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="102600"/>
+    <s v="Uaigh (ED 064 Inis Mhic an Doirn), Co Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C3"/>
+    <s v="Males 2006"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="102600"/>
+    <s v="Uaigh (ED 064 Inis Mhic an Doirn), Co Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C4"/>
+    <s v="Females 2006"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="102700"/>
+    <s v="North Bull (ED 038 Clonfarf East B), Co Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C1"/>
+    <s v="Persons 2002"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="102700"/>
+    <s v="North Bull (ED 038 Clonfarf East B), Co Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C2"/>
+    <s v="Persons 2006"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="102700"/>
+    <s v="North Bull (ED 038 Clonfarf East B), Co Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C3"/>
+    <s v="Males 2006"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="102700"/>
+    <s v="North Bull (ED 038 Clonfarf East B), Co Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C4"/>
+    <s v="Females 2006"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="102800"/>
+    <s v="Lambay (ED 019 Donabate), Co Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C1"/>
+    <s v="Persons 2002"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="102800"/>
+    <s v="Lambay (ED 019 Donabate), Co Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C2"/>
+    <s v="Persons 2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="102800"/>
+    <s v="Lambay (ED 019 Donabate), Co Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C3"/>
+    <s v="Males 2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="102800"/>
+    <s v="Lambay (ED 019 Donabate), Co Dublin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C4"/>
+    <s v="Females 2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="102900"/>
+    <s v="An Ros (ED 152 An Crompán), Co Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C1"/>
+    <s v="Persons 2002"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="102900"/>
+    <s v="An Ros (ED 152 An Crompán), Co Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C2"/>
+    <s v="Persons 2006"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="102900"/>
+    <s v="An Ros (ED 152 An Crompán), Co Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C3"/>
+    <s v="Males 2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="102900"/>
+    <s v="An Ros (ED 152 An Crompán), Co Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C4"/>
+    <s v="Females 2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="103000"/>
+    <s v="An tOileán Mór (ED 161 An Turlach), Co Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C1"/>
+    <s v="Persons 2002"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="103000"/>
+    <s v="An tOileán Mór (ED 161 An Turlach), Co Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C2"/>
+    <s v="Persons 2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="103000"/>
+    <s v="An tOileán Mór (ED 161 An Turlach), Co Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C3"/>
+    <s v="Males 2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="103000"/>
+    <s v="An tOileán Mór (ED 161 An Turlach), Co Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C4"/>
+    <s v="Females 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="103100"/>
+    <s v="Árainn (ED 053 Árainn), Co Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C1"/>
+    <s v="Persons 2002"/>
+    <s v="Number"/>
+    <n v="831"/>
+  </r>
+  <r>
+    <s v="103100"/>
+    <s v="Árainn (ED 053 Árainn), Co Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C2"/>
+    <s v="Persons 2006"/>
+    <s v="Number"/>
+    <n v="824"/>
+  </r>
+  <r>
+    <s v="103100"/>
+    <s v="Árainn (ED 053 Árainn), Co Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C3"/>
+    <s v="Males 2006"/>
+    <s v="Number"/>
+    <n v="426"/>
+  </r>
+  <r>
+    <s v="103100"/>
+    <s v="Árainn (ED 053 Árainn), Co Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C4"/>
+    <s v="Females 2006"/>
+    <s v="Number"/>
+    <n v="398"/>
+  </r>
+  <r>
+    <s v="103200"/>
+    <s v="Eanach Mheáin (ED 158 Leitir Móir), Co Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C1"/>
+    <s v="Persons 2002"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="103200"/>
+    <s v="Eanach Mheáin (ED 158 Leitir Móir), Co Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C2"/>
+    <s v="Persons 2006"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="103200"/>
+    <s v="Eanach Mheáin (ED 158 Leitir Móir), Co Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C3"/>
+    <s v="Males 2006"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="103200"/>
+    <s v="Eanach Mheáin (ED 158 Leitir Móir), Co Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C4"/>
+    <s v="Females 2006"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="103300"/>
+    <s v="Fornais (ED 154 Garmna), Co Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C1"/>
+    <s v="Persons 2002"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="103300"/>
+    <s v="Fornais (ED 154 Garmna), Co Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C2"/>
+    <s v="Persons 2006"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="103300"/>
+    <s v="Fornais (ED 154 Garmna), Co Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C3"/>
+    <s v="Males 2006"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="103300"/>
+    <s v="Fornais (ED 154 Garmna), Co Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C4"/>
+    <s v="Females 2006"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="103400"/>
+    <s v="Garmna (ED 154 Garmna), Co Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C1"/>
+    <s v="Persons 2002"/>
+    <s v="Number"/>
+    <n v="1015"/>
+  </r>
+  <r>
+    <s v="103400"/>
+    <s v="Garmna (ED 154 Garmna), Co Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C2"/>
+    <s v="Persons 2006"/>
+    <s v="Number"/>
+    <n v="1010"/>
+  </r>
+  <r>
+    <s v="103400"/>
+    <s v="Garmna (ED 154 Garmna), Co Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C3"/>
+    <s v="Males 2006"/>
+    <s v="Number"/>
+    <n v="517"/>
+  </r>
+  <r>
+    <s v="103400"/>
+    <s v="Garmna (ED 154 Garmna), Co Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C4"/>
+    <s v="Females 2006"/>
+    <s v="Number"/>
+    <n v="493"/>
+  </r>
+  <r>
+    <s v="103500"/>
+    <s v="Inis an Ghainimh (ED 158 Leitir Móir), Co Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C1"/>
+    <s v="Persons 2002"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="103500"/>
+    <s v="Inis an Ghainimh (ED 158 Leitir Móir), Co Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C2"/>
+    <s v="Persons 2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="103500"/>
+    <s v="Inis an Ghainimh (ED 158 Leitir Móir), Co Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C3"/>
+    <s v="Males 2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="103500"/>
+    <s v="Inis an Ghainimh (ED 158 Leitir Móir), Co Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C4"/>
+    <s v="Females 2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="103700"/>
+    <s v="Inis Bearachain (ED 158  Leitir Móir), Co Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C1"/>
+    <s v="Persons 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="103700"/>
+    <s v="Inis Bearachain (ED 158  Leitir Móir), Co Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C2"/>
+    <s v="Persons 2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="103700"/>
+    <s v="Inis Bearachain (ED 158  Leitir Móir), Co Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C3"/>
+    <s v="Males 2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="103700"/>
+    <s v="Inis Bearachain (ED 158  Leitir Móir), Co Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C4"/>
+    <s v="Females 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="103800"/>
+    <s v="Inishbofin (ED 032 Inishbofin), Co Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C1"/>
+    <s v="Persons 2002"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="103800"/>
+    <s v="Inishbofin (ED 032 Inishbofin), Co Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C2"/>
+    <s v="Persons 2006"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="103800"/>
+    <s v="Inishbofin (ED 032 Inishbofin), Co Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C3"/>
+    <s v="Males 2006"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="103800"/>
+    <s v="Inishbofin (ED 032 Inishbofin), Co Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C4"/>
+    <s v="Females 2006"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="103900"/>
+    <s v="Inisheer (ED 053 Árainn), Co Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C1"/>
+    <s v="Persons 2002"/>
+    <s v="Number"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="103900"/>
+    <s v="Inisheer (ED 053 Árainn), Co Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C2"/>
+    <s v="Persons 2006"/>
+    <s v="Number"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="103900"/>
+    <s v="Inisheer (ED 053 Árainn), Co Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C3"/>
+    <s v="Males 2006"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="103900"/>
+    <s v="Inisheer (ED 053 Árainn), Co Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C4"/>
+    <s v="Females 2006"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="104000"/>
+    <s v="Inishmaan (ED 053 Árainn), Co Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C1"/>
+    <s v="Persons 2002"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="104000"/>
+    <s v="Inishmaan (ED 053 Árainn), Co Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C2"/>
+    <s v="Persons 2006"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="104000"/>
+    <s v="Inishmaan (ED 053 Árainn), Co Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C3"/>
+    <s v="Males 2006"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="104000"/>
+    <s v="Inishmaan (ED 053 Árainn), Co Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C4"/>
+    <s v="Females 2006"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="104100"/>
+    <s v="Inis Ní (ED 037 Cloch na Rón), Co Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C1"/>
+    <s v="Persons 2002"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="104100"/>
+    <s v="Inis Ní (ED 037 Cloch na Rón), Co Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C2"/>
+    <s v="Persons 2006"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="104100"/>
+    <s v="Inis Ní (ED 037 Cloch na Rón), Co Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C3"/>
+    <s v="Males 2006"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="104100"/>
+    <s v="Inis Ní (ED 037 Cloch na Rón), Co Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C4"/>
+    <s v="Females 2006"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="104200"/>
+    <s v="Inis Treabhair (ED 035 Abhainn Ghabhla), Co Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C1"/>
+    <s v="Persons 2002"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="104200"/>
+    <s v="Inis Treabhair (ED 035 Abhainn Ghabhla), Co Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C2"/>
+    <s v="Persons 2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="104200"/>
+    <s v="Inis Treabhair (ED 035 Abhainn Ghabhla), Co Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C3"/>
+    <s v="Males 2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="104200"/>
+    <s v="Inis Treabhair (ED 035 Abhainn Ghabhla), Co Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C4"/>
+    <s v="Females 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="104300"/>
+    <s v="Inishturk (ED 025 Clifden), Co Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C1"/>
+    <s v="Persons 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="104300"/>
+    <s v="Inishturk (ED 025 Clifden), Co Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C2"/>
+    <s v="Persons 2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="104300"/>
+    <s v="Inishturk (ED 025 Clifden), Co Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C3"/>
+    <s v="Males 2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="104300"/>
+    <s v="Inishturk (ED 025 Clifden), Co Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C4"/>
+    <s v="Females 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="104400"/>
+    <s v="Leitir Mealláin (ED 154 Garmna), Co Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C1"/>
+    <s v="Persons 2002"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="104400"/>
+    <s v="Leitir Mealláin (ED 154 Garmna), Co Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C2"/>
+    <s v="Persons 2006"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="104400"/>
+    <s v="Leitir Mealláin (ED 154 Garmna), Co Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C3"/>
+    <s v="Males 2006"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="104400"/>
+    <s v="Leitir Mealláin (ED 154 Garmna), Co Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C4"/>
+    <s v="Females 2006"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="104500"/>
+    <s v="Leitir Móir (ED 158 Leitir Móir), Co Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C1"/>
+    <s v="Persons 2002"/>
+    <s v="Number"/>
+    <n v="497"/>
+  </r>
+  <r>
+    <s v="104500"/>
+    <s v="Leitir Móir (ED 158 Leitir Móir), Co Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C2"/>
+    <s v="Persons 2006"/>
+    <s v="Number"/>
+    <n v="528"/>
+  </r>
+  <r>
+    <s v="104500"/>
+    <s v="Leitir Móir (ED 158 Leitir Móir), Co Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C3"/>
+    <s v="Males 2006"/>
+    <s v="Number"/>
+    <n v="282"/>
+  </r>
+  <r>
+    <s v="104500"/>
+    <s v="Leitir Móir (ED 158 Leitir Móir), Co Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C4"/>
+    <s v="Females 2006"/>
+    <s v="Number"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="104600"/>
+    <s v="Maínis (ED 033 An Cnoc Buí), Co Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C1"/>
+    <s v="Persons 2002"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="104600"/>
+    <s v="Maínis (ED 033 An Cnoc Buí), Co Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C2"/>
+    <s v="Persons 2006"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="104600"/>
+    <s v="Maínis (ED 033 An Cnoc Buí), Co Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C3"/>
+    <s v="Males 2006"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="104600"/>
+    <s v="Maínis (ED 033 An Cnoc Buí), Co Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C4"/>
+    <s v="Females 2006"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="104700"/>
+    <s v="Omey (ED 038 Sillerna), Co Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C1"/>
+    <s v="Persons 2002"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="104700"/>
+    <s v="Omey (ED 038 Sillerna), Co Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C2"/>
+    <s v="Persons 2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="104700"/>
+    <s v="Omey (ED 038 Sillerna), Co Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C3"/>
+    <s v="Males 2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="104700"/>
+    <s v="Omey (ED 038 Sillerna), Co Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C4"/>
+    <s v="Females 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="104800"/>
+    <s v="Roisín an Chalaidh (ED 033 An Cnoc Buí), Co Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C1"/>
+    <s v="Persons 2002"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="104800"/>
+    <s v="Roisín an Chalaidh (ED 033 An Cnoc Buí), Co Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C2"/>
+    <s v="Persons 2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="104800"/>
+    <s v="Roisín an Chalaidh (ED 033 An Cnoc Buí), Co Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C3"/>
+    <s v="Males 2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="104800"/>
+    <s v="Roisín an Chalaidh (ED 033 An Cnoc Buí), Co Galway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C4"/>
+    <s v="Females 2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="104900"/>
+    <s v="An Blascaod Mór (ED 034 Dún Chaoin), Co Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C1"/>
+    <s v="Persons 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="104900"/>
+    <s v="An Blascaod Mór (ED 034 Dún Chaoin), Co Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C2"/>
+    <s v="Persons 2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="104900"/>
+    <s v="An Blascaod Mór (ED 034 Dún Chaoin), Co Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C3"/>
+    <s v="Males 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="104900"/>
+    <s v="An Blascaod Mór (ED 034 Dún Chaoin), Co Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C4"/>
+    <s v="Females 2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="105000"/>
+    <s v="Carrig (ED 101 Carrig), Co Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C1"/>
+    <s v="Persons 2002"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="105000"/>
+    <s v="Carrig (ED 101 Carrig), Co Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C2"/>
+    <s v="Persons 2006"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="105000"/>
+    <s v="Carrig (ED 101 Carrig), Co Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C3"/>
+    <s v="Males 2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="105000"/>
+    <s v="Carrig (ED 101 Carrig), Co Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C4"/>
+    <s v="Females 2006"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="105100"/>
+    <s v="Garinish Island (ED 049 Castlecove), Co Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C1"/>
+    <s v="Persons 2002"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="105100"/>
+    <s v="Garinish Island (ED 049 Castlecove), Co Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C2"/>
+    <s v="Persons 2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="105100"/>
+    <s v="Garinish Island (ED 049 Castlecove), Co Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C3"/>
+    <s v="Males 2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="105100"/>
+    <s v="Garinish Island (ED 049 Castlecove), Co Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C4"/>
+    <s v="Females 2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="105200"/>
+    <s v="Rossmore (ED 061 Tahilla), Co Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C1"/>
+    <s v="Persons 2002"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="105200"/>
+    <s v="Rossmore (ED 061 Tahilla), Co Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C2"/>
+    <s v="Persons 2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="105200"/>
+    <s v="Rossmore (ED 061 Tahilla), Co Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C3"/>
+    <s v="Males 2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="105200"/>
+    <s v="Rossmore (ED 061 Tahilla), Co Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C4"/>
+    <s v="Females 2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="105300"/>
+    <s v="Tarbert (ED 124 Tarbert), Co Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C1"/>
+    <s v="Persons 2002"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="105300"/>
+    <s v="Tarbert (ED 124 Tarbert), Co Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C2"/>
+    <s v="Persons 2006"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="105300"/>
+    <s v="Tarbert (ED 124 Tarbert), Co Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C3"/>
+    <s v="Males 2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="105300"/>
+    <s v="Tarbert (ED 124 Tarbert), Co Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C4"/>
+    <s v="Females 2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="105400"/>
+    <s v="Valencia (ED 025 Valencia), Co Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C1"/>
+    <s v="Persons 2002"/>
+    <s v="Number"/>
+    <n v="690"/>
+  </r>
+  <r>
+    <s v="105400"/>
+    <s v="Valencia (ED 025 Valencia), Co Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C2"/>
+    <s v="Persons 2006"/>
+    <s v="Number"/>
+    <n v="713"/>
+  </r>
+  <r>
+    <s v="105400"/>
+    <s v="Valencia (ED 025 Valencia), Co Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C3"/>
+    <s v="Males 2006"/>
+    <s v="Number"/>
+    <n v="390"/>
+  </r>
+  <r>
+    <s v="105400"/>
+    <s v="Valencia (ED 025 Valencia), Co Kerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C4"/>
+    <s v="Females 2006"/>
+    <s v="Number"/>
+    <n v="323"/>
+  </r>
+  <r>
+    <s v="105500"/>
+    <s v="Foynes Island (ED 130 Shanagolden), Co Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C1"/>
+    <s v="Persons 2002"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="105500"/>
+    <s v="Foynes Island (ED 130 Shanagolden), Co Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C2"/>
+    <s v="Persons 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="105500"/>
+    <s v="Foynes Island (ED 130 Shanagolden), Co Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C3"/>
+    <s v="Males 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="105500"/>
+    <s v="Foynes Island (ED 130 Shanagolden), Co Limerick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C4"/>
+    <s v="Females 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="105600"/>
+    <s v="Acaill Total, Co Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C1"/>
+    <s v="Persons 2002"/>
+    <s v="Number"/>
+    <n v="2620"/>
+  </r>
+  <r>
+    <s v="105600"/>
+    <s v="Acaill Total, Co Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C2"/>
+    <s v="Persons 2006"/>
+    <s v="Number"/>
+    <n v="2620"/>
+  </r>
+  <r>
+    <s v="105600"/>
+    <s v="Acaill Total, Co Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C3"/>
+    <s v="Males 2006"/>
+    <s v="Number"/>
+    <n v="1303"/>
+  </r>
+  <r>
+    <s v="105600"/>
+    <s v="Acaill Total, Co Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C4"/>
+    <s v="Females 2006"/>
+    <s v="Number"/>
+    <n v="1317"/>
+  </r>
+  <r>
+    <s v="105700"/>
+    <s v="Acaill (ED 124 Acaill), Co Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C1"/>
+    <s v="Persons 2002"/>
+    <s v="Number"/>
+    <n v="919"/>
+  </r>
+  <r>
+    <s v="105700"/>
+    <s v="Acaill (ED 124 Acaill), Co Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C2"/>
+    <s v="Persons 2006"/>
+    <s v="Number"/>
+    <n v="908"/>
+  </r>
+  <r>
+    <s v="105700"/>
+    <s v="Acaill (ED 124 Acaill), Co Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C3"/>
+    <s v="Males 2006"/>
+    <s v="Number"/>
+    <n v="460"/>
+  </r>
+  <r>
+    <s v="105700"/>
+    <s v="Acaill (ED 124 Acaill), Co Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C4"/>
+    <s v="Females 2006"/>
+    <s v="Number"/>
+    <n v="448"/>
+  </r>
+  <r>
+    <s v="105800"/>
+    <s v="Acaill, Dumha Éige (ED 136 Dumha Éige), Co Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C1"/>
+    <s v="Persons 2002"/>
+    <s v="Number"/>
+    <n v="673"/>
+  </r>
+  <r>
+    <s v="105800"/>
+    <s v="Acaill, Dumha Éige (ED 136 Dumha Éige), Co Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C2"/>
+    <s v="Persons 2006"/>
+    <s v="Number"/>
+    <n v="660"/>
+  </r>
+  <r>
+    <s v="105800"/>
+    <s v="Acaill, Dumha Éige (ED 136 Dumha Éige), Co Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C3"/>
+    <s v="Males 2006"/>
+    <s v="Number"/>
+    <n v="312"/>
+  </r>
+  <r>
+    <s v="105800"/>
+    <s v="Acaill, Dumha Éige (ED 136 Dumha Éige), Co Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C4"/>
+    <s v="Females 2006"/>
+    <s v="Number"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="105900"/>
+    <s v="Acaill, Slievemore (ED 152 Slievemore), Co Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C1"/>
+    <s v="Persons 2002"/>
+    <s v="Number"/>
+    <n v="1028"/>
+  </r>
+  <r>
+    <s v="105900"/>
+    <s v="Acaill, Slievemore (ED 152 Slievemore), Co Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C2"/>
+    <s v="Persons 2006"/>
+    <s v="Number"/>
+    <n v="1052"/>
+  </r>
+  <r>
+    <s v="105900"/>
+    <s v="Acaill, Slievemore (ED 152 Slievemore), Co Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C3"/>
+    <s v="Males 2006"/>
+    <s v="Number"/>
+    <n v="531"/>
+  </r>
+  <r>
+    <s v="105900"/>
+    <s v="Acaill, Slievemore (ED 152 Slievemore), Co Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C4"/>
+    <s v="Females 2006"/>
+    <s v="Number"/>
+    <n v="521"/>
+  </r>
+  <r>
+    <s v="106000"/>
+    <s v="Clare (ED 131 Clare Island), Co Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C1"/>
+    <s v="Persons 2002"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="106000"/>
+    <s v="Clare (ED 131 Clare Island), Co Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C2"/>
+    <s v="Persons 2006"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="106000"/>
+    <s v="Clare (ED 131 Clare Island), Co Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C3"/>
+    <s v="Males 2006"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="106000"/>
+    <s v="Clare (ED 131 Clare Island), Co Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C4"/>
+    <s v="Females 2006"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="106100"/>
+    <s v="Clynish (ED 144 Kilmeena), Co Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C1"/>
+    <s v="Persons 2002"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="106100"/>
+    <s v="Clynish (ED 144 Kilmeena), Co Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C2"/>
+    <s v="Persons 2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="106100"/>
+    <s v="Clynish (ED 144 Kilmeena), Co Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C3"/>
+    <s v="Males 2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="106100"/>
+    <s v="Clynish (ED 144 Kilmeena), Co Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C4"/>
+    <s v="Females 2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="106200"/>
+    <s v="Collan More (ED 144 Kilmeena), Co Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C1"/>
+    <s v="Persons 2002"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="106200"/>
+    <s v="Collan More (ED 144 Kilmeena), Co Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C2"/>
+    <s v="Persons 2006"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="106200"/>
+    <s v="Collan More (ED 144 Kilmeena), Co Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C3"/>
+    <s v="Males 2006"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="106200"/>
+    <s v="Collan More (ED 144 Kilmeena), Co Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C4"/>
+    <s v="Females 2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="106300"/>
+    <s v="Inis Bigil (ED 124 Acaill), Co Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C1"/>
+    <s v="Persons 2002"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="106300"/>
+    <s v="Inis Bigil (ED 124 Acaill), Co Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C2"/>
+    <s v="Persons 2006"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="106300"/>
+    <s v="Inis Bigil (ED 124 Acaill), Co Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C3"/>
+    <s v="Males 2006"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="106300"/>
+    <s v="Inis Bigil (ED 124 Acaill), Co Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C4"/>
+    <s v="Females 2006"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="106400"/>
+    <s v="Inishcottle (ED 144 Kilmeena), Co Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C1"/>
+    <s v="Persons 2002"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="106400"/>
+    <s v="Inishcottle (ED 144 Kilmeena), Co Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C2"/>
+    <s v="Persons 2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="106400"/>
+    <s v="Inishcottle (ED 144 Kilmeena), Co Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C3"/>
+    <s v="Males 2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="106400"/>
+    <s v="Inishcottle (ED 144 Kilmeena), Co Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C4"/>
+    <s v="Females 2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="106500"/>
+    <s v="Inishgort (ED 144 Kilmeena), Co Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C1"/>
+    <s v="Persons 2002"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="106500"/>
+    <s v="Inishgort (ED 144 Kilmeena), Co Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C2"/>
+    <s v="Persons 2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="106500"/>
+    <s v="Inishgort (ED 144 Kilmeena), Co Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C3"/>
+    <s v="Males 2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="106500"/>
+    <s v="Inishgort (ED 144 Kilmeena), Co Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C4"/>
+    <s v="Females 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="106600"/>
+    <s v="Inishlyre (ED 144 Kilmeena), Co Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C1"/>
+    <s v="Persons 2002"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="106600"/>
+    <s v="Inishlyre (ED 144 Kilmeena), Co Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C2"/>
+    <s v="Persons 2006"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="106600"/>
+    <s v="Inishlyre (ED 144 Kilmeena), Co Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C3"/>
+    <s v="Males 2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="106600"/>
+    <s v="Inishlyre (ED 144 Kilmeena), Co Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C4"/>
+    <s v="Females 2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="106700"/>
+    <s v="Inishnakillew (ED 144 Kilmeena), Co Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C1"/>
+    <s v="Persons 2002"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="106700"/>
+    <s v="Inishnakillew (ED 144 Kilmeena), Co Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C2"/>
+    <s v="Persons 2006"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="106700"/>
+    <s v="Inishnakillew (ED 144 Kilmeena), Co Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C3"/>
+    <s v="Males 2006"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="106700"/>
+    <s v="Inishnakillew (ED 144 Kilmeena), Co Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C4"/>
+    <s v="Females 2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="106800"/>
+    <s v="Inishturk (ED 131 Clare Island), Co Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C1"/>
+    <s v="Persons 2002"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="106800"/>
+    <s v="Inishturk (ED 131 Clare Island), Co Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C2"/>
+    <s v="Persons 2006"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="106800"/>
+    <s v="Inishturk (ED 131 Clare Island), Co Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C3"/>
+    <s v="Males 2006"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="106800"/>
+    <s v="Inishturk (ED 131 Clare Island), Co Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C4"/>
+    <s v="Females 2006"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="106900"/>
+    <s v="Inisraher (ED 154 Westport Rural), Co Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C1"/>
+    <s v="Persons 2002"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="106900"/>
+    <s v="Inisraher (ED 154 Westport Rural), Co Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C2"/>
+    <s v="Persons 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="106900"/>
+    <s v="Inisraher (ED 154 Westport Rural), Co Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C3"/>
+    <s v="Males 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="106900"/>
+    <s v="Inisraher (ED 154 Westport Rural), Co Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C4"/>
+    <s v="Females 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="107000"/>
+    <s v="Island More (ED 144 Kilmeena), Co Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C1"/>
+    <s v="Persons 2002"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="107000"/>
+    <s v="Island More (ED 144 Kilmeena), Co Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C2"/>
+    <s v="Persons 2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="107000"/>
+    <s v="Island More (ED 144 Kilmeena), Co Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C3"/>
+    <s v="Males 2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="107000"/>
+    <s v="Island More (ED 144 Kilmeena), Co Mayo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C4"/>
+    <s v="Females 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="107100"/>
+    <s v="Dernish Island (ED 045 Cliffony South), Co Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C1"/>
+    <s v="Persons 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="107100"/>
+    <s v="Dernish Island (ED 045 Cliffony South), Co Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C2"/>
+    <s v="Persons 2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="107100"/>
+    <s v="Dernish Island (ED 045 Cliffony South), Co Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C3"/>
+    <s v="Males 2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="107100"/>
+    <s v="Dernish Island (ED 045 Cliffony South), Co Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C4"/>
+    <s v="Females 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="107200"/>
+    <s v="Inishmulclohy (or Coney Island) (ED 053 Knockaree), Co Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C1"/>
+    <s v="Persons 2002"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="107200"/>
+    <s v="Inishmulclohy (or Coney Island) (ED 053 Knockaree), Co Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C2"/>
+    <s v="Persons 2006"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="107200"/>
+    <s v="Inishmulclohy (or Coney Island) (ED 053 Knockaree), Co Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C3"/>
+    <s v="Males 2006"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="107200"/>
+    <s v="Inishmulclohy (or Coney Island) (ED 053 Knockaree), Co Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0111C4"/>
+    <s v="Females 2006"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+</pivotCacheRecords>
 </file>