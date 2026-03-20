--- v1 (2026-01-31)
+++ v2 (2026-03-20)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra669443577bc4e80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2660d21bae22473187a439ef43a96655.psmdcp" Id="Rdf465b9bd9354a68" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d497aeaf667498c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fa3447fed30e4175a5ad8be4e2b2283d.psmdcp" Id="Ra1f388c2777a4da1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>