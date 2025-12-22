--- v0 (2025-11-05)
+++ v1 (2025-12-22)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2bd9ce280be9482c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d7964bcfce2941edbfede4d3a5507a8f.psmdcp" Id="R0fed67d7ce80498c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2eb874c9baae481c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/170181e2b2954ea7badc66e4e4fe1ad5.psmdcp" Id="Rf7d007d331a94cb6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>C0107</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population Density and Area Size</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/6/2020 11:00:00 AM</x:t>
+    <x:t>06/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Within Legally Defined Boundaries and in Suburbs or Environs.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0107/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2006P1</x:t>
   </x:si>
   <x:si>
     <x:t>Volume 1 - Population Classified by Area</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -1486,1643 +1486,478 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...1591 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="C02800V03369" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="182">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
+        <item x="89"/>
+        <item x="90"/>
+        <item x="91"/>
+        <item x="92"/>
+        <item x="93"/>
+        <item x="94"/>
+        <item x="95"/>
+        <item x="96"/>
+        <item x="97"/>
+        <item x="98"/>
+        <item x="99"/>
+        <item x="100"/>
+        <item x="101"/>
+        <item x="102"/>
+        <item x="103"/>
+        <item x="104"/>
+        <item x="105"/>
+        <item x="106"/>
+        <item x="107"/>
+        <item x="108"/>
+        <item x="109"/>
+        <item x="110"/>
+        <item x="111"/>
+        <item x="112"/>
+        <item x="113"/>
+        <item x="114"/>
+        <item x="115"/>
+        <item x="116"/>
+        <item x="117"/>
+        <item x="118"/>
+        <item x="119"/>
+        <item x="120"/>
+        <item x="121"/>
+        <item x="122"/>
+        <item x="123"/>
+        <item x="124"/>
+        <item x="125"/>
+        <item x="126"/>
+        <item x="127"/>
+        <item x="128"/>
+        <item x="129"/>
+        <item x="130"/>
+        <item x="131"/>
+        <item x="132"/>
+        <item x="133"/>
+        <item x="134"/>
+        <item x="135"/>
+        <item x="136"/>
+        <item x="137"/>
+        <item x="138"/>
+        <item x="139"/>
+        <item x="140"/>
+        <item x="141"/>
+        <item x="142"/>
+        <item x="143"/>
+        <item x="144"/>
+        <item x="145"/>
+        <item x="146"/>
+        <item x="147"/>
+        <item x="148"/>
+        <item x="149"/>
+        <item x="150"/>
+        <item x="151"/>
+        <item x="152"/>
+        <item x="153"/>
+        <item x="154"/>
+        <item x="155"/>
+        <item x="156"/>
+        <item x="157"/>
+        <item x="158"/>
+        <item x="159"/>
+        <item x="160"/>
+        <item x="161"/>
+        <item x="162"/>
+        <item x="163"/>
+        <item x="164"/>
+        <item x="165"/>
+        <item x="166"/>
+        <item x="167"/>
+        <item x="168"/>
+        <item x="169"/>
+        <item x="170"/>
+        <item x="171"/>
+        <item x="172"/>
+        <item x="173"/>
+        <item x="174"/>
+        <item x="175"/>
+        <item x="176"/>
+        <item x="177"/>
+        <item x="178"/>
+        <item x="179"/>
+        <item x="180"/>
+        <item x="181"/>
+      </items>
+    </pivotField>
+    <pivotField name="Towns with a Population of over 1,500" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="182">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
+        <item x="89"/>
+        <item x="90"/>
+        <item x="91"/>
+        <item x="92"/>
+        <item x="93"/>
+        <item x="94"/>
+        <item x="95"/>
+        <item x="96"/>
+        <item x="97"/>
+        <item x="98"/>
+        <item x="99"/>
+        <item x="100"/>
+        <item x="101"/>
+        <item x="102"/>
+        <item x="103"/>
+        <item x="104"/>
+        <item x="105"/>
+        <item x="106"/>
+        <item x="107"/>
+        <item x="108"/>
+        <item x="109"/>
+        <item x="110"/>
+        <item x="111"/>
+        <item x="112"/>
+        <item x="113"/>
+        <item x="114"/>
+        <item x="115"/>
+        <item x="116"/>
+        <item x="117"/>
+        <item x="118"/>
+        <item x="119"/>
+        <item x="120"/>
+        <item x="121"/>
+        <item x="122"/>
+        <item x="123"/>
+        <item x="124"/>
+        <item x="125"/>
+        <item x="126"/>
+        <item x="127"/>
+        <item x="128"/>
+        <item x="129"/>
+        <item x="130"/>
+        <item x="131"/>
+        <item x="132"/>
+        <item x="133"/>
+        <item x="134"/>
+        <item x="135"/>
+        <item x="136"/>
+        <item x="137"/>
+        <item x="138"/>
+        <item x="139"/>
+        <item x="140"/>
+        <item x="141"/>
+        <item x="142"/>
+        <item x="143"/>
+        <item x="144"/>
+        <item x="145"/>
+        <item x="146"/>
+        <item x="147"/>
+        <item x="148"/>
+        <item x="149"/>
+        <item x="150"/>
+        <item x="151"/>
+        <item x="152"/>
+        <item x="153"/>
+        <item x="154"/>
+        <item x="155"/>
+        <item x="156"/>
+        <item x="157"/>
+        <item x="158"/>
+        <item x="159"/>
+        <item x="160"/>
+        <item x="161"/>
+        <item x="162"/>
+        <item x="163"/>
+        <item x="164"/>
+        <item x="165"/>
+        <item x="166"/>
+        <item x="167"/>
+        <item x="168"/>
+        <item x="169"/>
+        <item x="170"/>
+        <item x="171"/>
+        <item x="172"/>
+        <item x="173"/>
+        <item x="174"/>
+        <item x="175"/>
+        <item x="176"/>
+        <item x="177"/>
+        <item x="178"/>
+        <item x="179"/>
+        <item x="180"/>
+        <item x="181"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H1275" totalsRowShown="0">
   <x:autoFilter ref="A1:H1275"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="C02800V03369"/>
     <x:tableColumn id="2" name="Towns with a Population of over 1,500"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="CensusYear"/>
     <x:tableColumn id="5" name="STATISTIC"/>
     <x:tableColumn id="6" name="Statistic Label"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -3391,51 +2226,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/C0107/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -3624,51 +2459,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H1275"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="60.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="13.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.996339" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="49.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="8.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -36806,51 +35641,51 @@
       <x:c r="E1275" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F1275" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G1275" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H1275" s="0">
         <x:v>7.5</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -36867,51 +35702,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H1275" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02800V03369">
       <x:sharedItems count="182">
         <x:s v="-"/>
         <x:s v="100100"/>
         <x:s v="100200"/>
         <x:s v="100300"/>
         <x:s v="100400"/>
         <x:s v="100500"/>
         <x:s v="100600"/>
         <x:s v="100700"/>
         <x:s v="100800"/>
         <x:s v="100900"/>
         <x:s v="101000"/>
         <x:s v="101100"/>
         <x:s v="101200"/>
         <x:s v="101300"/>
         <x:s v="101400"/>
         <x:s v="101500"/>
         <x:s v="101600"/>
         <x:s v="101700"/>
         <x:s v="101800"/>
         <x:s v="101900"/>
         <x:s v="102000"/>
@@ -38127,27 +36962,12768 @@
         <x:n v="3780"/>
         <x:n v="3911"/>
         <x:n v="1021"/>
         <x:n v="1282"/>
         <x:n v="101411"/>
         <x:n v="120179"/>
         <x:n v="933"/>
         <x:n v="18.5"/>
         <x:n v="81865"/>
         <x:n v="98924"/>
         <x:n v="20.8"/>
         <x:n v="1300731"/>
         <x:n v="1369453"/>
         <x:n v="1549902"/>
         <x:n v="1665535"/>
         <x:n v="4793"/>
         <x:n v="4844"/>
         <x:n v="7.5"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="3917203"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="4239848"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="1322266"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="1372912"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="764897"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="853474"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="100100"/>
+    <s v="Dublin and Surburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="1004614"/>
+  </r>
+  <r>
+    <s v="100100"/>
+    <s v="Dublin and Surburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="1045769"/>
+  </r>
+  <r>
+    <s v="100100"/>
+    <s v="Dublin and Surburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="495781"/>
+  </r>
+  <r>
+    <s v="100100"/>
+    <s v="Dublin and Surburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="506211"/>
+  </r>
+  <r>
+    <s v="100100"/>
+    <s v="Dublin and Surburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="508833"/>
+  </r>
+  <r>
+    <s v="100100"/>
+    <s v="Dublin and Surburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="539558"/>
+  </r>
+  <r>
+    <s v="100100"/>
+    <s v="Dublin and Surburbs"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="100200"/>
+    <s v="Other Cities (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="386136"/>
+  </r>
+  <r>
+    <s v="100200"/>
+    <s v="Other Cities (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="403083"/>
+  </r>
+  <r>
+    <s v="100200"/>
+    <s v="Other Cities (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="287511"/>
+  </r>
+  <r>
+    <s v="100200"/>
+    <s v="Other Cities (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="290119"/>
+  </r>
+  <r>
+    <s v="100200"/>
+    <s v="Other Cities (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="98625"/>
+  </r>
+  <r>
+    <s v="100200"/>
+    <s v="Other Cities (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="112964"/>
+  </r>
+  <r>
+    <s v="100200"/>
+    <s v="Other Cities (1)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="100300"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="186239"/>
+  </r>
+  <r>
+    <s v="100300"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="190384"/>
+  </r>
+  <r>
+    <s v="100300"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="123062"/>
+  </r>
+  <r>
+    <s v="100300"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="119418"/>
+  </r>
+  <r>
+    <s v="100300"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="63177"/>
+  </r>
+  <r>
+    <s v="100300"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="70966"/>
+  </r>
+  <r>
+    <s v="100300"/>
+    <s v="Cork City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="100400"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="86998"/>
+  </r>
+  <r>
+    <s v="100400"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="90757"/>
+  </r>
+  <r>
+    <s v="100400"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="54023"/>
+  </r>
+  <r>
+    <s v="100400"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="52539"/>
+  </r>
+  <r>
+    <s v="100400"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="32975"/>
+  </r>
+  <r>
+    <s v="100400"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="38218"/>
+  </r>
+  <r>
+    <s v="100400"/>
+    <s v="Limerick City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="100500"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="66163"/>
+  </r>
+  <r>
+    <s v="100500"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="72729"/>
+  </r>
+  <r>
+    <s v="100500"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="65832"/>
+  </r>
+  <r>
+    <s v="100500"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="72414"/>
+  </r>
+  <r>
+    <s v="100500"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="331"/>
+  </r>
+  <r>
+    <s v="100500"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="100500"/>
+    <s v="Galway City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="9.9"/>
+  </r>
+  <r>
+    <s v="100600"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="46736"/>
+  </r>
+  <r>
+    <s v="100600"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="49213"/>
+  </r>
+  <r>
+    <s v="100600"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="44594"/>
+  </r>
+  <r>
+    <s v="100600"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="45748"/>
+  </r>
+  <r>
+    <s v="100600"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="2142"/>
+  </r>
+  <r>
+    <s v="100600"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="3465"/>
+  </r>
+  <r>
+    <s v="100600"/>
+    <s v="Waterford City"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="551863"/>
+  </r>
+  <r>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="615925"/>
+  </r>
+  <r>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="360419"/>
+  </r>
+  <r>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="386027"/>
+  </r>
+  <r>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="113085"/>
+  </r>
+  <r>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="140151"/>
+  </r>
+  <r>
+    <s v="100700"/>
+    <s v="Towns 10,000 population and over"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="11.6"/>
+  </r>
+  <r>
+    <s v="100800"/>
+    <s v="Drogheda"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="31020"/>
+  </r>
+  <r>
+    <s v="100800"/>
+    <s v="Drogheda"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="35090"/>
+  </r>
+  <r>
+    <s v="100800"/>
+    <s v="Drogheda"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="28333"/>
+  </r>
+  <r>
+    <s v="100800"/>
+    <s v="Drogheda"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="28973"/>
+  </r>
+  <r>
+    <s v="100800"/>
+    <s v="Drogheda"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="2687"/>
+  </r>
+  <r>
+    <s v="100800"/>
+    <s v="Drogheda"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="6117"/>
+  </r>
+  <r>
+    <s v="100800"/>
+    <s v="Drogheda"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="13.1"/>
+  </r>
+  <r>
+    <s v="100900"/>
+    <s v="Dundalk"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="32505"/>
+  </r>
+  <r>
+    <s v="100900"/>
+    <s v="Dundalk"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="35085"/>
+  </r>
+  <r>
+    <s v="100900"/>
+    <s v="Dundalk"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="27385"/>
+  </r>
+  <r>
+    <s v="100900"/>
+    <s v="Dundalk"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="29037"/>
+  </r>
+  <r>
+    <s v="100900"/>
+    <s v="Dundalk"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="5120"/>
+  </r>
+  <r>
+    <s v="100900"/>
+    <s v="Dundalk"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="6048"/>
+  </r>
+  <r>
+    <s v="100900"/>
+    <s v="Dundalk"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="7.9"/>
+  </r>
+  <r>
+    <s v="101000"/>
+    <s v="Swords"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="27175"/>
+  </r>
+  <r>
+    <s v="101000"/>
+    <s v="Swords"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="33998"/>
+  </r>
+  <r>
+    <s v="101000"/>
+    <s v="Swords"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="101000"/>
+    <s v="Swords"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="101000"/>
+    <s v="Swords"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="101000"/>
+    <s v="Swords"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="101000"/>
+    <s v="Swords"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="25.1"/>
+  </r>
+  <r>
+    <s v="101100"/>
+    <s v="Bray"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="30951"/>
+  </r>
+  <r>
+    <s v="101100"/>
+    <s v="Bray"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="31901"/>
+  </r>
+  <r>
+    <s v="101100"/>
+    <s v="Bray"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="26244"/>
+  </r>
+  <r>
+    <s v="101100"/>
+    <s v="Bray"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="27041"/>
+  </r>
+  <r>
+    <s v="101100"/>
+    <s v="Bray"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="4707"/>
+  </r>
+  <r>
+    <s v="101100"/>
+    <s v="Bray"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="4860"/>
+  </r>
+  <r>
+    <s v="101100"/>
+    <s v="Bray"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="101200"/>
+    <s v="Navan (An Uaimh)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="19417"/>
+  </r>
+  <r>
+    <s v="101200"/>
+    <s v="Navan (An Uaimh)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="24851"/>
+  </r>
+  <r>
+    <s v="101200"/>
+    <s v="Navan (An Uaimh)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="3406"/>
+  </r>
+  <r>
+    <s v="101200"/>
+    <s v="Navan (An Uaimh)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="3710"/>
+  </r>
+  <r>
+    <s v="101200"/>
+    <s v="Navan (An Uaimh)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="16011"/>
+  </r>
+  <r>
+    <s v="101200"/>
+    <s v="Navan (An Uaimh)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="21141"/>
+  </r>
+  <r>
+    <s v="101200"/>
+    <s v="Navan (An Uaimh)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="101300"/>
+    <s v="Ennis"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="22051"/>
+  </r>
+  <r>
+    <s v="101300"/>
+    <s v="Ennis"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="24253"/>
+  </r>
+  <r>
+    <s v="101300"/>
+    <s v="Ennis"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="18830"/>
+  </r>
+  <r>
+    <s v="101300"/>
+    <s v="Ennis"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="20142"/>
+  </r>
+  <r>
+    <s v="101300"/>
+    <s v="Ennis"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="3221"/>
+  </r>
+  <r>
+    <s v="101300"/>
+    <s v="Ennis"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="4111"/>
+  </r>
+  <r>
+    <s v="101300"/>
+    <s v="Ennis"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="101400"/>
+    <s v="Tralee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="21987"/>
+  </r>
+  <r>
+    <s v="101400"/>
+    <s v="Tralee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="22744"/>
+  </r>
+  <r>
+    <s v="101400"/>
+    <s v="Tralee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="20375"/>
+  </r>
+  <r>
+    <s v="101400"/>
+    <s v="Tralee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="20288"/>
+  </r>
+  <r>
+    <s v="101400"/>
+    <s v="Tralee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="1612"/>
+  </r>
+  <r>
+    <s v="101400"/>
+    <s v="Tralee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="2456"/>
+  </r>
+  <r>
+    <s v="101400"/>
+    <s v="Tralee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="101500"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="20735"/>
+  </r>
+  <r>
+    <s v="101500"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="22179"/>
+  </r>
+  <r>
+    <s v="101500"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="8591"/>
+  </r>
+  <r>
+    <s v="101500"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="8661"/>
+  </r>
+  <r>
+    <s v="101500"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="12144"/>
+  </r>
+  <r>
+    <s v="101500"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="13518"/>
+  </r>
+  <r>
+    <s v="101500"/>
+    <s v="Kilkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="101600"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="18487"/>
+  </r>
+  <r>
+    <s v="101600"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="20724"/>
+  </r>
+  <r>
+    <s v="101600"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="13218"/>
+  </r>
+  <r>
+    <s v="101600"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="13623"/>
+  </r>
+  <r>
+    <s v="101600"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="5269"/>
+  </r>
+  <r>
+    <s v="101600"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="7101"/>
+  </r>
+  <r>
+    <s v="101600"/>
+    <s v="Carlow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="12.1"/>
+  </r>
+  <r>
+    <s v="101700"/>
+    <s v="Naas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="18288"/>
+  </r>
+  <r>
+    <s v="101700"/>
+    <s v="Naas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="20044"/>
+  </r>
+  <r>
+    <s v="101700"/>
+    <s v="Naas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="18288"/>
+  </r>
+  <r>
+    <s v="101700"/>
+    <s v="Naas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="20044"/>
+  </r>
+  <r>
+    <s v="101700"/>
+    <s v="Naas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="101700"/>
+    <s v="Naas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="101700"/>
+    <s v="Naas"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="9.6"/>
+  </r>
+  <r>
+    <s v="101800"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="19735"/>
+  </r>
+  <r>
+    <s v="101800"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="19402"/>
+  </r>
+  <r>
+    <s v="101800"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="18473"/>
+  </r>
+  <r>
+    <s v="101800"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="17892"/>
+  </r>
+  <r>
+    <s v="101800"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="1262"/>
+  </r>
+  <r>
+    <s v="101800"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="1510"/>
+  </r>
+  <r>
+    <s v="101800"/>
+    <s v="Sligo"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="-1.7"/>
+  </r>
+  <r>
+    <s v="101900"/>
+    <s v="Droichead Nua"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="16739"/>
+  </r>
+  <r>
+    <s v="101900"/>
+    <s v="Droichead Nua"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="18520"/>
+  </r>
+  <r>
+    <s v="101900"/>
+    <s v="Droichead Nua"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="15749"/>
+  </r>
+  <r>
+    <s v="101900"/>
+    <s v="Droichead Nua"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="17042"/>
+  </r>
+  <r>
+    <s v="101900"/>
+    <s v="Droichead Nua"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="990"/>
+  </r>
+  <r>
+    <s v="101900"/>
+    <s v="Droichead Nua"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="1478"/>
+  </r>
+  <r>
+    <s v="101900"/>
+    <s v="Droichead Nua"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="10.6"/>
+  </r>
+  <r>
+    <s v="102000"/>
+    <s v="Mullingar"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="15621"/>
+  </r>
+  <r>
+    <s v="102000"/>
+    <s v="Mullingar"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="18416"/>
+  </r>
+  <r>
+    <s v="102000"/>
+    <s v="Mullingar"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="8824"/>
+  </r>
+  <r>
+    <s v="102000"/>
+    <s v="Mullingar"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="8940"/>
+  </r>
+  <r>
+    <s v="102000"/>
+    <s v="Mullingar"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="6797"/>
+  </r>
+  <r>
+    <s v="102000"/>
+    <s v="Mullingar"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="9476"/>
+  </r>
+  <r>
+    <s v="102000"/>
+    <s v="Mullingar"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="17.9"/>
+  </r>
+  <r>
+    <s v="102100"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="17235"/>
+  </r>
+  <r>
+    <s v="102100"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="18163"/>
+  </r>
+  <r>
+    <s v="102100"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="9449"/>
+  </r>
+  <r>
+    <s v="102100"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="8854"/>
+  </r>
+  <r>
+    <s v="102100"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="7786"/>
+  </r>
+  <r>
+    <s v="102100"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="9309"/>
+  </r>
+  <r>
+    <s v="102100"/>
+    <s v="Wexford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="102200"/>
+    <s v="Letterkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="15231"/>
+  </r>
+  <r>
+    <s v="102200"/>
+    <s v="Letterkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="17586"/>
+  </r>
+  <r>
+    <s v="102200"/>
+    <s v="Letterkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="7965"/>
+  </r>
+  <r>
+    <s v="102200"/>
+    <s v="Letterkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="15062"/>
+  </r>
+  <r>
+    <s v="102200"/>
+    <s v="Letterkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="7266"/>
+  </r>
+  <r>
+    <s v="102200"/>
+    <s v="Letterkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="2524"/>
+  </r>
+  <r>
+    <s v="102200"/>
+    <s v="Letterkenny"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="15.5"/>
+  </r>
+  <r>
+    <s v="102300"/>
+    <s v="Athlone"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="15936"/>
+  </r>
+  <r>
+    <s v="102300"/>
+    <s v="Athlone"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="17544"/>
+  </r>
+  <r>
+    <s v="102300"/>
+    <s v="Athlone"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="7354"/>
+  </r>
+  <r>
+    <s v="102300"/>
+    <s v="Athlone"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="14347"/>
+  </r>
+  <r>
+    <s v="102300"/>
+    <s v="Athlone"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="8582"/>
+  </r>
+  <r>
+    <s v="102300"/>
+    <s v="Athlone"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="3197"/>
+  </r>
+  <r>
+    <s v="102300"/>
+    <s v="Athlone"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="10.1"/>
+  </r>
+  <r>
+    <s v="102400"/>
+    <s v="Celbridge"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="16016"/>
+  </r>
+  <r>
+    <s v="102400"/>
+    <s v="Celbridge"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="17262"/>
+  </r>
+  <r>
+    <s v="102400"/>
+    <s v="Celbridge"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="102400"/>
+    <s v="Celbridge"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="102400"/>
+    <s v="Celbridge"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="102400"/>
+    <s v="Celbridge"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="102400"/>
+    <s v="Celbridge"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="7.8"/>
+  </r>
+  <r>
+    <s v="102500"/>
+    <s v="Clonmel"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="16910"/>
+  </r>
+  <r>
+    <s v="102500"/>
+    <s v="Clonmel"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="17008"/>
+  </r>
+  <r>
+    <s v="102500"/>
+    <s v="Clonmel"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="15739"/>
+  </r>
+  <r>
+    <s v="102500"/>
+    <s v="Clonmel"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="15482"/>
+  </r>
+  <r>
+    <s v="102500"/>
+    <s v="Clonmel"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="1171"/>
+  </r>
+  <r>
+    <s v="102500"/>
+    <s v="Clonmel"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="1526"/>
+  </r>
+  <r>
+    <s v="102500"/>
+    <s v="Clonmel"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="102600"/>
+    <s v="Balbriggan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="10294"/>
+  </r>
+  <r>
+    <s v="102600"/>
+    <s v="Balbriggan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="15559"/>
+  </r>
+  <r>
+    <s v="102600"/>
+    <s v="Balbriggan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="6631"/>
+  </r>
+  <r>
+    <s v="102600"/>
+    <s v="Balbriggan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="6731"/>
+  </r>
+  <r>
+    <s v="102600"/>
+    <s v="Balbriggan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="3663"/>
+  </r>
+  <r>
+    <s v="102600"/>
+    <s v="Balbriggan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="8828"/>
+  </r>
+  <r>
+    <s v="102600"/>
+    <s v="Balbriggan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="51.1"/>
+  </r>
+  <r>
+    <s v="102700"/>
+    <s v="Malahide"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="13826"/>
+  </r>
+  <r>
+    <s v="102700"/>
+    <s v="Malahide"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="14937"/>
+  </r>
+  <r>
+    <s v="102700"/>
+    <s v="Malahide"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="102700"/>
+    <s v="Malahide"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="102700"/>
+    <s v="Malahide"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="102700"/>
+    <s v="Malahide"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="102700"/>
+    <s v="Malahide"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="102800"/>
+    <s v="Leixlip"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="15016"/>
+  </r>
+  <r>
+    <s v="102800"/>
+    <s v="Leixlip"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="14676"/>
+  </r>
+  <r>
+    <s v="102800"/>
+    <s v="Leixlip"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="15016"/>
+  </r>
+  <r>
+    <s v="102800"/>
+    <s v="Leixlip"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="14676"/>
+  </r>
+  <r>
+    <s v="102800"/>
+    <s v="Leixlip"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="102800"/>
+    <s v="Leixlip"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="102800"/>
+    <s v="Leixlip"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="-2.3"/>
+  </r>
+  <r>
+    <s v="102900"/>
+    <s v="Portlaoighise"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="12127"/>
+  </r>
+  <r>
+    <s v="102900"/>
+    <s v="Portlaoighise"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="14613"/>
+  </r>
+  <r>
+    <s v="102900"/>
+    <s v="Portlaoighise"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="3482"/>
+  </r>
+  <r>
+    <s v="102900"/>
+    <s v="Portlaoighise"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="3281"/>
+  </r>
+  <r>
+    <s v="102900"/>
+    <s v="Portlaoighise"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="8645"/>
+  </r>
+  <r>
+    <s v="102900"/>
+    <s v="Portlaoighise"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="11332"/>
+  </r>
+  <r>
+    <s v="102900"/>
+    <s v="Portlaoighise"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="20.5"/>
+  </r>
+  <r>
+    <s v="103000"/>
+    <s v="Killarney"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="13137"/>
+  </r>
+  <r>
+    <s v="103000"/>
+    <s v="Killarney"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="14603"/>
+  </r>
+  <r>
+    <s v="103000"/>
+    <s v="Killarney"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="12087"/>
+  </r>
+  <r>
+    <s v="103000"/>
+    <s v="Killarney"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="13497"/>
+  </r>
+  <r>
+    <s v="103000"/>
+    <s v="Killarney"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="1050"/>
+  </r>
+  <r>
+    <s v="103000"/>
+    <s v="Killarney"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="1106"/>
+  </r>
+  <r>
+    <s v="103000"/>
+    <s v="Killarney"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="11.2"/>
+  </r>
+  <r>
+    <s v="103100"/>
+    <s v="Greystones"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="11913"/>
+  </r>
+  <r>
+    <s v="103100"/>
+    <s v="Greystones"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="14569"/>
+  </r>
+  <r>
+    <s v="103100"/>
+    <s v="Greystones"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="10303"/>
+  </r>
+  <r>
+    <s v="103100"/>
+    <s v="Greystones"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="10112"/>
+  </r>
+  <r>
+    <s v="103100"/>
+    <s v="Greystones"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="1610"/>
+  </r>
+  <r>
+    <s v="103100"/>
+    <s v="Greystones"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="4457"/>
+  </r>
+  <r>
+    <s v="103100"/>
+    <s v="Greystones"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="22.3"/>
+  </r>
+  <r>
+    <s v="103200"/>
+    <s v="Tullamore"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="11098"/>
+  </r>
+  <r>
+    <s v="103200"/>
+    <s v="Tullamore"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="12927"/>
+  </r>
+  <r>
+    <s v="103200"/>
+    <s v="Tullamore"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="10270"/>
+  </r>
+  <r>
+    <s v="103200"/>
+    <s v="Tullamore"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="10900"/>
+  </r>
+  <r>
+    <s v="103200"/>
+    <s v="Tullamore"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="828"/>
+  </r>
+  <r>
+    <s v="103200"/>
+    <s v="Tullamore"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="2027"/>
+  </r>
+  <r>
+    <s v="103200"/>
+    <s v="Tullamore"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="16.5"/>
+  </r>
+  <r>
+    <s v="103300"/>
+    <s v="Carrigaline"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="11191"/>
+  </r>
+  <r>
+    <s v="103300"/>
+    <s v="Carrigaline"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="12835"/>
+  </r>
+  <r>
+    <s v="103300"/>
+    <s v="Carrigaline"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="103300"/>
+    <s v="Carrigaline"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="103300"/>
+    <s v="Carrigaline"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="103300"/>
+    <s v="Carrigaline"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="103300"/>
+    <s v="Carrigaline"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="14.7"/>
+  </r>
+  <r>
+    <s v="103400"/>
+    <s v="Castlebar"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="11371"/>
+  </r>
+  <r>
+    <s v="103400"/>
+    <s v="Castlebar"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="11891"/>
+  </r>
+  <r>
+    <s v="103400"/>
+    <s v="Castlebar"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="10287"/>
+  </r>
+  <r>
+    <s v="103400"/>
+    <s v="Castlebar"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="10655"/>
+  </r>
+  <r>
+    <s v="103400"/>
+    <s v="Castlebar"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="1084"/>
+  </r>
+  <r>
+    <s v="103400"/>
+    <s v="Castlebar"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="1236"/>
+  </r>
+  <r>
+    <s v="103400"/>
+    <s v="Castlebar"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="103500"/>
+    <s v="Arklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="9993"/>
+  </r>
+  <r>
+    <s v="103500"/>
+    <s v="Arklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="11759"/>
+  </r>
+  <r>
+    <s v="103500"/>
+    <s v="Arklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="9955"/>
+  </r>
+  <r>
+    <s v="103500"/>
+    <s v="Arklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="11712"/>
+  </r>
+  <r>
+    <s v="103500"/>
+    <s v="Arklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="103500"/>
+    <s v="Arklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="103500"/>
+    <s v="Arklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="17.7"/>
+  </r>
+  <r>
+    <s v="103600"/>
+    <s v="Cobh"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="9811"/>
+  </r>
+  <r>
+    <s v="103600"/>
+    <s v="Cobh"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="11303"/>
+  </r>
+  <r>
+    <s v="103600"/>
+    <s v="Cobh"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="6767"/>
+  </r>
+  <r>
+    <s v="103600"/>
+    <s v="Cobh"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="6541"/>
+  </r>
+  <r>
+    <s v="103600"/>
+    <s v="Cobh"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="3044"/>
+  </r>
+  <r>
+    <s v="103600"/>
+    <s v="Cobh"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="4762"/>
+  </r>
+  <r>
+    <s v="103600"/>
+    <s v="Cobh"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="15.2"/>
+  </r>
+  <r>
+    <s v="103700"/>
+    <s v="Maynooth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="10151"/>
+  </r>
+  <r>
+    <s v="103700"/>
+    <s v="Maynooth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="10715"/>
+  </r>
+  <r>
+    <s v="103700"/>
+    <s v="Maynooth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="103700"/>
+    <s v="Maynooth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="103700"/>
+    <s v="Maynooth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="103700"/>
+    <s v="Maynooth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="103700"/>
+    <s v="Maynooth"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="103800"/>
+    <s v="Ballina"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="9647"/>
+  </r>
+  <r>
+    <s v="103800"/>
+    <s v="Ballina"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="10409"/>
+  </r>
+  <r>
+    <s v="103800"/>
+    <s v="Ballina"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="9478"/>
+  </r>
+  <r>
+    <s v="103800"/>
+    <s v="Ballina"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="10056"/>
+  </r>
+  <r>
+    <s v="103800"/>
+    <s v="Ballina"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="103800"/>
+    <s v="Ballina"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="353"/>
+  </r>
+  <r>
+    <s v="103800"/>
+    <s v="Ballina"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="7.9"/>
+  </r>
+  <r>
+    <s v="103900"/>
+    <s v="Mallow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="8937"/>
+  </r>
+  <r>
+    <s v="103900"/>
+    <s v="Mallow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="10241"/>
+  </r>
+  <r>
+    <s v="103900"/>
+    <s v="Mallow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="7091"/>
+  </r>
+  <r>
+    <s v="103900"/>
+    <s v="Mallow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="7864"/>
+  </r>
+  <r>
+    <s v="103900"/>
+    <s v="Mallow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="1846"/>
+  </r>
+  <r>
+    <s v="103900"/>
+    <s v="Mallow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="2377"/>
+  </r>
+  <r>
+    <s v="103900"/>
+    <s v="Mallow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="14.6"/>
+  </r>
+  <r>
+    <s v="104000"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="9355"/>
+  </r>
+  <r>
+    <s v="104000"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="10070"/>
+  </r>
+  <r>
+    <s v="104000"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="7031"/>
+  </r>
+  <r>
+    <s v="104000"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="6930"/>
+  </r>
+  <r>
+    <s v="104000"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="2324"/>
+  </r>
+  <r>
+    <s v="104000"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="3140"/>
+  </r>
+  <r>
+    <s v="104000"/>
+    <s v="Wicklow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="104100"/>
+    <s v="Midleton"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="7957"/>
+  </r>
+  <r>
+    <s v="104100"/>
+    <s v="Midleton"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="10048"/>
+  </r>
+  <r>
+    <s v="104100"/>
+    <s v="Midleton"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="3798"/>
+  </r>
+  <r>
+    <s v="104100"/>
+    <s v="Midleton"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="3934"/>
+  </r>
+  <r>
+    <s v="104100"/>
+    <s v="Midleton"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="4159"/>
+  </r>
+  <r>
+    <s v="104100"/>
+    <s v="Midleton"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="6114"/>
+  </r>
+  <r>
+    <s v="104100"/>
+    <s v="Midleton"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="26.3"/>
+  </r>
+  <r>
+    <s v="104200"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="228629"/>
+  </r>
+  <r>
+    <s v="104200"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="272713"/>
+  </r>
+  <r>
+    <s v="104200"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="124255"/>
+  </r>
+  <r>
+    <s v="104200"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="133287"/>
+  </r>
+  <r>
+    <s v="104200"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="34453"/>
+  </r>
+  <r>
+    <s v="104200"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="47766"/>
+  </r>
+  <r>
+    <s v="104200"/>
+    <s v="Towns 5,000 - 9,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="19.3"/>
+  </r>
+  <r>
+    <s v="104300"/>
+    <s v="Tramore"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="8305"/>
+  </r>
+  <r>
+    <s v="104300"/>
+    <s v="Tramore"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="9634"/>
+  </r>
+  <r>
+    <s v="104300"/>
+    <s v="Tramore"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="8115"/>
+  </r>
+  <r>
+    <s v="104300"/>
+    <s v="Tramore"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="9192"/>
+  </r>
+  <r>
+    <s v="104300"/>
+    <s v="Tramore"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="104300"/>
+    <s v="Tramore"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="442"/>
+  </r>
+  <r>
+    <s v="104300"/>
+    <s v="Tramore"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="104400"/>
+    <s v="Enniscorthy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="8964"/>
+  </r>
+  <r>
+    <s v="104400"/>
+    <s v="Enniscorthy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="9538"/>
+  </r>
+  <r>
+    <s v="104400"/>
+    <s v="Enniscorthy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="3764"/>
+  </r>
+  <r>
+    <s v="104400"/>
+    <s v="Enniscorthy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="3241"/>
+  </r>
+  <r>
+    <s v="104400"/>
+    <s v="Enniscorthy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="5200"/>
+  </r>
+  <r>
+    <s v="104400"/>
+    <s v="Enniscorthy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="6297"/>
+  </r>
+  <r>
+    <s v="104400"/>
+    <s v="Enniscorthy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="104500"/>
+    <s v="Skerries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="9149"/>
+  </r>
+  <r>
+    <s v="104500"/>
+    <s v="Skerries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="9535"/>
+  </r>
+  <r>
+    <s v="104500"/>
+    <s v="Skerries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="104500"/>
+    <s v="Skerries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="104500"/>
+    <s v="Skerries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="104500"/>
+    <s v="Skerries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="104500"/>
+    <s v="Skerries"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="104600"/>
+    <s v="Shannon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="8561"/>
+  </r>
+  <r>
+    <s v="104600"/>
+    <s v="Shannon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="9222"/>
+  </r>
+  <r>
+    <s v="104600"/>
+    <s v="Shannon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="8228"/>
+  </r>
+  <r>
+    <s v="104600"/>
+    <s v="Shannon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="8481"/>
+  </r>
+  <r>
+    <s v="104600"/>
+    <s v="Shannon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="333"/>
+  </r>
+  <r>
+    <s v="104600"/>
+    <s v="Shannon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="741"/>
+  </r>
+  <r>
+    <s v="104600"/>
+    <s v="Shannon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="104700"/>
+    <s v="Portmarnock"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="8376"/>
+  </r>
+  <r>
+    <s v="104700"/>
+    <s v="Portmarnock"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="8979"/>
+  </r>
+  <r>
+    <s v="104700"/>
+    <s v="Portmarnock"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="104700"/>
+    <s v="Portmarnock"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="104700"/>
+    <s v="Portmarnock"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="104700"/>
+    <s v="Portmarnock"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="104700"/>
+    <s v="Portmarnock"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="104800"/>
+    <s v="Laytown-Bettystown-Mornington"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="5597"/>
+  </r>
+  <r>
+    <s v="104800"/>
+    <s v="Laytown-Bettystown-Mornington"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="8978"/>
+  </r>
+  <r>
+    <s v="104800"/>
+    <s v="Laytown-Bettystown-Mornington"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="104800"/>
+    <s v="Laytown-Bettystown-Mornington"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="104800"/>
+    <s v="Laytown-Bettystown-Mornington"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="104800"/>
+    <s v="Laytown-Bettystown-Mornington"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="104800"/>
+    <s v="Laytown-Bettystown-Mornington"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="60.4"/>
+  </r>
+  <r>
+    <s v="104900"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="7557"/>
+  </r>
+  <r>
+    <s v="104900"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="8836"/>
+  </r>
+  <r>
+    <s v="104900"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="6831"/>
+  </r>
+  <r>
+    <s v="104900"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="7622"/>
+  </r>
+  <r>
+    <s v="104900"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="726"/>
+  </r>
+  <r>
+    <s v="104900"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="1214"/>
+  </r>
+  <r>
+    <s v="104900"/>
+    <s v="Longford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="16.9"/>
+  </r>
+  <r>
+    <s v="105000"/>
+    <s v="Ashbourne"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="6362"/>
+  </r>
+  <r>
+    <s v="105000"/>
+    <s v="Ashbourne"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="8528"/>
+  </r>
+  <r>
+    <s v="105000"/>
+    <s v="Ashbourne"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="105000"/>
+    <s v="Ashbourne"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="105000"/>
+    <s v="Ashbourne"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="105000"/>
+    <s v="Ashbourne"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="105000"/>
+    <s v="Ashbourne"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="105100"/>
+    <s v="Dungarvan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="7452"/>
+  </r>
+  <r>
+    <s v="105100"/>
+    <s v="Dungarvan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="8362"/>
+  </r>
+  <r>
+    <s v="105100"/>
+    <s v="Dungarvan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="7220"/>
+  </r>
+  <r>
+    <s v="105100"/>
+    <s v="Dungarvan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="7813"/>
+  </r>
+  <r>
+    <s v="105100"/>
+    <s v="Dungarvan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="105100"/>
+    <s v="Dungarvan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="549"/>
+  </r>
+  <r>
+    <s v="105100"/>
+    <s v="Dungarvan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="12.2"/>
+  </r>
+  <r>
+    <s v="105200"/>
+    <s v="Rush"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="6769"/>
+  </r>
+  <r>
+    <s v="105200"/>
+    <s v="Rush"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="8286"/>
+  </r>
+  <r>
+    <s v="105200"/>
+    <s v="Rush"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="105200"/>
+    <s v="Rush"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="105200"/>
+    <s v="Rush"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="105200"/>
+    <s v="Rush"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="105200"/>
+    <s v="Rush"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="22.4"/>
+  </r>
+  <r>
+    <s v="105300"/>
+    <s v="Athy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="6049"/>
+  </r>
+  <r>
+    <s v="105300"/>
+    <s v="Athy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="8218"/>
+  </r>
+  <r>
+    <s v="105300"/>
+    <s v="Athy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="6049"/>
+  </r>
+  <r>
+    <s v="105300"/>
+    <s v="Athy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="7943"/>
+  </r>
+  <r>
+    <s v="105300"/>
+    <s v="Athy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="105300"/>
+    <s v="Athy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="105300"/>
+    <s v="Athy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="35.9"/>
+  </r>
+  <r>
+    <s v="105400"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="6098"/>
+  </r>
+  <r>
+    <s v="105400"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="7883"/>
+  </r>
+  <r>
+    <s v="105400"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="3538"/>
+  </r>
+  <r>
+    <s v="105400"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="3934"/>
+  </r>
+  <r>
+    <s v="105400"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="2560"/>
+  </r>
+  <r>
+    <s v="105400"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="3949"/>
+  </r>
+  <r>
+    <s v="105400"/>
+    <s v="Cavan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="29.3"/>
+  </r>
+  <r>
+    <s v="105500"/>
+    <s v="Nenagh"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="6454"/>
+  </r>
+  <r>
+    <s v="105500"/>
+    <s v="Nenagh"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="7751"/>
+  </r>
+  <r>
+    <s v="105500"/>
+    <s v="Nenagh"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="6121"/>
+  </r>
+  <r>
+    <s v="105500"/>
+    <s v="Nenagh"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="7415"/>
+  </r>
+  <r>
+    <s v="105500"/>
+    <s v="Nenagh"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="333"/>
+  </r>
+  <r>
+    <s v="105500"/>
+    <s v="Nenagh"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="336"/>
+  </r>
+  <r>
+    <s v="105500"/>
+    <s v="Nenagh"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="20.1"/>
+  </r>
+  <r>
+    <s v="105600"/>
+    <s v="New Ross"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="6537"/>
+  </r>
+  <r>
+    <s v="105600"/>
+    <s v="New Ross"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="7709"/>
+  </r>
+  <r>
+    <s v="105600"/>
+    <s v="New Ross"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="4810"/>
+  </r>
+  <r>
+    <s v="105600"/>
+    <s v="New Ross"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="4677"/>
+  </r>
+  <r>
+    <s v="105600"/>
+    <s v="New Ross"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="1727"/>
+  </r>
+  <r>
+    <s v="105600"/>
+    <s v="New Ross"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="3032"/>
+  </r>
+  <r>
+    <s v="105600"/>
+    <s v="New Ross"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="17.9"/>
+  </r>
+  <r>
+    <s v="105700"/>
+    <s v="Thurles"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="7425"/>
+  </r>
+  <r>
+    <s v="105700"/>
+    <s v="Thurles"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="7682"/>
+  </r>
+  <r>
+    <s v="105700"/>
+    <s v="Thurles"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="6852"/>
+  </r>
+  <r>
+    <s v="105700"/>
+    <s v="Thurles"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="6831"/>
+  </r>
+  <r>
+    <s v="105700"/>
+    <s v="Thurles"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="573"/>
+  </r>
+  <r>
+    <s v="105700"/>
+    <s v="Thurles"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="851"/>
+  </r>
+  <r>
+    <s v="105700"/>
+    <s v="Thurles"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="105800"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="5694"/>
+  </r>
+  <r>
+    <s v="105800"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="7538"/>
+  </r>
+  <r>
+    <s v="105800"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="105800"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="105800"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="105800"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="105800"/>
+    <s v="Kildare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="32.4"/>
+  </r>
+  <r>
+    <s v="105900"/>
+    <s v="Ratoath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="3794"/>
+  </r>
+  <r>
+    <s v="105900"/>
+    <s v="Ratoath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="7249"/>
+  </r>
+  <r>
+    <s v="105900"/>
+    <s v="Ratoath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="105900"/>
+    <s v="Ratoath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="105900"/>
+    <s v="Ratoath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="105900"/>
+    <s v="Ratoath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="105900"/>
+    <s v="Ratoath"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="91.1"/>
+  </r>
+  <r>
+    <s v="106000"/>
+    <s v="Gorey"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="5282"/>
+  </r>
+  <r>
+    <s v="106000"/>
+    <s v="Gorey"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="7193"/>
+  </r>
+  <r>
+    <s v="106000"/>
+    <s v="Gorey"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="3090"/>
+  </r>
+  <r>
+    <s v="106000"/>
+    <s v="Gorey"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="3479"/>
+  </r>
+  <r>
+    <s v="106000"/>
+    <s v="Gorey"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="2192"/>
+  </r>
+  <r>
+    <s v="106000"/>
+    <s v="Gorey"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="3714"/>
+  </r>
+  <r>
+    <s v="106000"/>
+    <s v="Gorey"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="36.2"/>
+  </r>
+  <r>
+    <s v="106100"/>
+    <s v="Tuam"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="5947"/>
+  </r>
+  <r>
+    <s v="106100"/>
+    <s v="Tuam"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="6885"/>
+  </r>
+  <r>
+    <s v="106100"/>
+    <s v="Tuam"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="3104"/>
+  </r>
+  <r>
+    <s v="106100"/>
+    <s v="Tuam"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="2997"/>
+  </r>
+  <r>
+    <s v="106100"/>
+    <s v="Tuam"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="2843"/>
+  </r>
+  <r>
+    <s v="106100"/>
+    <s v="Tuam"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="3888"/>
+  </r>
+  <r>
+    <s v="106100"/>
+    <s v="Tuam"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="15.8"/>
+  </r>
+  <r>
+    <s v="106200"/>
+    <s v="Trim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="5894"/>
+  </r>
+  <r>
+    <s v="106200"/>
+    <s v="Trim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="6870"/>
+  </r>
+  <r>
+    <s v="106200"/>
+    <s v="Trim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="1447"/>
+  </r>
+  <r>
+    <s v="106200"/>
+    <s v="Trim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="1375"/>
+  </r>
+  <r>
+    <s v="106200"/>
+    <s v="Trim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="4447"/>
+  </r>
+  <r>
+    <s v="106200"/>
+    <s v="Trim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="5495"/>
+  </r>
+  <r>
+    <s v="106200"/>
+    <s v="Trim"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="16.6"/>
+  </r>
+  <r>
+    <s v="106300"/>
+    <s v="Youghal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="6597"/>
+  </r>
+  <r>
+    <s v="106300"/>
+    <s v="Youghal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="6785"/>
+  </r>
+  <r>
+    <s v="106300"/>
+    <s v="Youghal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="6203"/>
+  </r>
+  <r>
+    <s v="106300"/>
+    <s v="Youghal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="6393"/>
+  </r>
+  <r>
+    <s v="106300"/>
+    <s v="Youghal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="394"/>
+  </r>
+  <r>
+    <s v="106300"/>
+    <s v="Youghal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="392"/>
+  </r>
+  <r>
+    <s v="106300"/>
+    <s v="Youghal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="106400"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="5936"/>
+  </r>
+  <r>
+    <s v="106400"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="6710"/>
+  </r>
+  <r>
+    <s v="106400"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="5717"/>
+  </r>
+  <r>
+    <s v="106400"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="6221"/>
+  </r>
+  <r>
+    <s v="106400"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="106400"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="489"/>
+  </r>
+  <r>
+    <s v="106400"/>
+    <s v="Monaghan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="106500"/>
+    <s v="Ballinasloe"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="6219"/>
+  </r>
+  <r>
+    <s v="106500"/>
+    <s v="Ballinasloe"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="6303"/>
+  </r>
+  <r>
+    <s v="106500"/>
+    <s v="Ballinasloe"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="5984"/>
+  </r>
+  <r>
+    <s v="106500"/>
+    <s v="Ballinasloe"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="6049"/>
+  </r>
+  <r>
+    <s v="106500"/>
+    <s v="Ballinasloe"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="106500"/>
+    <s v="Ballinasloe"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="106500"/>
+    <s v="Ballinasloe"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="1.4"/>
+  </r>
+  <r>
+    <s v="106600"/>
+    <s v="Portarlington"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="4001"/>
+  </r>
+  <r>
+    <s v="106600"/>
+    <s v="Portarlington"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="6004"/>
+  </r>
+  <r>
+    <s v="106600"/>
+    <s v="Portarlington"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="106600"/>
+    <s v="Portarlington"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="106600"/>
+    <s v="Portarlington"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="106600"/>
+    <s v="Portarlington"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="106600"/>
+    <s v="Portarlington"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="50.1"/>
+  </r>
+  <r>
+    <s v="106700"/>
+    <s v="Buncrana"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="5271"/>
+  </r>
+  <r>
+    <s v="106700"/>
+    <s v="Buncrana"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="5911"/>
+  </r>
+  <r>
+    <s v="106700"/>
+    <s v="Buncrana"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="3420"/>
+  </r>
+  <r>
+    <s v="106700"/>
+    <s v="Buncrana"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="3411"/>
+  </r>
+  <r>
+    <s v="106700"/>
+    <s v="Buncrana"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="1851"/>
+  </r>
+  <r>
+    <s v="106700"/>
+    <s v="Buncrana"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="2500"/>
+  </r>
+  <r>
+    <s v="106700"/>
+    <s v="Buncrana"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="12.1"/>
+  </r>
+  <r>
+    <s v="106800"/>
+    <s v="Carrick-on-Suir"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="5586"/>
+  </r>
+  <r>
+    <s v="106800"/>
+    <s v="Carrick-on-Suir"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="5906"/>
+  </r>
+  <r>
+    <s v="106800"/>
+    <s v="Carrick-on-Suir"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="5542"/>
+  </r>
+  <r>
+    <s v="106800"/>
+    <s v="Carrick-on-Suir"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="5856"/>
+  </r>
+  <r>
+    <s v="106800"/>
+    <s v="Carrick-on-Suir"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="106800"/>
+    <s v="Carrick-on-Suir"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="106800"/>
+    <s v="Carrick-on-Suir"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="106900"/>
+    <s v="Edenderry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="4559"/>
+  </r>
+  <r>
+    <s v="106900"/>
+    <s v="Edenderry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="5888"/>
+  </r>
+  <r>
+    <s v="106900"/>
+    <s v="Edenderry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="4216"/>
+  </r>
+  <r>
+    <s v="106900"/>
+    <s v="Edenderry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="5617"/>
+  </r>
+  <r>
+    <s v="106900"/>
+    <s v="Edenderry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="343"/>
+  </r>
+  <r>
+    <s v="106900"/>
+    <s v="Edenderry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="106900"/>
+    <s v="Edenderry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="29.2"/>
+  </r>
+  <r>
+    <s v="107000"/>
+    <s v="Fermoy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="4804"/>
+  </r>
+  <r>
+    <s v="107000"/>
+    <s v="Fermoy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="5873"/>
+  </r>
+  <r>
+    <s v="107000"/>
+    <s v="Fermoy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="2270"/>
+  </r>
+  <r>
+    <s v="107000"/>
+    <s v="Fermoy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="2275"/>
+  </r>
+  <r>
+    <s v="107000"/>
+    <s v="Fermoy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="2534"/>
+  </r>
+  <r>
+    <s v="107000"/>
+    <s v="Fermoy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="3598"/>
+  </r>
+  <r>
+    <s v="107000"/>
+    <s v="Fermoy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="22.3"/>
+  </r>
+  <r>
+    <s v="107100"/>
+    <s v="Bandon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="5161"/>
+  </r>
+  <r>
+    <s v="107100"/>
+    <s v="Bandon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="5822"/>
+  </r>
+  <r>
+    <s v="107100"/>
+    <s v="Bandon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="1578"/>
+  </r>
+  <r>
+    <s v="107100"/>
+    <s v="Bandon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="1721"/>
+  </r>
+  <r>
+    <s v="107100"/>
+    <s v="Bandon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="3583"/>
+  </r>
+  <r>
+    <s v="107100"/>
+    <s v="Bandon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="4101"/>
+  </r>
+  <r>
+    <s v="107100"/>
+    <s v="Bandon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="12.8"/>
+  </r>
+  <r>
+    <s v="107200"/>
+    <s v="Dunboyne"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="5363"/>
+  </r>
+  <r>
+    <s v="107200"/>
+    <s v="Dunboyne"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="5713"/>
+  </r>
+  <r>
+    <s v="107200"/>
+    <s v="Dunboyne"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="107200"/>
+    <s v="Dunboyne"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="107200"/>
+    <s v="Dunboyne"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="107200"/>
+    <s v="Dunboyne"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="107200"/>
+    <s v="Dunboyne"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="107300"/>
+    <s v="Donabate"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="3854"/>
+  </r>
+  <r>
+    <s v="107300"/>
+    <s v="Donabate"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="5499"/>
+  </r>
+  <r>
+    <s v="107300"/>
+    <s v="Donabate"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="107300"/>
+    <s v="Donabate"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="107300"/>
+    <s v="Donabate"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="107300"/>
+    <s v="Donabate"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="107300"/>
+    <s v="Donabate"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="42.7"/>
+  </r>
+  <r>
+    <s v="107400"/>
+    <s v="Westport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="5634"/>
+  </r>
+  <r>
+    <s v="107400"/>
+    <s v="Westport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="5475"/>
+  </r>
+  <r>
+    <s v="107400"/>
+    <s v="Westport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="5314"/>
+  </r>
+  <r>
+    <s v="107400"/>
+    <s v="Westport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="5163"/>
+  </r>
+  <r>
+    <s v="107400"/>
+    <s v="Westport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="320"/>
+  </r>
+  <r>
+    <s v="107400"/>
+    <s v="Westport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="312"/>
+  </r>
+  <r>
+    <s v="107400"/>
+    <s v="Westport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="-2.8"/>
+  </r>
+  <r>
+    <s v="107500"/>
+    <s v="Ceannanus Mór"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="4421"/>
+  </r>
+  <r>
+    <s v="107500"/>
+    <s v="Ceannanus Mór"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="5248"/>
+  </r>
+  <r>
+    <s v="107500"/>
+    <s v="Ceannanus Mór"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="2522"/>
+  </r>
+  <r>
+    <s v="107500"/>
+    <s v="Ceannanus Mór"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="2257"/>
+  </r>
+  <r>
+    <s v="107500"/>
+    <s v="Ceannanus Mór"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="1899"/>
+  </r>
+  <r>
+    <s v="107500"/>
+    <s v="Ceannanus Mór"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="2991"/>
+  </r>
+  <r>
+    <s v="107500"/>
+    <s v="Ceannanus Mór"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="18.7"/>
+  </r>
+  <r>
+    <s v="107600"/>
+    <s v="Lusk"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="2456"/>
+  </r>
+  <r>
+    <s v="107600"/>
+    <s v="Lusk"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="5236"/>
+  </r>
+  <r>
+    <s v="107600"/>
+    <s v="Lusk"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="107600"/>
+    <s v="Lusk"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="107600"/>
+    <s v="Lusk"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="107600"/>
+    <s v="Lusk"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="107600"/>
+    <s v="Lusk"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="113.2"/>
+  </r>
+  <r>
+    <s v="107700"/>
+    <s v="Passage West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="4595"/>
+  </r>
+  <r>
+    <s v="107700"/>
+    <s v="Passage West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="5203"/>
+  </r>
+  <r>
+    <s v="107700"/>
+    <s v="Passage West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="4184"/>
+  </r>
+  <r>
+    <s v="107700"/>
+    <s v="Passage West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="4818"/>
+  </r>
+  <r>
+    <s v="107700"/>
+    <s v="Passage West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="411"/>
+  </r>
+  <r>
+    <s v="107700"/>
+    <s v="Passage West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="385"/>
+  </r>
+  <r>
+    <s v="107700"/>
+    <s v="Passage West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="13.2"/>
+  </r>
+  <r>
+    <s v="107800"/>
+    <s v="Newcastle West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="4017"/>
+  </r>
+  <r>
+    <s v="107800"/>
+    <s v="Newcastle West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="5098"/>
+  </r>
+  <r>
+    <s v="107800"/>
+    <s v="Newcastle West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="107800"/>
+    <s v="Newcastle West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="107800"/>
+    <s v="Newcastle West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="107800"/>
+    <s v="Newcastle West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="107800"/>
+    <s v="Newcastle West"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="26.9"/>
+  </r>
+  <r>
+    <s v="107900"/>
+    <s v="Birr"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="4436"/>
+  </r>
+  <r>
+    <s v="107900"/>
+    <s v="Birr"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="5081"/>
+  </r>
+  <r>
+    <s v="107900"/>
+    <s v="Birr"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="3590"/>
+  </r>
+  <r>
+    <s v="107900"/>
+    <s v="Birr"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="4091"/>
+  </r>
+  <r>
+    <s v="107900"/>
+    <s v="Birr"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="846"/>
+  </r>
+  <r>
+    <s v="107900"/>
+    <s v="Birr"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="990"/>
+  </r>
+  <r>
+    <s v="107900"/>
+    <s v="Birr"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="14.5"/>
+  </r>
+  <r>
+    <s v="108000"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="4964"/>
+  </r>
+  <r>
+    <s v="108000"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="5065"/>
+  </r>
+  <r>
+    <s v="108000"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="4546"/>
+  </r>
+  <r>
+    <s v="108000"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="4415"/>
+  </r>
+  <r>
+    <s v="108000"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="418"/>
+  </r>
+  <r>
+    <s v="108000"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="650"/>
+  </r>
+  <r>
+    <s v="108000"/>
+    <s v="Tipperary"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="108100"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="4489"/>
+  </r>
+  <r>
+    <s v="108100"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="5017"/>
+  </r>
+  <r>
+    <s v="108100"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="108100"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="108100"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="108100"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="108100"/>
+    <s v="Roscommon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="11.8"/>
+  </r>
+  <r>
+    <s v="108200"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="89321"/>
+  </r>
+  <r>
+    <s v="108200"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="108555"/>
+  </r>
+  <r>
+    <s v="108200"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="29033"/>
+  </r>
+  <r>
+    <s v="108200"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="32160"/>
+  </r>
+  <r>
+    <s v="108200"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="6434"/>
+  </r>
+  <r>
+    <s v="108200"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="8099"/>
+  </r>
+  <r>
+    <s v="108200"/>
+    <s v="Towns 3,000 - 4,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="21.5"/>
+  </r>
+  <r>
+    <s v="108300"/>
+    <s v="Clane"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="4417"/>
+  </r>
+  <r>
+    <s v="108300"/>
+    <s v="Clane"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="4968"/>
+  </r>
+  <r>
+    <s v="108300"/>
+    <s v="Clane"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="108300"/>
+    <s v="Clane"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="108300"/>
+    <s v="Clane"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="108300"/>
+    <s v="Clane"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="108300"/>
+    <s v="Clane"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="12.5"/>
+  </r>
+  <r>
+    <s v="108400"/>
+    <s v="Roscrea"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="4578"/>
+  </r>
+  <r>
+    <s v="108400"/>
+    <s v="Roscrea"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="4910"/>
+  </r>
+  <r>
+    <s v="108400"/>
+    <s v="Roscrea"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="108400"/>
+    <s v="Roscrea"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="108400"/>
+    <s v="Roscrea"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="108400"/>
+    <s v="Roscrea"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="108400"/>
+    <s v="Roscrea"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="7.3"/>
+  </r>
+  <r>
+    <s v="108500"/>
+    <s v="Ardee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="3948"/>
+  </r>
+  <r>
+    <s v="108500"/>
+    <s v="Ardee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="4694"/>
+  </r>
+  <r>
+    <s v="108500"/>
+    <s v="Ardee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="3564"/>
+  </r>
+  <r>
+    <s v="108500"/>
+    <s v="Ardee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="4301"/>
+  </r>
+  <r>
+    <s v="108500"/>
+    <s v="Ardee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="384"/>
+  </r>
+  <r>
+    <s v="108500"/>
+    <s v="Ardee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="393"/>
+  </r>
+  <r>
+    <s v="108500"/>
+    <s v="Ardee"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="18.9"/>
+  </r>
+  <r>
+    <s v="108600"/>
+    <s v="Loughrea"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="4004"/>
+  </r>
+  <r>
+    <s v="108600"/>
+    <s v="Loughrea"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="4532"/>
+  </r>
+  <r>
+    <s v="108600"/>
+    <s v="Loughrea"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="4004"/>
+  </r>
+  <r>
+    <s v="108600"/>
+    <s v="Loughrea"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="4532"/>
+  </r>
+  <r>
+    <s v="108600"/>
+    <s v="Loughrea"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="108600"/>
+    <s v="Loughrea"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="108600"/>
+    <s v="Loughrea"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="13.2"/>
+  </r>
+  <r>
+    <s v="108700"/>
+    <s v="Carrickmacross"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="3832"/>
+  </r>
+  <r>
+    <s v="108700"/>
+    <s v="Carrickmacross"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="4387"/>
+  </r>
+  <r>
+    <s v="108700"/>
+    <s v="Carrickmacross"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="1964"/>
+  </r>
+  <r>
+    <s v="108700"/>
+    <s v="Carrickmacross"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="1973"/>
+  </r>
+  <r>
+    <s v="108700"/>
+    <s v="Carrickmacross"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="1868"/>
+  </r>
+  <r>
+    <s v="108700"/>
+    <s v="Carrickmacross"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="2414"/>
+  </r>
+  <r>
+    <s v="108700"/>
+    <s v="Carrickmacross"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="14.5"/>
+  </r>
+  <r>
+    <s v="108800"/>
+    <s v="Listowel"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="3999"/>
+  </r>
+  <r>
+    <s v="108800"/>
+    <s v="Listowel"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="4338"/>
+  </r>
+  <r>
+    <s v="108800"/>
+    <s v="Listowel"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="3589"/>
+  </r>
+  <r>
+    <s v="108800"/>
+    <s v="Listowel"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="3901"/>
+  </r>
+  <r>
+    <s v="108800"/>
+    <s v="Listowel"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="410"/>
+  </r>
+  <r>
+    <s v="108800"/>
+    <s v="Listowel"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="437"/>
+  </r>
+  <r>
+    <s v="108800"/>
+    <s v="Listowel"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="108900"/>
+    <s v="Ballybofey-Stranorlar"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="3603"/>
+  </r>
+  <r>
+    <s v="108900"/>
+    <s v="Ballybofey-Stranorlar"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="4176"/>
+  </r>
+  <r>
+    <s v="108900"/>
+    <s v="Ballybofey-Stranorlar"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="108900"/>
+    <s v="Ballybofey-Stranorlar"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="108900"/>
+    <s v="Ballybofey-Stranorlar"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="108900"/>
+    <s v="Ballybofey-Stranorlar"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="108900"/>
+    <s v="Ballybofey-Stranorlar"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="15.9"/>
+  </r>
+  <r>
+    <s v="109000"/>
+    <s v="Clonakilty"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="3698"/>
+  </r>
+  <r>
+    <s v="109000"/>
+    <s v="Clonakilty"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="4154"/>
+  </r>
+  <r>
+    <s v="109000"/>
+    <s v="Clonakilty"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="3432"/>
+  </r>
+  <r>
+    <s v="109000"/>
+    <s v="Clonakilty"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="3745"/>
+  </r>
+  <r>
+    <s v="109000"/>
+    <s v="Clonakilty"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="109000"/>
+    <s v="Clonakilty"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="409"/>
+  </r>
+  <r>
+    <s v="109000"/>
+    <s v="Clonakilty"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="12.3"/>
+  </r>
+  <r>
+    <s v="109100"/>
+    <s v="Kilcock"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="2740"/>
+  </r>
+  <r>
+    <s v="109100"/>
+    <s v="Kilcock"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="4100"/>
+  </r>
+  <r>
+    <s v="109100"/>
+    <s v="Kilcock"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="109100"/>
+    <s v="Kilcock"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="109100"/>
+    <s v="Kilcock"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="109100"/>
+    <s v="Kilcock"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="109100"/>
+    <s v="Kilcock"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="49.6"/>
+  </r>
+  <r>
+    <s v="109200"/>
+    <s v="Kinsale"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="3554"/>
+  </r>
+  <r>
+    <s v="109200"/>
+    <s v="Kinsale"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="4099"/>
+  </r>
+  <r>
+    <s v="109200"/>
+    <s v="Kinsale"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="2257"/>
+  </r>
+  <r>
+    <s v="109200"/>
+    <s v="Kinsale"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="2298"/>
+  </r>
+  <r>
+    <s v="109200"/>
+    <s v="Kinsale"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="1297"/>
+  </r>
+  <r>
+    <s v="109200"/>
+    <s v="Kinsale"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="1801"/>
+  </r>
+  <r>
+    <s v="109200"/>
+    <s v="Kinsale"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="15.3"/>
+  </r>
+  <r>
+    <s v="109300"/>
+    <s v="Mountmellick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="3361"/>
+  </r>
+  <r>
+    <s v="109300"/>
+    <s v="Mountmellick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="4069"/>
+  </r>
+  <r>
+    <s v="109300"/>
+    <s v="Mountmellick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="2525"/>
+  </r>
+  <r>
+    <s v="109300"/>
+    <s v="Mountmellick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="2872"/>
+  </r>
+  <r>
+    <s v="109300"/>
+    <s v="Mountmellick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="836"/>
+  </r>
+  <r>
+    <s v="109300"/>
+    <s v="Mountmellick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="1197"/>
+  </r>
+  <r>
+    <s v="109300"/>
+    <s v="Mountmellick"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="21.1"/>
+  </r>
+  <r>
+    <s v="109400"/>
+    <s v="Blessington"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="2509"/>
+  </r>
+  <r>
+    <s v="109400"/>
+    <s v="Blessington"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="4018"/>
+  </r>
+  <r>
+    <s v="109400"/>
+    <s v="Blessington"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="109400"/>
+    <s v="Blessington"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="109400"/>
+    <s v="Blessington"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="109400"/>
+    <s v="Blessington"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="109400"/>
+    <s v="Blessington"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="60.1"/>
+  </r>
+  <r>
+    <s v="109500"/>
+    <s v="Sallins"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="2922"/>
+  </r>
+  <r>
+    <s v="109500"/>
+    <s v="Sallins"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="3806"/>
+  </r>
+  <r>
+    <s v="109500"/>
+    <s v="Sallins"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="109500"/>
+    <s v="Sallins"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="109500"/>
+    <s v="Sallins"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="109500"/>
+    <s v="Sallins"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="109500"/>
+    <s v="Sallins"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="30.3"/>
+  </r>
+  <r>
+    <s v="109600"/>
+    <s v="Kinsealy-Drinan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="2110"/>
+  </r>
+  <r>
+    <s v="109600"/>
+    <s v="Kinsealy-Drinan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="3651"/>
+  </r>
+  <r>
+    <s v="109600"/>
+    <s v="Kinsealy-Drinan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="109600"/>
+    <s v="Kinsealy-Drinan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="109600"/>
+    <s v="Kinsealy-Drinan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="109600"/>
+    <s v="Kinsealy-Drinan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="109600"/>
+    <s v="Kinsealy-Drinan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="109700"/>
+    <s v="Macroom"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="2985"/>
+  </r>
+  <r>
+    <s v="109700"/>
+    <s v="Macroom"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="3553"/>
+  </r>
+  <r>
+    <s v="109700"/>
+    <s v="Macroom"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="2836"/>
+  </r>
+  <r>
+    <s v="109700"/>
+    <s v="Macroom"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="3407"/>
+  </r>
+  <r>
+    <s v="109700"/>
+    <s v="Macroom"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="109700"/>
+    <s v="Macroom"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="109700"/>
+    <s v="Macroom"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="109800"/>
+    <s v="Oranmore"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="1692"/>
+  </r>
+  <r>
+    <s v="109800"/>
+    <s v="Oranmore"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="3513"/>
+  </r>
+  <r>
+    <s v="109800"/>
+    <s v="Oranmore"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="109800"/>
+    <s v="Oranmore"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="109800"/>
+    <s v="Oranmore"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="109800"/>
+    <s v="Oranmore"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="109800"/>
+    <s v="Oranmore"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="107.6"/>
+  </r>
+  <r>
+    <s v="109900"/>
+    <s v="Dunshaughlin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="3063"/>
+  </r>
+  <r>
+    <s v="109900"/>
+    <s v="Dunshaughlin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="3384"/>
+  </r>
+  <r>
+    <s v="109900"/>
+    <s v="Dunshaughlin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="109900"/>
+    <s v="Dunshaughlin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="109900"/>
+    <s v="Dunshaughlin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="109900"/>
+    <s v="Dunshaughlin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="109900"/>
+    <s v="Dunshaughlin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="10.5"/>
+  </r>
+  <r>
+    <s v="110000"/>
+    <s v="Cahir"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="2794"/>
+  </r>
+  <r>
+    <s v="110000"/>
+    <s v="Cahir"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="3381"/>
+  </r>
+  <r>
+    <s v="110000"/>
+    <s v="Cahir"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="110000"/>
+    <s v="Cahir"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="110000"/>
+    <s v="Cahir"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="110000"/>
+    <s v="Cahir"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="110000"/>
+    <s v="Cahir"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="110100"/>
+    <s v="Mitchelstown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="3300"/>
+  </r>
+  <r>
+    <s v="110100"/>
+    <s v="Mitchelstown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="3365"/>
+  </r>
+  <r>
+    <s v="110100"/>
+    <s v="Mitchelstown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="110100"/>
+    <s v="Mitchelstown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="110100"/>
+    <s v="Mitchelstown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="110100"/>
+    <s v="Mitchelstown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="110100"/>
+    <s v="Mitchelstown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="110200"/>
+    <s v="Bantry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="3150"/>
+  </r>
+  <r>
+    <s v="110200"/>
+    <s v="Bantry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="3309"/>
+  </r>
+  <r>
+    <s v="110200"/>
+    <s v="Bantry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="3150"/>
+  </r>
+  <r>
+    <s v="110200"/>
+    <s v="Bantry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="3309"/>
+  </r>
+  <r>
+    <s v="110200"/>
+    <s v="Bantry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="110200"/>
+    <s v="Bantry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="110200"/>
+    <s v="Bantry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="110300"/>
+    <s v="Kilcoole"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="2826"/>
+  </r>
+  <r>
+    <s v="110300"/>
+    <s v="Kilcoole"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="3252"/>
+  </r>
+  <r>
+    <s v="110300"/>
+    <s v="Kilcoole"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="110300"/>
+    <s v="Kilcoole"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="110300"/>
+    <s v="Kilcoole"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="110300"/>
+    <s v="Kilcoole"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="110300"/>
+    <s v="Kilcoole"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="15.1"/>
+  </r>
+  <r>
+    <s v="110400"/>
+    <s v="Duleek"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="2173"/>
+  </r>
+  <r>
+    <s v="110400"/>
+    <s v="Duleek"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="3236"/>
+  </r>
+  <r>
+    <s v="110400"/>
+    <s v="Duleek"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="110400"/>
+    <s v="Duleek"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="110400"/>
+    <s v="Duleek"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="110400"/>
+    <s v="Duleek"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="110400"/>
+    <s v="Duleek"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="48.9"/>
+  </r>
+  <r>
+    <s v="110500"/>
+    <s v="Athenry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="2154"/>
+  </r>
+  <r>
+    <s v="110500"/>
+    <s v="Athenry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="3205"/>
+  </r>
+  <r>
+    <s v="110500"/>
+    <s v="Athenry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="110500"/>
+    <s v="Athenry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="110500"/>
+    <s v="Athenry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="110500"/>
+    <s v="Athenry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="110500"/>
+    <s v="Athenry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="48.8"/>
+  </r>
+  <r>
+    <s v="110600"/>
+    <s v="Carrick-on-Shannon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="2237"/>
+  </r>
+  <r>
+    <s v="110600"/>
+    <s v="Carrick-on-Shannon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="3163"/>
+  </r>
+  <r>
+    <s v="110600"/>
+    <s v="Carrick-on-Shannon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="110600"/>
+    <s v="Carrick-on-Shannon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="110600"/>
+    <s v="Carrick-on-Shannon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="110600"/>
+    <s v="Carrick-on-Shannon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="110600"/>
+    <s v="Carrick-on-Shannon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="41.4"/>
+  </r>
+  <r>
+    <s v="110700"/>
+    <s v="Castleblayney"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="2936"/>
+  </r>
+  <r>
+    <s v="110700"/>
+    <s v="Castleblayney"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="3124"/>
+  </r>
+  <r>
+    <s v="110700"/>
+    <s v="Castleblayney"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="1712"/>
+  </r>
+  <r>
+    <s v="110700"/>
+    <s v="Castleblayney"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="1822"/>
+  </r>
+  <r>
+    <s v="110700"/>
+    <s v="Castleblayney"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="1224"/>
+  </r>
+  <r>
+    <s v="110700"/>
+    <s v="Castleblayney"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="1302"/>
+  </r>
+  <r>
+    <s v="110700"/>
+    <s v="Castleblayney"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="110800"/>
+    <s v="Tower"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="3032"/>
+  </r>
+  <r>
+    <s v="110800"/>
+    <s v="Tower"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="3102"/>
+  </r>
+  <r>
+    <s v="110800"/>
+    <s v="Tower"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="110800"/>
+    <s v="Tower"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="110800"/>
+    <s v="Tower"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="110800"/>
+    <s v="Tower"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="110800"/>
+    <s v="Tower"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="110900"/>
+    <s v="Tullow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="2417"/>
+  </r>
+  <r>
+    <s v="110900"/>
+    <s v="Tullow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="3048"/>
+  </r>
+  <r>
+    <s v="110900"/>
+    <s v="Tullow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="110900"/>
+    <s v="Tullow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="110900"/>
+    <s v="Tullow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="110900"/>
+    <s v="Tullow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="110900"/>
+    <s v="Tullow"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="26.1"/>
+  </r>
+  <r>
+    <s v="111000"/>
+    <s v="Monasterevin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="2583"/>
+  </r>
+  <r>
+    <s v="111000"/>
+    <s v="Monasterevin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="3017"/>
+  </r>
+  <r>
+    <s v="111000"/>
+    <s v="Monasterevin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="111000"/>
+    <s v="Monasterevin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="111000"/>
+    <s v="Monasterevin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="111000"/>
+    <s v="Monasterevin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="111000"/>
+    <s v="Monasterevin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="16.8"/>
+  </r>
+  <r>
+    <s v="111100"/>
+    <s v="Clara"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="2704"/>
+  </r>
+  <r>
+    <s v="111100"/>
+    <s v="Clara"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="3001"/>
+  </r>
+  <r>
+    <s v="111100"/>
+    <s v="Clara"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="111100"/>
+    <s v="Clara"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="111100"/>
+    <s v="Clara"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="111100"/>
+    <s v="Clara"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="111100"/>
+    <s v="Clara"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="111200"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="106738"/>
+  </r>
+  <r>
+    <s v="111200"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="128268"/>
+  </r>
+  <r>
+    <s v="111200"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="20474"/>
+  </r>
+  <r>
+    <s v="111200"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="20264"/>
+  </r>
+  <r>
+    <s v="111200"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="2446"/>
+  </r>
+  <r>
+    <s v="111200"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="3654"/>
+  </r>
+  <r>
+    <s v="111200"/>
+    <s v="Towns 1,500 - 2,999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="20.2"/>
+  </r>
+  <r>
+    <s v="111300"/>
+    <s v="Kilcullen"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="1483"/>
+  </r>
+  <r>
+    <s v="111300"/>
+    <s v="Kilcullen"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="2985"/>
+  </r>
+  <r>
+    <s v="111300"/>
+    <s v="Kilcullen"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="111300"/>
+    <s v="Kilcullen"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="111300"/>
+    <s v="Kilcullen"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="111300"/>
+    <s v="Kilcullen"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="111300"/>
+    <s v="Kilcullen"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="101.3"/>
+  </r>
+  <r>
+    <s v="111400"/>
+    <s v="Rathluirc (or Charleville)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="2685"/>
+  </r>
+  <r>
+    <s v="111400"/>
+    <s v="Rathluirc (or Charleville)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="2984"/>
+  </r>
+  <r>
+    <s v="111400"/>
+    <s v="Rathluirc (or Charleville)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="111400"/>
+    <s v="Rathluirc (or Charleville)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="111400"/>
+    <s v="Rathluirc (or Charleville)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="111400"/>
+    <s v="Rathluirc (or Charleville)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="111400"/>
+    <s v="Rathluirc (or Charleville)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="11.1"/>
+  </r>
+  <r>
+    <s v="111500"/>
+    <s v="Cashel"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="2770"/>
+  </r>
+  <r>
+    <s v="111500"/>
+    <s v="Cashel"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="2936"/>
+  </r>
+  <r>
+    <s v="111500"/>
+    <s v="Cashel"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="2403"/>
+  </r>
+  <r>
+    <s v="111500"/>
+    <s v="Cashel"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="2413"/>
+  </r>
+  <r>
+    <s v="111500"/>
+    <s v="Cashel"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="367"/>
+  </r>
+  <r>
+    <s v="111500"/>
+    <s v="Cashel"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="523"/>
+  </r>
+  <r>
+    <s v="111500"/>
+    <s v="Cashel"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="111600"/>
+    <s v="Rathcoole"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="2499"/>
+  </r>
+  <r>
+    <s v="111600"/>
+    <s v="Rathcoole"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="2927"/>
+  </r>
+  <r>
+    <s v="111600"/>
+    <s v="Rathcoole"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="111600"/>
+    <s v="Rathcoole"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="111600"/>
+    <s v="Rathcoole"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="111600"/>
+    <s v="Rathcoole"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="111600"/>
+    <s v="Rathcoole"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="17.1"/>
+  </r>
+  <r>
+    <s v="111700"/>
+    <s v="Carrigtwohill"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="1411"/>
+  </r>
+  <r>
+    <s v="111700"/>
+    <s v="Carrigtwohill"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="2782"/>
+  </r>
+  <r>
+    <s v="111700"/>
+    <s v="Carrigtwohill"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="111700"/>
+    <s v="Carrigtwohill"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="111700"/>
+    <s v="Carrigtwohill"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="111700"/>
+    <s v="Carrigtwohill"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="111700"/>
+    <s v="Carrigtwohill"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="97.2"/>
+  </r>
+  <r>
+    <s v="111800"/>
+    <s v="Muinebeag"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="2728"/>
+  </r>
+  <r>
+    <s v="111800"/>
+    <s v="Muinebeag"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="2735"/>
+  </r>
+  <r>
+    <s v="111800"/>
+    <s v="Muinebeag"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="2540"/>
+  </r>
+  <r>
+    <s v="111800"/>
+    <s v="Muinebeag"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="2532"/>
+  </r>
+  <r>
+    <s v="111800"/>
+    <s v="Muinebeag"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="111800"/>
+    <s v="Muinebeag"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="111800"/>
+    <s v="Muinebeag"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="111900"/>
+    <s v="Gort"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="1776"/>
+  </r>
+  <r>
+    <s v="111900"/>
+    <s v="Gort"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="2734"/>
+  </r>
+  <r>
+    <s v="111900"/>
+    <s v="Gort"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="111900"/>
+    <s v="Gort"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="111900"/>
+    <s v="Gort"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="111900"/>
+    <s v="Gort"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="111900"/>
+    <s v="Gort"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="53.9"/>
+  </r>
+  <r>
+    <s v="112000"/>
+    <s v="Kilrush"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="2699"/>
+  </r>
+  <r>
+    <s v="112000"/>
+    <s v="Kilrush"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="2694"/>
+  </r>
+  <r>
+    <s v="112000"/>
+    <s v="Kilrush"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="2699"/>
+  </r>
+  <r>
+    <s v="112000"/>
+    <s v="Kilrush"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="2657"/>
+  </r>
+  <r>
+    <s v="112000"/>
+    <s v="Kilrush"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="112000"/>
+    <s v="Kilrush"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="112000"/>
+    <s v="Kilrush"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="-0.2"/>
+  </r>
+  <r>
+    <s v="112100"/>
+    <s v="Ballyshannon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="2715"/>
+  </r>
+  <r>
+    <s v="112100"/>
+    <s v="Ballyshannon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="2686"/>
+  </r>
+  <r>
+    <s v="112100"/>
+    <s v="Ballyshannon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="2232"/>
+  </r>
+  <r>
+    <s v="112100"/>
+    <s v="Ballyshannon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="2004"/>
+  </r>
+  <r>
+    <s v="112100"/>
+    <s v="Ballyshannon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="483"/>
+  </r>
+  <r>
+    <s v="112100"/>
+    <s v="Ballyshannon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="682"/>
+  </r>
+  <r>
+    <s v="112100"/>
+    <s v="Ballyshannon"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="-1.1"/>
+  </r>
+  <r>
+    <s v="112200"/>
+    <s v="Claremorris"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="2101"/>
+  </r>
+  <r>
+    <s v="112200"/>
+    <s v="Claremorris"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="2595"/>
+  </r>
+  <r>
+    <s v="112200"/>
+    <s v="Claremorris"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="112200"/>
+    <s v="Claremorris"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="112200"/>
+    <s v="Claremorris"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="112200"/>
+    <s v="Claremorris"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="112200"/>
+    <s v="Claremorris"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="23.5"/>
+  </r>
+  <r>
+    <s v="112300"/>
+    <s v="Newtownmountkennedy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="2521"/>
+  </r>
+  <r>
+    <s v="112300"/>
+    <s v="Newtownmountkennedy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="2548"/>
+  </r>
+  <r>
+    <s v="112300"/>
+    <s v="Newtownmountkennedy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="112300"/>
+    <s v="Newtownmountkennedy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="112300"/>
+    <s v="Newtownmountkennedy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="112300"/>
+    <s v="Newtownmountkennedy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="112300"/>
+    <s v="Newtownmountkennedy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="1.1"/>
+  </r>
+  <r>
+    <s v="112400"/>
+    <s v="Boyle"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="2205"/>
+  </r>
+  <r>
+    <s v="112400"/>
+    <s v="Boyle"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="2522"/>
+  </r>
+  <r>
+    <s v="112400"/>
+    <s v="Boyle"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="1643"/>
+  </r>
+  <r>
+    <s v="112400"/>
+    <s v="Boyle"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="1599"/>
+  </r>
+  <r>
+    <s v="112400"/>
+    <s v="Boyle"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="562"/>
+  </r>
+  <r>
+    <s v="112400"/>
+    <s v="Boyle"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="923"/>
+  </r>
+  <r>
+    <s v="112400"/>
+    <s v="Boyle"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="14.4"/>
+  </r>
+  <r>
+    <s v="112500"/>
+    <s v="Kill"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="2246"/>
+  </r>
+  <r>
+    <s v="112500"/>
+    <s v="Kill"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="2510"/>
+  </r>
+  <r>
+    <s v="112500"/>
+    <s v="Kill"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="112500"/>
+    <s v="Kill"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="112500"/>
+    <s v="Kill"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="112500"/>
+    <s v="Kill"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="112500"/>
+    <s v="Kill"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="11.8"/>
+  </r>
+  <r>
+    <s v="112600"/>
+    <s v="Stamullen"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="779"/>
+  </r>
+  <r>
+    <s v="112600"/>
+    <s v="Stamullen"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="2487"/>
+  </r>
+  <r>
+    <s v="112600"/>
+    <s v="Stamullen"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="112600"/>
+    <s v="Stamullen"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="112600"/>
+    <s v="Stamullen"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="112600"/>
+    <s v="Stamullen"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="112600"/>
+    <s v="Stamullen"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="219.3"/>
+  </r>
+  <r>
+    <s v="112700"/>
+    <s v="Blarney"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="2146"/>
+  </r>
+  <r>
+    <s v="112700"/>
+    <s v="Blarney"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="2400"/>
+  </r>
+  <r>
+    <s v="112700"/>
+    <s v="Blarney"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="112700"/>
+    <s v="Blarney"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="112700"/>
+    <s v="Blarney"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="112700"/>
+    <s v="Blarney"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="112700"/>
+    <s v="Blarney"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="11.8"/>
+  </r>
+  <r>
+    <s v="112800"/>
+    <s v="Templemore"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="2270"/>
+  </r>
+  <r>
+    <s v="112800"/>
+    <s v="Templemore"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="2384"/>
+  </r>
+  <r>
+    <s v="112800"/>
+    <s v="Templemore"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="2159"/>
+  </r>
+  <r>
+    <s v="112800"/>
+    <s v="Templemore"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="2255"/>
+  </r>
+  <r>
+    <s v="112800"/>
+    <s v="Templemore"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="112800"/>
+    <s v="Templemore"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="112800"/>
+    <s v="Templemore"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="112900"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="2453"/>
+  </r>
+  <r>
+    <s v="112900"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="2339"/>
+  </r>
+  <r>
+    <s v="112900"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="112900"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="112900"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="112900"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="112900"/>
+    <s v="Donegal"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="-4.6"/>
+  </r>
+  <r>
+    <s v="113000"/>
+    <s v="Skibbereen"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="2000"/>
+  </r>
+  <r>
+    <s v="113000"/>
+    <s v="Skibbereen"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="2338"/>
+  </r>
+  <r>
+    <s v="113000"/>
+    <s v="Skibbereen"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="2000"/>
+  </r>
+  <r>
+    <s v="113000"/>
+    <s v="Skibbereen"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="2338"/>
+  </r>
+  <r>
+    <s v="113000"/>
+    <s v="Skibbereen"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="113000"/>
+    <s v="Skibbereen"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="113000"/>
+    <s v="Skibbereen"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="16.9"/>
+  </r>
+  <r>
+    <s v="113100"/>
+    <s v="Castleisland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="2162"/>
+  </r>
+  <r>
+    <s v="113100"/>
+    <s v="Castleisland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="2300"/>
+  </r>
+  <r>
+    <s v="113100"/>
+    <s v="Castleisland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="113100"/>
+    <s v="Castleisland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="113100"/>
+    <s v="Castleisland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="113100"/>
+    <s v="Castleisland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="113100"/>
+    <s v="Castleisland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="113200"/>
+    <s v="Kinnegad"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="1296"/>
+  </r>
+  <r>
+    <s v="113200"/>
+    <s v="Kinnegad"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="2245"/>
+  </r>
+  <r>
+    <s v="113200"/>
+    <s v="Kinnegad"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="113200"/>
+    <s v="Kinnegad"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="113200"/>
+    <s v="Kinnegad"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="113200"/>
+    <s v="Kinnegad"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="113200"/>
+    <s v="Kinnegad"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="73.2"/>
+  </r>
+  <r>
+    <s v="113300"/>
+    <s v="Athboy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="1538"/>
+  </r>
+  <r>
+    <s v="113300"/>
+    <s v="Athboy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="2213"/>
+  </r>
+  <r>
+    <s v="113300"/>
+    <s v="Athboy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="113300"/>
+    <s v="Athboy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="113300"/>
+    <s v="Athboy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="113300"/>
+    <s v="Athboy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="113300"/>
+    <s v="Athboy"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="43.9"/>
+  </r>
+  <r>
+    <s v="113400"/>
+    <s v="Enfield"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="1072"/>
+  </r>
+  <r>
+    <s v="113400"/>
+    <s v="Enfield"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="2161"/>
+  </r>
+  <r>
+    <s v="113400"/>
+    <s v="Enfield"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="113400"/>
+    <s v="Enfield"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="113400"/>
+    <s v="Enfield"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="113400"/>
+    <s v="Enfield"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="113400"/>
+    <s v="Enfield"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="101.6"/>
+  </r>
+  <r>
+    <s v="113500"/>
+    <s v="Ballinrobe"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="1626"/>
+  </r>
+  <r>
+    <s v="113500"/>
+    <s v="Ballinrobe"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="2098"/>
+  </r>
+  <r>
+    <s v="113500"/>
+    <s v="Ballinrobe"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="113500"/>
+    <s v="Ballinrobe"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="113500"/>
+    <s v="Ballinrobe"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="113500"/>
+    <s v="Ballinrobe"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="113500"/>
+    <s v="Ballinrobe"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="113600"/>
+    <s v="Bailieborough"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="1660"/>
+  </r>
+  <r>
+    <s v="113600"/>
+    <s v="Bailieborough"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="1966"/>
+  </r>
+  <r>
+    <s v="113600"/>
+    <s v="Bailieborough"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="113600"/>
+    <s v="Bailieborough"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="113600"/>
+    <s v="Bailieborough"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="113600"/>
+    <s v="Bailieborough"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="113600"/>
+    <s v="Bailieborough"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="18.4"/>
+  </r>
+  <r>
+    <s v="113700"/>
+    <s v="Bundoran"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="1842"/>
+  </r>
+  <r>
+    <s v="113700"/>
+    <s v="Bundoran"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="1964"/>
+  </r>
+  <r>
+    <s v="113700"/>
+    <s v="Bundoran"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="1678"/>
+  </r>
+  <r>
+    <s v="113700"/>
+    <s v="Bundoran"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="1706"/>
+  </r>
+  <r>
+    <s v="113700"/>
+    <s v="Bundoran"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="113700"/>
+    <s v="Bundoran"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="113700"/>
+    <s v="Bundoran"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="113800"/>
+    <s v="Abbeyfeale"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="1683"/>
+  </r>
+  <r>
+    <s v="113800"/>
+    <s v="Abbeyfeale"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="1940"/>
+  </r>
+  <r>
+    <s v="113800"/>
+    <s v="Abbeyfeale"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="113800"/>
+    <s v="Abbeyfeale"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="113800"/>
+    <s v="Abbeyfeale"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="113800"/>
+    <s v="Abbeyfeale"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="113800"/>
+    <s v="Abbeyfeale"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="15.3"/>
+  </r>
+  <r>
+    <s v="113900"/>
+    <s v="Prosperous"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="1523"/>
+  </r>
+  <r>
+    <s v="113900"/>
+    <s v="Prosperous"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="1939"/>
+  </r>
+  <r>
+    <s v="113900"/>
+    <s v="Prosperous"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="113900"/>
+    <s v="Prosperous"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="113900"/>
+    <s v="Prosperous"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="113900"/>
+    <s v="Prosperous"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="113900"/>
+    <s v="Prosperous"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="27.3"/>
+  </r>
+  <r>
+    <s v="114000"/>
+    <s v="Carndonagh"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="1673"/>
+  </r>
+  <r>
+    <s v="114000"/>
+    <s v="Carndonagh"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="1923"/>
+  </r>
+  <r>
+    <s v="114000"/>
+    <s v="Carndonagh"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="114000"/>
+    <s v="Carndonagh"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="114000"/>
+    <s v="Carndonagh"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="114000"/>
+    <s v="Carndonagh"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="114000"/>
+    <s v="Carndonagh"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="14.9"/>
+  </r>
+  <r>
+    <s v="114100"/>
+    <s v="An Daingean"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="1828"/>
+  </r>
+  <r>
+    <s v="114100"/>
+    <s v="An Daingean"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="1920"/>
+  </r>
+  <r>
+    <s v="114100"/>
+    <s v="An Daingean"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="114100"/>
+    <s v="An Daingean"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="114100"/>
+    <s v="An Daingean"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="114100"/>
+    <s v="An Daingean"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="114100"/>
+    <s v="An Daingean"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="114200"/>
+    <s v="Kanturk"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="1651"/>
+  </r>
+  <r>
+    <s v="114200"/>
+    <s v="Kanturk"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="1915"/>
+  </r>
+  <r>
+    <s v="114200"/>
+    <s v="Kanturk"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="114200"/>
+    <s v="Kanturk"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="114200"/>
+    <s v="Kanturk"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="114200"/>
+    <s v="Kanturk"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="114200"/>
+    <s v="Kanturk"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="114300"/>
+    <s v="Cootehill"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="1744"/>
+  </r>
+  <r>
+    <s v="114300"/>
+    <s v="Cootehill"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="1892"/>
+  </r>
+  <r>
+    <s v="114300"/>
+    <s v="Cootehill"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="1399"/>
+  </r>
+  <r>
+    <s v="114300"/>
+    <s v="Cootehill"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="1243"/>
+  </r>
+  <r>
+    <s v="114300"/>
+    <s v="Cootehill"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="345"/>
+  </r>
+  <r>
+    <s v="114300"/>
+    <s v="Cootehill"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="649"/>
+  </r>
+  <r>
+    <s v="114300"/>
+    <s v="Cootehill"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="114400"/>
+    <s v="Moate"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="1520"/>
+  </r>
+  <r>
+    <s v="114400"/>
+    <s v="Moate"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="1888"/>
+  </r>
+  <r>
+    <s v="114400"/>
+    <s v="Moate"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="114400"/>
+    <s v="Moate"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="114400"/>
+    <s v="Moate"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="114400"/>
+    <s v="Moate"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="114400"/>
+    <s v="Moate"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="24.2"/>
+  </r>
+  <r>
+    <s v="114500"/>
+    <s v="Enniskerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="1904"/>
+  </r>
+  <r>
+    <s v="114500"/>
+    <s v="Enniskerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="1881"/>
+  </r>
+  <r>
+    <s v="114500"/>
+    <s v="Enniskerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="114500"/>
+    <s v="Enniskerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="114500"/>
+    <s v="Enniskerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="114500"/>
+    <s v="Enniskerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="114500"/>
+    <s v="Enniskerry"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="-1.2"/>
+  </r>
+  <r>
+    <s v="114600"/>
+    <s v="Castlerea"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="1788"/>
+  </r>
+  <r>
+    <s v="114600"/>
+    <s v="Castlerea"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="1873"/>
+  </r>
+  <r>
+    <s v="114600"/>
+    <s v="Castlerea"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="114600"/>
+    <s v="Castlerea"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="114600"/>
+    <s v="Castlerea"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="114600"/>
+    <s v="Castlerea"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="114600"/>
+    <s v="Castlerea"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="114700"/>
+    <s v="Bunclody-Carrickduff"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="1361"/>
+  </r>
+  <r>
+    <s v="114700"/>
+    <s v="Bunclody-Carrickduff"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="1863"/>
+  </r>
+  <r>
+    <s v="114700"/>
+    <s v="Bunclody-Carrickduff"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="114700"/>
+    <s v="Bunclody-Carrickduff"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="114700"/>
+    <s v="Bunclody-Carrickduff"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="114700"/>
+    <s v="Bunclody-Carrickduff"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="114700"/>
+    <s v="Bunclody-Carrickduff"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="36.9"/>
+  </r>
+  <r>
+    <s v="114800"/>
+    <s v="Ballina (North Tipperary)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="1185"/>
+  </r>
+  <r>
+    <s v="114800"/>
+    <s v="Ballina (North Tipperary)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="1861"/>
+  </r>
+  <r>
+    <s v="114800"/>
+    <s v="Ballina (North Tipperary)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="114800"/>
+    <s v="Ballina (North Tipperary)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="114800"/>
+    <s v="Ballina (North Tipperary)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="114800"/>
+    <s v="Ballina (North Tipperary)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="114800"/>
+    <s v="Ballina (North Tipperary)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="114900"/>
+    <s v="Rathnew"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="1441"/>
+  </r>
+  <r>
+    <s v="114900"/>
+    <s v="Rathnew"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="1849"/>
+  </r>
+  <r>
+    <s v="114900"/>
+    <s v="Rathnew"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="114900"/>
+    <s v="Rathnew"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="114900"/>
+    <s v="Rathnew"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="114900"/>
+    <s v="Rathnew"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="114900"/>
+    <s v="Rathnew"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="28.3"/>
+  </r>
+  <r>
+    <s v="115000"/>
+    <s v="Annacotty"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="1342"/>
+  </r>
+  <r>
+    <s v="115000"/>
+    <s v="Annacotty"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="1839"/>
+  </r>
+  <r>
+    <s v="115000"/>
+    <s v="Annacotty"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="115000"/>
+    <s v="Annacotty"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="115000"/>
+    <s v="Annacotty"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="115000"/>
+    <s v="Annacotty"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="115000"/>
+    <s v="Annacotty"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="115100"/>
+    <s v="Thomastown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="1600"/>
+  </r>
+  <r>
+    <s v="115100"/>
+    <s v="Thomastown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="1837"/>
+  </r>
+  <r>
+    <s v="115100"/>
+    <s v="Thomastown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="115100"/>
+    <s v="Thomastown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="115100"/>
+    <s v="Thomastown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="115100"/>
+    <s v="Thomastown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="115100"/>
+    <s v="Thomastown"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="14.8"/>
+  </r>
+  <r>
+    <s v="115200"/>
+    <s v="Callan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="1325"/>
+  </r>
+  <r>
+    <s v="115200"/>
+    <s v="Callan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="1771"/>
+  </r>
+  <r>
+    <s v="115200"/>
+    <s v="Callan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="115200"/>
+    <s v="Callan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="115200"/>
+    <s v="Callan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="115200"/>
+    <s v="Callan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="115200"/>
+    <s v="Callan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="33.7"/>
+  </r>
+  <r>
+    <s v="115300"/>
+    <s v="Clones"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="1947"/>
+  </r>
+  <r>
+    <s v="115300"/>
+    <s v="Clones"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="1767"/>
+  </r>
+  <r>
+    <s v="115300"/>
+    <s v="Clones"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="1721"/>
+  </r>
+  <r>
+    <s v="115300"/>
+    <s v="Clones"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="1517"/>
+  </r>
+  <r>
+    <s v="115300"/>
+    <s v="Clones"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="115300"/>
+    <s v="Clones"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="115300"/>
+    <s v="Clones"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="-9.2"/>
+  </r>
+  <r>
+    <s v="115400"/>
+    <s v="Kingscourt"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="1307"/>
+  </r>
+  <r>
+    <s v="115400"/>
+    <s v="Kingscourt"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="1748"/>
+  </r>
+  <r>
+    <s v="115400"/>
+    <s v="Kingscourt"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="115400"/>
+    <s v="Kingscourt"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="115400"/>
+    <s v="Kingscourt"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="115400"/>
+    <s v="Kingscourt"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="115400"/>
+    <s v="Kingscourt"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="33.7"/>
+  </r>
+  <r>
+    <s v="115500"/>
+    <s v="Baltinglass"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="1260"/>
+  </r>
+  <r>
+    <s v="115500"/>
+    <s v="Baltinglass"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="1735"/>
+  </r>
+  <r>
+    <s v="115500"/>
+    <s v="Baltinglass"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="115500"/>
+    <s v="Baltinglass"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="115500"/>
+    <s v="Baltinglass"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="115500"/>
+    <s v="Baltinglass"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="115500"/>
+    <s v="Baltinglass"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="37.7"/>
+  </r>
+  <r>
+    <s v="115600"/>
+    <s v="Virginia"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="1093"/>
+  </r>
+  <r>
+    <s v="115600"/>
+    <s v="Virginia"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="1734"/>
+  </r>
+  <r>
+    <s v="115600"/>
+    <s v="Virginia"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="115600"/>
+    <s v="Virginia"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="115600"/>
+    <s v="Virginia"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="115600"/>
+    <s v="Virginia"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="115600"/>
+    <s v="Virginia"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="58.6"/>
+  </r>
+  <r>
+    <s v="115700"/>
+    <s v="Ballaghaderreen"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="1416"/>
+  </r>
+  <r>
+    <s v="115700"/>
+    <s v="Ballaghaderreen"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="1720"/>
+  </r>
+  <r>
+    <s v="115700"/>
+    <s v="Ballaghaderreen"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="115700"/>
+    <s v="Ballaghaderreen"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="115700"/>
+    <s v="Ballaghaderreen"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="115700"/>
+    <s v="Ballaghaderreen"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="115700"/>
+    <s v="Ballaghaderreen"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="21.5"/>
+  </r>
+  <r>
+    <s v="115800"/>
+    <s v="Rathangan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="1811"/>
+  </r>
+  <r>
+    <s v="115800"/>
+    <s v="Rathangan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="1718"/>
+  </r>
+  <r>
+    <s v="115800"/>
+    <s v="Rathangan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="115800"/>
+    <s v="Rathangan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="115800"/>
+    <s v="Rathangan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="115800"/>
+    <s v="Rathangan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="115800"/>
+    <s v="Rathangan"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="-5.1"/>
+  </r>
+  <r>
+    <s v="115900"/>
+    <s v="Ballyhaunis"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="1381"/>
+  </r>
+  <r>
+    <s v="115900"/>
+    <s v="Ballyhaunis"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="1708"/>
+  </r>
+  <r>
+    <s v="115900"/>
+    <s v="Ballyhaunis"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="115900"/>
+    <s v="Ballyhaunis"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="115900"/>
+    <s v="Ballyhaunis"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="115900"/>
+    <s v="Ballyhaunis"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="115900"/>
+    <s v="Ballyhaunis"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="23.7"/>
+  </r>
+  <r>
+    <s v="116000"/>
+    <s v="Kenmare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="1844"/>
+  </r>
+  <r>
+    <s v="116000"/>
+    <s v="Kenmare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="1701"/>
+  </r>
+  <r>
+    <s v="116000"/>
+    <s v="Kenmare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="116000"/>
+    <s v="Kenmare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="116000"/>
+    <s v="Kenmare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="116000"/>
+    <s v="Kenmare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="116000"/>
+    <s v="Kenmare"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="-7.8"/>
+  </r>
+  <r>
+    <s v="116100"/>
+    <s v="Ballyjamesduff"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="871"/>
+  </r>
+  <r>
+    <s v="116100"/>
+    <s v="Ballyjamesduff"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="1690"/>
+  </r>
+  <r>
+    <s v="116100"/>
+    <s v="Ballyjamesduff"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="116100"/>
+    <s v="Ballyjamesduff"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="116100"/>
+    <s v="Ballyjamesduff"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="116100"/>
+    <s v="Ballyjamesduff"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="116100"/>
+    <s v="Ballyjamesduff"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="116200"/>
+    <s v="Crosshaven"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="1373"/>
+  </r>
+  <r>
+    <s v="116200"/>
+    <s v="Crosshaven"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="1669"/>
+  </r>
+  <r>
+    <s v="116200"/>
+    <s v="Crosshaven"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="116200"/>
+    <s v="Crosshaven"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="116200"/>
+    <s v="Crosshaven"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="116200"/>
+    <s v="Crosshaven"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="116200"/>
+    <s v="Crosshaven"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="21.6"/>
+  </r>
+  <r>
+    <s v="116300"/>
+    <s v="Sixmilebridge"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="1327"/>
+  </r>
+  <r>
+    <s v="116300"/>
+    <s v="Sixmilebridge"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="1659"/>
+  </r>
+  <r>
+    <s v="116300"/>
+    <s v="Sixmilebridge"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="116300"/>
+    <s v="Sixmilebridge"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="116300"/>
+    <s v="Sixmilebridge"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="116300"/>
+    <s v="Sixmilebridge"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="116300"/>
+    <s v="Sixmilebridge"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="116400"/>
+    <s v="Banagher"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="1553"/>
+  </r>
+  <r>
+    <s v="116400"/>
+    <s v="Banagher"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="1636"/>
+  </r>
+  <r>
+    <s v="116400"/>
+    <s v="Banagher"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="116400"/>
+    <s v="Banagher"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="116400"/>
+    <s v="Banagher"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="116400"/>
+    <s v="Banagher"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="116400"/>
+    <s v="Banagher"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="116500"/>
+    <s v="Killorglin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="1359"/>
+  </r>
+  <r>
+    <s v="116500"/>
+    <s v="Killorglin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="1627"/>
+  </r>
+  <r>
+    <s v="116500"/>
+    <s v="Killorglin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="116500"/>
+    <s v="Killorglin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="116500"/>
+    <s v="Killorglin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="116500"/>
+    <s v="Killorglin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="116500"/>
+    <s v="Killorglin"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="19.7"/>
+  </r>
+  <r>
+    <s v="116600"/>
+    <s v="Castlebridge"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="1013"/>
+  </r>
+  <r>
+    <s v="116600"/>
+    <s v="Castlebridge"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="1624"/>
+  </r>
+  <r>
+    <s v="116600"/>
+    <s v="Castlebridge"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="116600"/>
+    <s v="Castlebridge"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="116600"/>
+    <s v="Castlebridge"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="116600"/>
+    <s v="Castlebridge"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="116600"/>
+    <s v="Castlebridge"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="60.3"/>
+  </r>
+  <r>
+    <s v="116700"/>
+    <s v="Abbeyleix"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="1383"/>
+  </r>
+  <r>
+    <s v="116700"/>
+    <s v="Abbeyleix"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="1568"/>
+  </r>
+  <r>
+    <s v="116700"/>
+    <s v="Abbeyleix"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="116700"/>
+    <s v="Abbeyleix"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="116700"/>
+    <s v="Abbeyleix"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="116700"/>
+    <s v="Abbeyleix"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="116700"/>
+    <s v="Abbeyleix"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="13.4"/>
+  </r>
+  <r>
+    <s v="116800"/>
+    <s v="Clogherhead"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="906"/>
+  </r>
+  <r>
+    <s v="116800"/>
+    <s v="Clogherhead"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="1558"/>
+  </r>
+  <r>
+    <s v="116800"/>
+    <s v="Clogherhead"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="116800"/>
+    <s v="Clogherhead"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="116800"/>
+    <s v="Clogherhead"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="116800"/>
+    <s v="Clogherhead"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="116800"/>
+    <s v="Clogherhead"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="116900"/>
+    <s v="Dunmore East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="1750"/>
+  </r>
+  <r>
+    <s v="116900"/>
+    <s v="Dunmore East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="1547"/>
+  </r>
+  <r>
+    <s v="116900"/>
+    <s v="Dunmore East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="116900"/>
+    <s v="Dunmore East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="116900"/>
+    <s v="Dunmore East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="116900"/>
+    <s v="Dunmore East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="116900"/>
+    <s v="Dunmore East"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="-11.6"/>
+  </r>
+  <r>
+    <s v="117000"/>
+    <s v="Newmarket-on-Fergus"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="1496"/>
+  </r>
+  <r>
+    <s v="117000"/>
+    <s v="Newmarket-on-Fergus"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="1542"/>
+  </r>
+  <r>
+    <s v="117000"/>
+    <s v="Newmarket-on-Fergus"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="117000"/>
+    <s v="Newmarket-on-Fergus"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="117000"/>
+    <s v="Newmarket-on-Fergus"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="117000"/>
+    <s v="Newmarket-on-Fergus"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="117000"/>
+    <s v="Newmarket-on-Fergus"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="117100"/>
+    <s v="Portrane"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="1726"/>
+  </r>
+  <r>
+    <s v="117100"/>
+    <s v="Portrane"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="1532"/>
+  </r>
+  <r>
+    <s v="117100"/>
+    <s v="Portrane"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="117100"/>
+    <s v="Portrane"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="117100"/>
+    <s v="Portrane"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="117100"/>
+    <s v="Portrane"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="117100"/>
+    <s v="Portrane"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="-11.2"/>
+  </r>
+  <r>
+    <s v="117200"/>
+    <s v="Castlecomer-Donaguile"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="1482"/>
+  </r>
+  <r>
+    <s v="117200"/>
+    <s v="Castlecomer-Donaguile"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="1531"/>
+  </r>
+  <r>
+    <s v="117200"/>
+    <s v="Castlecomer-Donaguile"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="117200"/>
+    <s v="Castlecomer-Donaguile"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="117200"/>
+    <s v="Castlecomer-Donaguile"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="117200"/>
+    <s v="Castlecomer-Donaguile"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="117200"/>
+    <s v="Castlecomer-Donaguile"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="117300"/>
+    <s v="Dunmanway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="1532"/>
+  </r>
+  <r>
+    <s v="117300"/>
+    <s v="Dunmanway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="1522"/>
+  </r>
+  <r>
+    <s v="117300"/>
+    <s v="Dunmanway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="117300"/>
+    <s v="Dunmanway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="117300"/>
+    <s v="Dunmanway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="117300"/>
+    <s v="Dunmanway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="117300"/>
+    <s v="Dunmanway"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="-0.7"/>
+  </r>
+  <r>
+    <s v="117400"/>
+    <s v="Newcastle"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="1160"/>
+  </r>
+  <r>
+    <s v="117400"/>
+    <s v="Newcastle"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="1506"/>
+  </r>
+  <r>
+    <s v="117400"/>
+    <s v="Newcastle"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="117400"/>
+    <s v="Newcastle"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="117400"/>
+    <s v="Newcastle"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="117400"/>
+    <s v="Newcastle"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="117400"/>
+    <s v="Newcastle"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="29.8"/>
+  </r>
+  <r>
+    <s v="117500"/>
+    <s v="Swinford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="1497"/>
+  </r>
+  <r>
+    <s v="117500"/>
+    <s v="Swinford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="1502"/>
+  </r>
+  <r>
+    <s v="117500"/>
+    <s v="Swinford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="117500"/>
+    <s v="Swinford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="117500"/>
+    <s v="Swinford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="117500"/>
+    <s v="Swinford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="117500"/>
+    <s v="Swinford"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="117600"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="2367301"/>
+  </r>
+  <r>
+    <s v="117600"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="2574313"/>
+  </r>
+  <r>
+    <s v="117600"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="1317473"/>
+  </r>
+  <r>
+    <s v="117600"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="1368068"/>
+  </r>
+  <r>
+    <s v="117600"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="763876"/>
+  </r>
+  <r>
+    <s v="117600"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="852192"/>
+  </r>
+  <r>
+    <s v="117600"/>
+    <s v="Aggregate Town Area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="8.7"/>
+  </r>
+  <r>
+    <s v="117700"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="65895"/>
+  </r>
+  <r>
+    <s v="117700"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="76979"/>
+  </r>
+  <r>
+    <s v="117700"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="3780"/>
+  </r>
+  <r>
+    <s v="117700"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="3911"/>
+  </r>
+  <r>
+    <s v="117700"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="1021"/>
+  </r>
+  <r>
+    <s v="117700"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="1282"/>
+  </r>
+  <r>
+    <s v="117700"/>
+    <s v="Towns 1,000 - 1,499 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="16.8"/>
+  </r>
+  <r>
+    <s v="117800"/>
+    <s v="Towns 500 - 999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="101411"/>
+  </r>
+  <r>
+    <s v="117800"/>
+    <s v="Towns 500 - 999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="120179"/>
+  </r>
+  <r>
+    <s v="117800"/>
+    <s v="Towns 500 - 999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="1013"/>
+  </r>
+  <r>
+    <s v="117800"/>
+    <s v="Towns 500 - 999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="933"/>
+  </r>
+  <r>
+    <s v="117800"/>
+    <s v="Towns 500 - 999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="117800"/>
+    <s v="Towns 500 - 999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="117800"/>
+    <s v="Towns 500 - 999 population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="18.5"/>
+  </r>
+  <r>
+    <s v="117900"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="81865"/>
+  </r>
+  <r>
+    <s v="117900"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="98924"/>
+  </r>
+  <r>
+    <s v="117900"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="117900"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="117900"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="117900"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="117900"/>
+    <s v="Towns under 500 population but with at least 50 inhabited houses"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="20.8"/>
+  </r>
+  <r>
+    <s v="118000"/>
+    <s v="Remainder of country"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="1300731"/>
+  </r>
+  <r>
+    <s v="118000"/>
+    <s v="Remainder of country"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="1369453"/>
+  </r>
+  <r>
+    <s v="118000"/>
+    <s v="Remainder of country"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="118000"/>
+    <s v="Remainder of country"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="118000"/>
+    <s v="Remainder of country"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="118000"/>
+    <s v="Remainder of country"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="118000"/>
+    <s v="Remainder of country"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="118100"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C1"/>
+    <s v="Total population (including suburbs or environs) - 2002"/>
+    <s v="Number"/>
+    <n v="1549902"/>
+  </r>
+  <r>
+    <s v="118100"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C2"/>
+    <s v="Total population (including suburbs or environs) - 2006"/>
+    <s v="Number"/>
+    <n v="1665535"/>
+  </r>
+  <r>
+    <s v="118100"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C3"/>
+    <s v="Population within legally defined boundary - 2002"/>
+    <s v="Number"/>
+    <n v="4793"/>
+  </r>
+  <r>
+    <s v="118100"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C4"/>
+    <s v="Population within legally defined boundary - 2006"/>
+    <s v="Number"/>
+    <n v="4844"/>
+  </r>
+  <r>
+    <s v="118100"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C5"/>
+    <s v="Population of suburbs or environs - 2002"/>
+    <s v="Number"/>
+    <n v="1021"/>
+  </r>
+  <r>
+    <s v="118100"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C6"/>
+    <s v="Population of suburbs or environs - 2006"/>
+    <s v="Number"/>
+    <n v="1282"/>
+  </r>
+  <r>
+    <s v="118100"/>
+    <s v="Aggregate Rural Area"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="C0107C7"/>
+    <s v="Percentage change in population 2002-2006"/>
+    <s v="%"/>
+    <n v="7.5"/>
+  </r>
+</pivotCacheRecords>
 </file>