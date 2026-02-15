--- v1 (2025-12-22)
+++ v2 (2026-02-15)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2eb874c9baae481c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/170181e2b2954ea7badc66e4e4fe1ad5.psmdcp" Id="Rf7d007d331a94cb6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R068eec019faa4a0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/753657d6f12249c198106f2e3d5e5e6e.psmdcp" Id="R27f5b7c870354e87" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>