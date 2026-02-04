--- v0 (2025-10-03)
+++ v1 (2026-02-04)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c2512616e47494f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c8a3810a1f544661b72c12548eae034f.psmdcp" Id="Rf11b8464941d46b0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re28d25c7b1054a6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c700a2320456452ca532d8bd940dc199.psmdcp" Id="R4a534a9239544e0b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>BSR34</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>2002 Private Households in Permanent Housing Units</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>6/3/2020 11:00:00 AM</x:t>
+    <x:t>03/06/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/BSR34/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2002PSE</x:t>
   </x:si>
   <x:si>
     <x:t>Principal Socio-economic Results 2002</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -661,571 +661,216 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...519 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02698V03266" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Motor Car Availability" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02779V03348" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="Province County or City" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J353" totalsRowShown="0">
   <x:autoFilter ref="A1:J353"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02698V03266"/>
     <x:tableColumn id="4" name="Motor Car Availability"/>
     <x:tableColumn id="5" name="C02779V03348"/>
     <x:tableColumn id="6" name="Province County or City"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="CensusYear"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1496,51 +1141,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/BSR34/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1727,51 +1372,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J353"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="48.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="40.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="24.282054" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="13.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -13057,51 +12702,51 @@
       <x:c r="G353" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H353" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I353" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J353" s="0">
         <x:v>3038</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -13118,51 +12763,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J353" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="BSR34"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="2002 Private Households in Permanent Housing Units"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02698V03266">
       <x:sharedItems count="8">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
         <x:s v="3"/>
         <x:s v="3B"/>
         <x:s v="4B"/>
         <x:s v="-1"/>
         <x:s v="-2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Motor Car Availability">
@@ -13622,27 +13267,4252 @@
         <x:n v="5726"/>
         <x:n v="3702"/>
         <x:n v="5432"/>
         <x:n v="7448"/>
         <x:n v="4503"/>
         <x:n v="2945"/>
         <x:n v="30561"/>
         <x:n v="13524"/>
         <x:n v="6116"/>
         <x:n v="7408"/>
         <x:n v="1685"/>
         <x:n v="8003"/>
         <x:n v="3122"/>
         <x:n v="4227"/>
         <x:n v="15859"/>
         <x:n v="3282"/>
         <x:n v="9539"/>
         <x:n v="3038"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1279617"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="688604"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14790"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="378410"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="180661"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="64071"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="60460"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="73218"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="50076"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25407"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18337"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10298"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33353"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41335"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19885"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23160"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37415"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36138"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="360814"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33635"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="147224"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42647"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="104577"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42860"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57043"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18902"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38141"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20026"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26258"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="33768"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15287"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18481"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="151341"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="65716"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21019"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44697"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9000"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39114"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18003"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19508"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="78858"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18156"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44119"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16583"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="523827"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="276877"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6368"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="151316"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="70172"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25284"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24640"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31220"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18963"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10478"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7744"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4434"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14474"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14915"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8444"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9606"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15946"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14189"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="147425"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13979"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="57892"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17459"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40433"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18758"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22728"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7786"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14942"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8315"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11223"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14530"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6940"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7590"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="64265"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26838"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8736"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18102"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3983"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17419"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7801"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8224"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35260"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7673"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20558"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="1"/>
+    <s v="Households with one motor car"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7029"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="387034"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="206134"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4348"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="100467"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29207"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23480"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23081"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24699"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19881"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8583"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6096"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2988"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8774"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17075"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6209"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7413"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11658"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12642"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="112421"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11518"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="47550"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8402"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39148"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12566"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16971"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3133"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13838"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6440"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7771"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9605"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3259"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6346"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="46350"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20667"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4979"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15688"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2712"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11367"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5809"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5795"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22129"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5719"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11424"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="2"/>
+    <s v="Households with two motor cars"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4986"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="68013"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36290"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="865"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17164"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4819"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4157"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3613"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4575"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3352"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1578"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1097"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="509"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1471"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3113"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1193"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1252"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2304"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2392"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20236"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1790"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9047"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1631"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7416"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2147"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3134"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="499"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2635"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1182"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1332"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1604"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="438"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1166"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7497"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3461"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="890"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2571"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="438"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1715"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="933"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="950"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3990"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1063"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1876"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="3"/>
+    <s v="Households with three motor cars"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1051"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="3B"/>
+    <s v="Households with four motor cars"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17640"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="3B"/>
+    <s v="Households with four motor cars"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8892"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="3B"/>
+    <s v="Households with four motor cars"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="3B"/>
+    <s v="Households with four motor cars"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3667"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="3B"/>
+    <s v="Households with four motor cars"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="918"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="3B"/>
+    <s v="Households with four motor cars"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="916"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="3B"/>
+    <s v="Households with four motor cars"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="816"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="3B"/>
+    <s v="Households with four motor cars"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1017"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="3B"/>
+    <s v="Households with four motor cars"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="883"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="3B"/>
+    <s v="Households with four motor cars"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="436"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="3B"/>
+    <s v="Households with four motor cars"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="3B"/>
+    <s v="Households with four motor cars"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="3B"/>
+    <s v="Households with four motor cars"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="421"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="3B"/>
+    <s v="Households with four motor cars"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="852"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="3B"/>
+    <s v="Households with four motor cars"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="326"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="3B"/>
+    <s v="Households with four motor cars"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="333"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="3B"/>
+    <s v="Households with four motor cars"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="701"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="3B"/>
+    <s v="Households with four motor cars"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="641"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="3B"/>
+    <s v="Households with four motor cars"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5589"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="3B"/>
+    <s v="Households with four motor cars"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="496"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="3B"/>
+    <s v="Households with four motor cars"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2663"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="3B"/>
+    <s v="Households with four motor cars"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="430"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="3B"/>
+    <s v="Households with four motor cars"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2233"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="3B"/>
+    <s v="Households with four motor cars"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="539"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="3B"/>
+    <s v="Households with four motor cars"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="807"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="3B"/>
+    <s v="Households with four motor cars"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="3B"/>
+    <s v="Households with four motor cars"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="722"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="3B"/>
+    <s v="Households with four motor cars"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="3B"/>
+    <s v="Households with four motor cars"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="367"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="3B"/>
+    <s v="Households with four motor cars"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="431"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="3B"/>
+    <s v="Households with four motor cars"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="3B"/>
+    <s v="Households with four motor cars"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="3B"/>
+    <s v="Households with four motor cars"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1984"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="3B"/>
+    <s v="Households with four motor cars"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="930"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="3B"/>
+    <s v="Households with four motor cars"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="3B"/>
+    <s v="Households with four motor cars"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="690"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="3B"/>
+    <s v="Households with four motor cars"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="3B"/>
+    <s v="Households with four motor cars"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="441"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="3B"/>
+    <s v="Households with four motor cars"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="3B"/>
+    <s v="Households with four motor cars"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="3B"/>
+    <s v="Households with four motor cars"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1175"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="3B"/>
+    <s v="Households with four motor cars"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="3B"/>
+    <s v="Households with four motor cars"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="506"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="3B"/>
+    <s v="Households with four motor cars"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="353"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4B"/>
+    <s v="Households with five or more motor cars"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5973"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4B"/>
+    <s v="Households with five or more motor cars"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2970"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4B"/>
+    <s v="Households with five or more motor cars"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4B"/>
+    <s v="Households with five or more motor cars"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="980"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4B"/>
+    <s v="Households with five or more motor cars"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="291"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4B"/>
+    <s v="Households with five or more motor cars"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4B"/>
+    <s v="Households with five or more motor cars"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4B"/>
+    <s v="Households with five or more motor cars"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4B"/>
+    <s v="Households with five or more motor cars"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4B"/>
+    <s v="Households with five or more motor cars"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4B"/>
+    <s v="Households with five or more motor cars"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4B"/>
+    <s v="Households with five or more motor cars"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4B"/>
+    <s v="Households with five or more motor cars"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4B"/>
+    <s v="Households with five or more motor cars"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="342"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4B"/>
+    <s v="Households with five or more motor cars"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4B"/>
+    <s v="Households with five or more motor cars"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4B"/>
+    <s v="Households with five or more motor cars"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4B"/>
+    <s v="Households with five or more motor cars"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4B"/>
+    <s v="Households with five or more motor cars"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1874"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4B"/>
+    <s v="Households with five or more motor cars"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4B"/>
+    <s v="Households with five or more motor cars"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="835"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4B"/>
+    <s v="Households with five or more motor cars"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4B"/>
+    <s v="Households with five or more motor cars"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="716"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4B"/>
+    <s v="Households with five or more motor cars"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4B"/>
+    <s v="Households with five or more motor cars"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="304"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4B"/>
+    <s v="Households with five or more motor cars"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4B"/>
+    <s v="Households with five or more motor cars"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="278"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4B"/>
+    <s v="Households with five or more motor cars"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4B"/>
+    <s v="Households with five or more motor cars"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4B"/>
+    <s v="Households with five or more motor cars"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4B"/>
+    <s v="Households with five or more motor cars"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4B"/>
+    <s v="Households with five or more motor cars"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4B"/>
+    <s v="Households with five or more motor cars"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="684"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4B"/>
+    <s v="Households with five or more motor cars"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4B"/>
+    <s v="Households with five or more motor cars"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4B"/>
+    <s v="Households with five or more motor cars"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4B"/>
+    <s v="Households with five or more motor cars"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4B"/>
+    <s v="Households with five or more motor cars"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4B"/>
+    <s v="Households with five or more motor cars"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4B"/>
+    <s v="Households with five or more motor cars"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4B"/>
+    <s v="Households with five or more motor cars"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="445"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4B"/>
+    <s v="Households with five or more motor cars"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4B"/>
+    <s v="Households with five or more motor cars"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="4B"/>
+    <s v="Households with five or more motor cars"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-1"/>
+    <s v="All households having at least one motor car"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1002487"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-1"/>
+    <s v="All households having at least one motor car"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="531163"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-1"/>
+    <s v="All households having at least one motor car"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11888"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-1"/>
+    <s v="All households having at least one motor car"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="273594"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-1"/>
+    <s v="All households having at least one motor car"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="105407"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-1"/>
+    <s v="All households having at least one motor car"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="54066"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-1"/>
+    <s v="All households having at least one motor car"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="52381"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-1"/>
+    <s v="All households having at least one motor car"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="61740"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-1"/>
+    <s v="All households having at least one motor car"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="43380"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-1"/>
+    <s v="All households having at least one motor car"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21240"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-1"/>
+    <s v="All households having at least one motor car"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15335"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-1"/>
+    <s v="All households having at least one motor car"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8113"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-1"/>
+    <s v="All households having at least one motor car"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25279"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-1"/>
+    <s v="All households having at least one motor car"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="36297"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-1"/>
+    <s v="All households having at least one motor car"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16293"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-1"/>
+    <s v="All households having at least one motor car"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18704"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-1"/>
+    <s v="All households having at least one motor car"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30908"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-1"/>
+    <s v="All households having at least one motor car"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30132"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-1"/>
+    <s v="All households having at least one motor car"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="287545"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-1"/>
+    <s v="All households having at least one motor car"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="27924"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-1"/>
+    <s v="All households having at least one motor car"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="117987"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-1"/>
+    <s v="All households having at least one motor car"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28041"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-1"/>
+    <s v="All households having at least one motor car"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="89946"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-1"/>
+    <s v="All households having at least one motor car"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34220"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-1"/>
+    <s v="All households having at least one motor car"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="43944"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-1"/>
+    <s v="All households having at least one motor car"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11529"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-1"/>
+    <s v="All households having at least one motor car"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="32415"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-1"/>
+    <s v="All households having at least one motor car"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16324"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-1"/>
+    <s v="All households having at least one motor car"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="20826"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-1"/>
+    <s v="All households having at least one motor car"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26320"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-1"/>
+    <s v="All households having at least one motor car"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10784"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-1"/>
+    <s v="All households having at least one motor car"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15536"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-1"/>
+    <s v="All households having at least one motor car"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="120780"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-1"/>
+    <s v="All households having at least one motor car"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="52192"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-1"/>
+    <s v="All households having at least one motor car"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14903"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-1"/>
+    <s v="All households having at least one motor car"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="37289"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-1"/>
+    <s v="All households having at least one motor car"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7315"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-1"/>
+    <s v="All households having at least one motor car"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31111"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-1"/>
+    <s v="All households having at least one motor car"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14881"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-1"/>
+    <s v="All households having at least one motor car"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15281"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-1"/>
+    <s v="All households having at least one motor car"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="62999"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-1"/>
+    <s v="All households having at least one motor car"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14874"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-1"/>
+    <s v="All households having at least one motor car"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="34580"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-1"/>
+    <s v="All households having at least one motor car"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13545"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="277130"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="157441"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2902"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="104816"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="75254"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10005"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8079"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11478"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6696"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4167"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3002"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2185"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8074"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5038"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3592"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4456"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6507"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6006"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="73269"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5711"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29237"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14606"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14631"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8640"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13099"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7373"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5726"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3702"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5432"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7448"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4503"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2945"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30561"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13524"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6116"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7408"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1685"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8003"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3122"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4227"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15859"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3282"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9539"/>
+  </r>
+  <r>
+    <s v="BSR34"/>
+    <s v="2002 Private Households in Permanent Housing Units"/>
+    <s v="-2"/>
+    <s v="All households not having a motor car"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3038"/>
+  </r>
+</pivotCacheRecords>
 </file>