--- v1 (2026-02-04)
+++ v2 (2026-03-25)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re28d25c7b1054a6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c700a2320456452ca532d8bd940dc199.psmdcp" Id="R4a534a9239544e0b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9bfcac5e5b6a4bf6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e18f360396534ba2a3a51f99bb83b14b.psmdcp" Id="R70ed6ec957764f7a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>