--- v0 (2025-11-07)
+++ v1 (2025-12-23)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4cabff3b2ed9440b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7d4f28a9abc6419e88841ab674111492.psmdcp" Id="Ra2c486f82e6c4566" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1577ad7b47a04107" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0372b3522e9143d5804c39365d8765ce.psmdcp" Id="R3545e2a0a87d4e04" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>BSR22</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>2002 Population Usually Resident and Present in the State</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>2/9/2022 11:00:00 AM</x:t>
+    <x:t>09/02/2022 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Excluding those who work mainly at or from home.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/BSR22/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2002PSE</x:t>
   </x:si>
   <x:si>
     <x:t>Principal Socio-economic Results 2002</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -487,379 +487,180 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...327 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="14">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02801V03370" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Travelling Time" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02730V03298" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Time Leaving Home" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02704V03272" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="At Work School or College" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="12">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+    <field x="10"/>
+    <field x="11"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="13"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:N865" totalsRowShown="0">
   <x:autoFilter ref="A1:N865"/>
   <x:tableColumns count="14">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="STATISTIC Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="CensusYear"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="C02801V03370"/>
     <x:tableColumn id="8" name="Travelling Time"/>
     <x:tableColumn id="9" name="C02730V03298"/>
     <x:tableColumn id="10" name="Time Leaving Home"/>
     <x:tableColumn id="11" name="C02704V03272"/>
     <x:tableColumn id="12" name="At Work School or College"/>
     <x:tableColumn id="13" name="UNIT"/>
     <x:tableColumn id="14" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
@@ -1134,51 +935,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/BSR22/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1367,51 +1168,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:N865"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="52.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="13.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="18.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="16.139196" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="20.710625" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="16.139196" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="54.282054" style="0" customWidth="1"/>
     <x:col min="13" max="13" width="8.282054" style="0" customWidth="1"/>
     <x:col min="14" max="14" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
@@ -39465,51 +39266,51 @@
       <x:c r="K865" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L865" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="M865" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N865" s="0">
         <x:v>1449</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -39526,51 +39327,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:N865" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="BSR22"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="STATISTIC Label">
       <x:sharedItems count="1">
         <x:s v="2002 Population Usually Resident and Present in the State"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="1">
         <x:s v="2002"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="CensusYear">
       <x:sharedItems count="1">
         <x:s v="2002"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
@@ -40415,27 +40216,13852 @@
         <x:n v="6739"/>
         <x:n v="2097"/>
         <x:n v="3624"/>
         <x:n v="999"/>
         <x:n v="7616"/>
         <x:n v="5622"/>
         <x:n v="2963"/>
         <x:n v="1105"/>
         <x:n v="4288"/>
         <x:n v="3697"/>
         <x:n v="386"/>
         <x:n v="5186"/>
         <x:n v="63"/>
         <x:n v="351"/>
         <x:n v="13181"/>
         <x:n v="5396"/>
         <x:n v="1830"/>
         <x:n v="1449"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="1513314"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="425592"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="317139"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="134769"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="021"/>
+    <s v="Before 07:00"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="171597"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="021"/>
+    <s v="Before 07:00"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="461"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="021"/>
+    <s v="Before 07:00"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="1256"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="021"/>
+    <s v="Before 07:00"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="2947"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="233614"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="2712"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="11791"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="10017"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="287400"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="11625"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="57432"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="17739"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="265516"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="66920"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="114563"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="27562"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="250555"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="207559"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="113256"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="39661"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="105876"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="122346"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="11544"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="14895"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="115622"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="1101"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="1854"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="16312"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="83134"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="12868"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="5443"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="5636"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="395222"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="269512"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="111486"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="30174"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="021"/>
+    <s v="Before 07:00"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="29801"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="021"/>
+    <s v="Before 07:00"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="021"/>
+    <s v="Before 07:00"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="021"/>
+    <s v="Before 07:00"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="31913"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="499"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="448"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="437"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="72048"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="2381"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="4522"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="971"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="58541"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="25283"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="29369"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="2805"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="97662"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="139849"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="68293"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="14670"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="45392"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="99513"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="7650"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="5264"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="45226"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="746"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="718"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="5130"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="14639"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="1163"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="421"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="747"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="428087"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="91218"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="110079"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="37051"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="021"/>
+    <s v="Before 07:00"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="37787"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="021"/>
+    <s v="Before 07:00"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="021"/>
+    <s v="Before 07:00"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="021"/>
+    <s v="Before 07:00"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="282"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="59643"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="624"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="2054"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="983"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="80617"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="3701"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="19482"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="2597"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="84715"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="26529"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="53041"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="8155"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="85918"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="46463"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="32176"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="14100"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="31788"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="13180"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="2194"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="4728"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="34472"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="594"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="5462"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="13147"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="449"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="416"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="744"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="260173"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="20019"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="47136"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="24442"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="021"/>
+    <s v="Before 07:00"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="29052"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="021"/>
+    <s v="Before 07:00"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="021"/>
+    <s v="Before 07:00"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="021"/>
+    <s v="Before 07:00"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="54912"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="575"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="3275"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="1507"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="50900"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="2826"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="18826"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="4225"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="60237"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="8424"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="19930"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="8174"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="31317"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="6734"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="4013"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="4907"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="12098"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="1223"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="500"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="2254"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="14842"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="2587"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="6815"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="488"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="110861"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="6100"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="13864"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="12335"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="021"/>
+    <s v="Before 07:00"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="16064"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="021"/>
+    <s v="Before 07:00"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="021"/>
+    <s v="Before 07:00"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="021"/>
+    <s v="Before 07:00"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="25364"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="1833"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="1284"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="26020"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="1078"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="6353"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="3126"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="22723"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="1711"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="3548"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="3249"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="9569"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="2218"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="1604"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="2135"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="3873"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="718"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="971"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="4906"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="1160"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="2342"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="101052"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="2519"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="8454"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="12940"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="021"/>
+    <s v="Before 07:00"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="22580"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="021"/>
+    <s v="Before 07:00"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="021"/>
+    <s v="Before 07:00"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="021"/>
+    <s v="Before 07:00"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="594"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="26315"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="350"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="2348"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="2670"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="25066"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="692"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="3736"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="4121"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="13708"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="696"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="1352"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="2556"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="5861"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="625"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="453"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="1239"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="2402"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="646"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="3314"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="869"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="1806"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="41455"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="452"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="2182"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="6944"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="021"/>
+    <s v="Before 07:00"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="17742"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="021"/>
+    <s v="Before 07:00"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="021"/>
+    <s v="Before 07:00"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="362"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="021"/>
+    <s v="Before 07:00"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="1134"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="10759"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="832"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="2277"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="5791"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="504"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="1452"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="2818"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="747"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="1443"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="503"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="650"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="1242"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="375"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="1010"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="176464"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="35772"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="23938"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="10883"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="021"/>
+    <s v="Before 07:00"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="18571"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="021"/>
+    <s v="Before 07:00"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="021"/>
+    <s v="Before 07:00"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="021"/>
+    <s v="Before 07:00"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="24708"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="1001"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="859"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="26958"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="824"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="4009"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="1247"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="22774"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="4226"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="7140"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="1876"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="18785"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="11603"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="6618"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="2107"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="9673"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="7610"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="859"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="811"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="11620"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="729"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="43375"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="11112"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="4041"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="2975"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="872324"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="218414"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="157211"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="61166"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="021"/>
+    <s v="Before 07:00"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="129217"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="021"/>
+    <s v="Before 07:00"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="021"/>
+    <s v="Before 07:00"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="665"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="021"/>
+    <s v="Before 07:00"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="1303"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="157361"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="1471"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="5880"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="4423"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="184008"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="5966"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="27006"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="7870"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="144025"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="34345"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="54466"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="12636"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="110414"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="106462"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="59334"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="17667"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="41952"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="62730"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="6154"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="6440"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="50956"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="583"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="810"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="7948"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="54391"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="6622"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="2896"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="2879"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="213617"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="138270"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="56402"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="13502"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="021"/>
+    <s v="Before 07:00"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="22391"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="021"/>
+    <s v="Before 07:00"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="021"/>
+    <s v="Before 07:00"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="021"/>
+    <s v="Before 07:00"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="21440"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="257"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="48614"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="1193"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="2045"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="409"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="36135"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="13054"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="13733"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="1364"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="42769"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="71793"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="35702"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="6567"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="16207"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="50937"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="4099"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="2189"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="17298"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="389"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="2382"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="8763"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="601"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="383"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="230875"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="46586"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="53804"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="16668"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="021"/>
+    <s v="Before 07:00"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="27918"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="021"/>
+    <s v="Before 07:00"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="021"/>
+    <s v="Before 07:00"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="021"/>
+    <s v="Before 07:00"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="38670"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="327"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="1009"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="376"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="52814"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="1892"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="9098"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="1178"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="43631"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="13545"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="25278"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="3651"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="34493"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="23590"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="16765"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="6207"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="11210"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="6842"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="1119"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="2071"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="14395"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="2659"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="7744"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="394"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="149883"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="10385"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="22824"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="11318"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="021"/>
+    <s v="Before 07:00"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="21398"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="021"/>
+    <s v="Before 07:00"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="021"/>
+    <s v="Before 07:00"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="021"/>
+    <s v="Before 07:00"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="37269"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="319"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="1679"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="681"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="31295"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="1429"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="8941"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="1882"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="29016"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="4318"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="9531"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="3774"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="13635"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="3582"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="2106"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="2264"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="5480"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="621"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="1009"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="7526"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="1338"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="4264"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="63377"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="3221"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="6645"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="5518"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="021"/>
+    <s v="Before 07:00"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="11508"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="021"/>
+    <s v="Before 07:00"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="021"/>
+    <s v="Before 07:00"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="021"/>
+    <s v="Before 07:00"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="16896"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="922"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="605"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="14076"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="588"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="2993"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="1395"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="10485"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="906"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="1647"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="1492"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="4328"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="1136"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="823"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="880"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="1943"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="372"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="418"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="2604"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="548"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="1537"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="61701"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="1356"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="4117"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="5930"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="021"/>
+    <s v="Before 07:00"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="17056"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="021"/>
+    <s v="Before 07:00"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="021"/>
+    <s v="Before 07:00"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="021"/>
+    <s v="Before 07:00"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="267"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="16874"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="1121"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="1261"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="13258"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="376"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="1794"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="1810"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="7000"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="364"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="685"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="1158"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="3097"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="345"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="553"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="1313"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="1909"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="466"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="1194"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="28279"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="1009"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="2917"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="021"/>
+    <s v="Before 07:00"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="13560"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="021"/>
+    <s v="Before 07:00"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="021"/>
+    <s v="Before 07:00"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="021"/>
+    <s v="Before 07:00"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="460"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="6774"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="394"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="956"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="3400"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="597"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="1723"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="320"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="923"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="414"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="790"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="695"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="124592"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="18357"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="12410"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="5313"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="021"/>
+    <s v="Before 07:00"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="15386"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="021"/>
+    <s v="Before 07:00"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="021"/>
+    <s v="Before 07:00"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="021"/>
+    <s v="Before 07:00"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="19438"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="498"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="414"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="20551"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="412"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="1907"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="599"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="16035"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="2129"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="3516"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="877"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="11169"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="5981"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="3655"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="1002"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="5385"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="3913"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="473"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="362"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="6434"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="378"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="30194"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="5716"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="2211"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="1526"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="640990"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="207178"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="159928"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="73603"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="021"/>
+    <s v="Before 07:00"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="42380"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="021"/>
+    <s v="Before 07:00"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="021"/>
+    <s v="Before 07:00"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="591"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="021"/>
+    <s v="Before 07:00"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="1644"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="76253"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="1241"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="5911"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="5594"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="103392"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="5659"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="30426"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="9869"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="121491"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="32575"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="60097"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="14926"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="140141"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="101097"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="53922"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="21994"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="63924"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="59616"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="5390"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="8455"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="64666"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="518"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="1044"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="8364"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="28743"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="6246"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="2547"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total time travelling"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="2757"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="181605"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="131242"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="55084"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="16672"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="021"/>
+    <s v="Before 07:00"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="7410"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="021"/>
+    <s v="Before 07:00"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="021"/>
+    <s v="Before 07:00"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="021"/>
+    <s v="Before 07:00"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="10473"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="307"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="23434"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="1188"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="2477"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="562"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="22406"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="12229"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="15636"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="1441"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="54893"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="68056"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="32591"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="8103"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="29185"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="48576"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="3551"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="3075"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="27928"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="357"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="415"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="2748"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="5876"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="562"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="&lt; ¼ hour"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="364"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="197212"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="44632"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="56275"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="20383"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="021"/>
+    <s v="Before 07:00"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="9869"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="021"/>
+    <s v="Before 07:00"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="021"/>
+    <s v="Before 07:00"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="021"/>
+    <s v="Before 07:00"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="20973"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="297"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="1045"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="607"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="27803"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="1809"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="10384"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="1419"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="41084"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="12984"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="27763"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="4504"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="51425"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="22873"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="15411"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="7893"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="20578"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="6338"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="1075"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="2657"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="20077"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="333"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="2803"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="5403"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="¼ hour - &lt; ½ hour"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="350"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="110290"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="9634"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="24312"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="13124"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="021"/>
+    <s v="Before 07:00"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="7654"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="021"/>
+    <s v="Before 07:00"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="021"/>
+    <s v="Before 07:00"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="021"/>
+    <s v="Before 07:00"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="17643"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="1596"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="826"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="19605"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="1397"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="9885"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="2343"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="31221"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="4106"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="10399"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="4400"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="17682"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="3152"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="1907"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="2643"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="6618"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="602"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="1245"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="7316"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="1249"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="2551"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="½ hour - &lt; ¾ hour"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="47484"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="2879"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="7219"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="6817"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="021"/>
+    <s v="Before 07:00"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="4556"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="021"/>
+    <s v="Before 07:00"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="021"/>
+    <s v="Before 07:00"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="021"/>
+    <s v="Before 07:00"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="8468"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="911"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="679"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="11944"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="490"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="3360"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="1731"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="12238"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="805"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="1901"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="1757"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="5241"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="1082"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="781"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="1255"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="1930"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="346"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="553"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="2302"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="612"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="805"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="¾ hour - &lt; 1 hour"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="39351"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="1163"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="4337"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="7010"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="021"/>
+    <s v="Before 07:00"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="5524"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="021"/>
+    <s v="Before 07:00"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="021"/>
+    <s v="Before 07:00"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="021"/>
+    <s v="Before 07:00"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="327"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="9441"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="1227"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="1409"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="11808"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="1942"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="2311"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="6708"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="332"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="667"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="1398"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="2764"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="686"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="1089"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="345"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="1405"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="403"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="612"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="1 hour - &lt; 1½ hours"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="13176"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="1173"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="4027"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="021"/>
+    <s v="Before 07:00"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="4182"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="021"/>
+    <s v="Before 07:00"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="021"/>
+    <s v="Before 07:00"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="021"/>
+    <s v="Before 07:00"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="674"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="3985"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="438"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="1321"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="2391"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="855"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="1095"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="427"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="520"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="452"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="1½ hours and over"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="51872"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="17415"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="11528"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="All departure times"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="5570"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="021"/>
+    <s v="Before 07:00"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="3185"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="021"/>
+    <s v="Before 07:00"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="021"/>
+    <s v="Before 07:00"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="021"/>
+    <s v="Before 07:00"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="5270"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="503"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="03"/>
+    <s v="07:01 - 07:30"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="445"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="6407"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="412"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="2102"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="04"/>
+    <s v="07:31 - 08:00"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="648"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="6739"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="2097"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="3624"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="05"/>
+    <s v="08:01 - 08:30"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="999"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="7616"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="5622"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="2963"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="06"/>
+    <s v="08:31 - 09:00"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="1105"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="4288"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="3697"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="386"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="07"/>
+    <s v="09:01 - 09:30"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="449"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="5186"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="08"/>
+    <s v="After 09:30"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="351"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="904"/>
+    <s v="Population aged 15 years and over at work"/>
+    <s v="Number"/>
+    <n v="13181"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="901"/>
+    <s v="Children at school aged between 5 and 12 years"/>
+    <s v="Number"/>
+    <n v="5396"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="902"/>
+    <s v="Students at school or college aged between 13 and 18 years"/>
+    <s v="Number"/>
+    <n v="1830"/>
+  </r>
+  <r>
+    <s v="BSR22"/>
+    <s v="2002 Population Usually Resident and Present in the State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="903"/>
+    <s v="Students at school or college aged 19 years and over"/>
+    <s v="Number"/>
+    <n v="1449"/>
+  </r>
+</pivotCacheRecords>
 </file>