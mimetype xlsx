--- v0 (2025-11-04)
+++ v1 (2025-12-29)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raaf6712c6567429c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8d4797e0fe2e40a89253e8e6900f18da.psmdcp" Id="R2277a528d8f2415f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a5e15829f254abc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/53568cef1f1a4e00b53cf7bfe6962118.psmdcp" Id="Rbdb5cbba684d4479" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>BSR20</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/8/2020 11:00:00 AM</x:t>
+    <x:t>08/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Mathematics includes Statistics. Engineering includes architecture.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/BSR20/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2002PSE</x:t>
   </x:si>
   <x:si>
     <x:t>Principal Socio-economic Results 2002</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -514,379 +514,174 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...327 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V03371" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02750V03319" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="16">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+      </items>
+    </pivotField>
+    <pivotField name="Subject in which Qualification is Held" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="16">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L337" totalsRowShown="0">
   <x:autoFilter ref="A1:L337"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02076V03371"/>
     <x:tableColumn id="4" name="Age Group"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="C02750V03319"/>
     <x:tableColumn id="8" name="Subject in which Qualification is Held"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="CensusYear"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1159,51 +954,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/BSR20/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1392,51 +1187,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L337"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="111.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="16.567768" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="48.567768" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="13.424911" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -14234,51 +14029,51 @@
       <x:c r="I337" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J337" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K337" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L337" s="0">
         <x:v>18153</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -14295,51 +14090,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L337" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="BSR20"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02076V03371">
       <x:sharedItems count="7">
         <x:s v="-"/>
         <x:s v="310"/>
         <x:s v="415"/>
         <x:s v="465"/>
         <x:s v="500"/>
         <x:s v="535"/>
         <x:s v="575"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Age Group">
       <x:sharedItems count="7">
@@ -14739,27 +14534,4732 @@
         <x:n v="2880"/>
         <x:n v="315"/>
         <x:n v="16936"/>
         <x:n v="3668"/>
         <x:n v="674"/>
         <x:n v="1285"/>
         <x:n v="961"/>
         <x:n v="183"/>
         <x:n v="297"/>
         <x:n v="81"/>
         <x:n v="123"/>
         <x:n v="68"/>
         <x:n v="118"/>
         <x:n v="6161"/>
         <x:n v="1291"/>
         <x:n v="2314"/>
         <x:n v="500"/>
         <x:n v="18153"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="41488"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22316"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="42428"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="107443"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4001"/>
+    <s v="Social and behavioural science (broad programmes)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14441"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5025"/>
+    <s v="Physical sciences (physics, chemistry, earth science)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17275"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5030"/>
+    <s v="Mathematics"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5067"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="40198"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="62600"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6065"/>
+    <s v="Agriculture, forestry and fishery (broad programmes)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16243"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7030"/>
+    <s v="Medicine"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="75502"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="8055"/>
+    <s v="Travel , tourism and leisure"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31308"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9201"/>
+    <s v="Other subjects"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="58200"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="85835"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5901"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="626245"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9799"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8179"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16138"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="53807"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4001"/>
+    <s v="Social and behavioural science (broad programmes)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5112"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5025"/>
+    <s v="Physical sciences (physics, chemistry, earth science)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9659"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5030"/>
+    <s v="Mathematics"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3074"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23684"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="56783"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6065"/>
+    <s v="Agriculture, forestry and fishery (broad programmes)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13671"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7030"/>
+    <s v="Medicine"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13753"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="8055"/>
+    <s v="Travel , tourism and leisure"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12024"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9201"/>
+    <s v="Other subjects"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="28201"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="39874"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2806"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="296564"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="31689"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14137"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="26290"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="53636"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4001"/>
+    <s v="Social and behavioural science (broad programmes)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9329"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5025"/>
+    <s v="Physical sciences (physics, chemistry, earth science)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7616"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5030"/>
+    <s v="Mathematics"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1993"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16514"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5817"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6065"/>
+    <s v="Agriculture, forestry and fishery (broad programmes)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2572"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7030"/>
+    <s v="Medicine"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="61749"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="8055"/>
+    <s v="Travel , tourism and leisure"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19284"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9201"/>
+    <s v="Other subjects"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="29999"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="45961"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3095"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="329681"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3580"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3931"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6041"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17987"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4001"/>
+    <s v="Social and behavioural science (broad programmes)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2915"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5025"/>
+    <s v="Physical sciences (physics, chemistry, earth science)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2842"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5030"/>
+    <s v="Mathematics"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="835"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10804"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9176"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6065"/>
+    <s v="Agriculture, forestry and fishery (broad programmes)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2019"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7030"/>
+    <s v="Medicine"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4688"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="8055"/>
+    <s v="Travel , tourism and leisure"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7735"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9201"/>
+    <s v="Other subjects"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8624"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9080"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1237"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="91494"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="596"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1370"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1646"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6809"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4001"/>
+    <s v="Social and behavioural science (broad programmes)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="805"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5025"/>
+    <s v="Physical sciences (physics, chemistry, earth science)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1250"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5030"/>
+    <s v="Mathematics"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="450"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5747"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7948"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6065"/>
+    <s v="Agriculture, forestry and fishery (broad programmes)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1590"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7030"/>
+    <s v="Medicine"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="573"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="8055"/>
+    <s v="Travel , tourism and leisure"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2457"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9201"/>
+    <s v="Other subjects"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3515"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3470"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="615"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="38841"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2984"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2561"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4395"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11178"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4001"/>
+    <s v="Social and behavioural science (broad programmes)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2110"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5025"/>
+    <s v="Physical sciences (physics, chemistry, earth science)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1592"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5030"/>
+    <s v="Mathematics"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="385"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5057"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1228"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6065"/>
+    <s v="Agriculture, forestry and fishery (broad programmes)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="429"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7030"/>
+    <s v="Medicine"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4115"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="8055"/>
+    <s v="Travel , tourism and leisure"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5278"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9201"/>
+    <s v="Other subjects"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5109"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5610"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="622"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="310"/>
+    <s v="15 - 24 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="52653"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8095"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8653"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13933"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="44105"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4001"/>
+    <s v="Social and behavioural science (broad programmes)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5869"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5025"/>
+    <s v="Physical sciences (physics, chemistry, earth science)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7069"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5030"/>
+    <s v="Mathematics"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1862"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17425"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="25206"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6065"/>
+    <s v="Agriculture, forestry and fishery (broad programmes)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5746"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7030"/>
+    <s v="Medicine"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21042"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="8055"/>
+    <s v="Travel , tourism and leisure"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14250"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9201"/>
+    <s v="Other subjects"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="21421"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="30184"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1442"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="226302"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1530"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3224"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4516"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19514"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4001"/>
+    <s v="Social and behavioural science (broad programmes)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1974"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5025"/>
+    <s v="Physical sciences (physics, chemistry, earth science)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3620"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5030"/>
+    <s v="Mathematics"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1025"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10431"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="22223"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6065"/>
+    <s v="Agriculture, forestry and fishery (broad programmes)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4619"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7030"/>
+    <s v="Medicine"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3772"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="8055"/>
+    <s v="Travel , tourism and leisure"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5550"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9201"/>
+    <s v="Other subjects"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9638"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12959"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="721"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="105316"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6565"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5429"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9417"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24591"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4001"/>
+    <s v="Social and behavioural science (broad programmes)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3895"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5025"/>
+    <s v="Physical sciences (physics, chemistry, earth science)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3449"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5030"/>
+    <s v="Mathematics"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="837"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6994"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2983"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6065"/>
+    <s v="Agriculture, forestry and fishery (broad programmes)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1127"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7030"/>
+    <s v="Medicine"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17270"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="8055"/>
+    <s v="Travel , tourism and leisure"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8700"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9201"/>
+    <s v="Other subjects"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11783"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="17225"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="721"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="415"/>
+    <s v="25 - 34 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="120986"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9879"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4730"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8009"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24146"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4001"/>
+    <s v="Social and behavioural science (broad programmes)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2887"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5025"/>
+    <s v="Physical sciences (physics, chemistry, earth science)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3558"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5030"/>
+    <s v="Mathematics"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="980"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8081"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14398"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6065"/>
+    <s v="Agriculture, forestry and fishery (broad programmes)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3546"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7030"/>
+    <s v="Medicine"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18783"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="8055"/>
+    <s v="Travel , tourism and leisure"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5393"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9201"/>
+    <s v="Other subjects"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13310"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="19970"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="990"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="138660"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2011"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1677"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3098"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13177"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4001"/>
+    <s v="Social and behavioural science (broad programmes)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1074"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5025"/>
+    <s v="Physical sciences (physics, chemistry, earth science)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2074"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5030"/>
+    <s v="Mathematics"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="577"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5200"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13214"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6065"/>
+    <s v="Agriculture, forestry and fishery (broad programmes)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2976"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7030"/>
+    <s v="Medicine"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3579"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="8055"/>
+    <s v="Travel , tourism and leisure"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2304"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9201"/>
+    <s v="Other subjects"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6644"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9381"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="479"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="67465"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7868"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3053"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4911"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10969"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4001"/>
+    <s v="Social and behavioural science (broad programmes)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1813"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5025"/>
+    <s v="Physical sciences (physics, chemistry, earth science)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1484"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5030"/>
+    <s v="Mathematics"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="403"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2881"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1184"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6065"/>
+    <s v="Agriculture, forestry and fishery (broad programmes)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="570"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7030"/>
+    <s v="Medicine"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="15204"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="8055"/>
+    <s v="Travel , tourism and leisure"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3089"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9201"/>
+    <s v="Other subjects"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6666"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="10589"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="511"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="71195"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="9346"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2660"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7075"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="12579"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4001"/>
+    <s v="Social and behavioural science (broad programmes)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1776"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5025"/>
+    <s v="Physical sciences (physics, chemistry, earth science)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1935"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5030"/>
+    <s v="Mathematics"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="743"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2735"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7422"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6065"/>
+    <s v="Agriculture, forestry and fishery (broad programmes)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2155"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7030"/>
+    <s v="Medicine"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="14302"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="8055"/>
+    <s v="Travel , tourism and leisure"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2224"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9201"/>
+    <s v="Other subjects"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7748"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="13676"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="824"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="87200"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2766"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1039"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2983"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8239"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4001"/>
+    <s v="Social and behavioural science (broad programmes)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="819"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5025"/>
+    <s v="Physical sciences (physics, chemistry, earth science)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1383"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5030"/>
+    <s v="Mathematics"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="531"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1713"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7132"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6065"/>
+    <s v="Agriculture, forestry and fishery (broad programmes)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1940"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7030"/>
+    <s v="Medicine"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2647"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="8055"/>
+    <s v="Travel , tourism and leisure"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1005"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9201"/>
+    <s v="Other subjects"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4289"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6959"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="394"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="43839"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6580"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1621"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4092"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4340"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4001"/>
+    <s v="Social and behavioural science (broad programmes)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="957"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5025"/>
+    <s v="Physical sciences (physics, chemistry, earth science)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="552"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5030"/>
+    <s v="Mathematics"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1022"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6065"/>
+    <s v="Agriculture, forestry and fishery (broad programmes)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7030"/>
+    <s v="Medicine"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="11655"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="8055"/>
+    <s v="Travel , tourism and leisure"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1219"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9201"/>
+    <s v="Other subjects"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3459"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6717"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="430"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="43361"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5687"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1332"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4344"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5380"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4001"/>
+    <s v="Social and behavioural science (broad programmes)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="699"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5025"/>
+    <s v="Physical sciences (physics, chemistry, earth science)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1100"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5030"/>
+    <s v="Mathematics"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="403"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="904"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3733"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6065"/>
+    <s v="Agriculture, forestry and fishery (broad programmes)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1566"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7030"/>
+    <s v="Medicine"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="8893"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="8055"/>
+    <s v="Travel , tourism and leisure"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1053"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9201"/>
+    <s v="Other subjects"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4082"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7731"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="593"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="47500"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1663"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="533"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2154"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3783"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4001"/>
+    <s v="Social and behavioural science (broad programmes)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="328"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5025"/>
+    <s v="Physical sciences (physics, chemistry, earth science)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="858"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5030"/>
+    <s v="Mathematics"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="328"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="467"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3669"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6065"/>
+    <s v="Agriculture, forestry and fishery (broad programmes)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1453"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7030"/>
+    <s v="Medicine"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1549"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="8055"/>
+    <s v="Travel , tourism and leisure"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="484"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9201"/>
+    <s v="Other subjects"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2391"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4225"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="282"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="24167"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4024"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="799"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2190"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1597"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4001"/>
+    <s v="Social and behavioural science (broad programmes)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="371"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5025"/>
+    <s v="Physical sciences (physics, chemistry, earth science)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5030"/>
+    <s v="Mathematics"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="437"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6065"/>
+    <s v="Agriculture, forestry and fishery (broad programmes)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7030"/>
+    <s v="Medicine"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7344"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="8055"/>
+    <s v="Travel , tourism and leisure"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="569"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9201"/>
+    <s v="Other subjects"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1691"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3506"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="311"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="23333"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="4901"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1010"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3026"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3246"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="4001"/>
+    <s v="Social and behavioural science (broad programmes)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5025"/>
+    <s v="Physical sciences (physics, chemistry, earth science)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="771"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5030"/>
+    <s v="Mathematics"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2665"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="6065"/>
+    <s v="Agriculture, forestry and fishery (broad programmes)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1211"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="7030"/>
+    <s v="Medicine"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="7794"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="8055"/>
+    <s v="Travel , tourism and leisure"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="653"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9201"/>
+    <s v="Other subjects"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3015"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="5194"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="815"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="35089"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1233"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="336"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1741"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2285"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="4001"/>
+    <s v="Social and behavioural science (broad programmes)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5025"/>
+    <s v="Physical sciences (physics, chemistry, earth science)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="474"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5030"/>
+    <s v="Mathematics"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2597"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="6065"/>
+    <s v="Agriculture, forestry and fishery (broad programmes)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1093"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="7030"/>
+    <s v="Medicine"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1633"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="8055"/>
+    <s v="Travel , tourism and leisure"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9201"/>
+    <s v="Other subjects"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1724"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2880"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="16936"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2000"/>
+    <s v="Education"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="3668"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3001"/>
+    <s v="Arts"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="674"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="3501"/>
+    <s v="Humanities"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1285"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4000"/>
+    <s v="Social sciences, business and law"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="961"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="4001"/>
+    <s v="Social and behavioural science (broad programmes)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5025"/>
+    <s v="Physical sciences (physics, chemistry, earth science)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="297"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5030"/>
+    <s v="Mathematics"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5040"/>
+    <s v="Computer science"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="5055"/>
+    <s v="Engineering, manufacturing and construction"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="6065"/>
+    <s v="Agriculture, forestry and fishery (broad programmes)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="7030"/>
+    <s v="Medicine"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="6161"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="8055"/>
+    <s v="Travel , tourism and leisure"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="429"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9201"/>
+    <s v="Other subjects"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="1291"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9315"/>
+    <s v="Multiple subjects"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="2314"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9501"/>
+    <s v="Not stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="500"/>
+  </r>
+  <r>
+    <s v="BSR20"/>
+    <s v="2002 Population Aged 15 Years and Over with a Third Level Qualification Attained after Completing 2 or more Years of Study"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="9995"/>
+    <s v="Total persons"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="Number"/>
+    <n v="18153"/>
+  </r>
+</pivotCacheRecords>
 </file>