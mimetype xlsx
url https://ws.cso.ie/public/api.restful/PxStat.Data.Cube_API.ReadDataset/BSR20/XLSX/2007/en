--- v1 (2025-12-29)
+++ v2 (2026-02-14)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a5e15829f254abc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/53568cef1f1a4e00b53cf7bfe6962118.psmdcp" Id="Rbdb5cbba684d4479" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2ca7debab4a4907" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8198d18c10b24e949fb2ac0ea7c90f09.psmdcp" Id="Rb498572a67274183" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>