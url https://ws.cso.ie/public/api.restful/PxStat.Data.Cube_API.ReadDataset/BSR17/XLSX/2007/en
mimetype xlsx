--- v0 (2025-11-05)
+++ v1 (2026-02-12)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raef68143c5fb40c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8989e3770b624f4398758979562e3b78.psmdcp" Id="Rfe6445890d044094" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R671ae3d9417c4323" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/80e5f8d2733c41bab2408358e9c3c0b0.psmdcp" Id="R1e2bcf5d12da4092" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>BSR17</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>2002 Population Aged 15 Years and Over in Employment (ILO) by Average Hours Worked in the Week before Census Day</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/8/2020 11:00:00 AM</x:t>
+    <x:t>08/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/BSR17/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2002PSE</x:t>
   </x:si>
   <x:si>
     <x:t>Principal Socio-economic Results 2002</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -490,331 +490,156 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...279 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="C02702V03270" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="Broad Occupational Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J301" totalsRowShown="0">
   <x:autoFilter ref="A1:J301"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="C02702V03270"/>
     <x:tableColumn id="2" name="Broad Occupational Group"/>
     <x:tableColumn id="3" name="C02199V02655"/>
     <x:tableColumn id="4" name="Sex"/>
     <x:tableColumn id="5" name="TLIST(A1)"/>
     <x:tableColumn id="6" name="CensusYear"/>
     <x:tableColumn id="7" name="STATISTIC"/>
     <x:tableColumn id="8" name="Statistic Label"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1085,51 +910,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/BSR17/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1316,51 +1141,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J301"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="46.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="31.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -10982,51 +10807,51 @@
       <x:c r="G301" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H301" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I301" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="J301" s="0">
         <x:v>32.3</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -11043,51 +10868,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J301" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02702V03270">
       <x:sharedItems count="10">
         <x:s v="A100"/>
         <x:s v="B200"/>
         <x:s v="H800"/>
         <x:s v="I900"/>
         <x:s v="L1200"/>
         <x:s v="M1300"/>
         <x:s v="O1500"/>
         <x:s v="V2200"/>
         <x:s v="Y2510"/>
         <x:s v="-"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Broad Occupational Group">
       <x:sharedItems count="10">
         <x:s v="Farming, fishing and forestry workers"/>
         <x:s v="Manufacturing workers"/>
         <x:s v="Building and construction workers"/>
         <x:s v="Clerical, managing and government workers"/>
         <x:s v="Communication, warehouse and transport workers"/>
         <x:s v="Sales and commerce workers"/>
         <x:s v="Professional, technical and health workers"/>
@@ -11436,27 +11261,3628 @@
         <x:n v="22536"/>
         <x:n v="31462"/>
         <x:n v="42890"/>
         <x:n v="29278"/>
         <x:n v="201502"/>
         <x:n v="273624"/>
         <x:n v="322198"/>
         <x:n v="84556"/>
         <x:n v="42.3"/>
         <x:n v="758899"/>
         <x:n v="38805"/>
         <x:n v="82732"/>
         <x:n v="123300"/>
         <x:n v="51570"/>
         <x:n v="191340"/>
         <x:n v="142542"/>
         <x:n v="73015"/>
         <x:n v="55595"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C01"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="92482"/>
+  </r>
+  <r>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="1252"/>
+  </r>
+  <r>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="2325"/>
+  </r>
+  <r>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="3484"/>
+  </r>
+  <r>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="2346"/>
+  </r>
+  <r>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="3893"/>
+  </r>
+  <r>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="10352"/>
+  </r>
+  <r>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="55253"/>
+  </r>
+  <r>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="13577"/>
+  </r>
+  <r>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="%"/>
+    <n v="55.7"/>
+  </r>
+  <r>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C01"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="85578"/>
+  </r>
+  <r>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="1083"/>
+  </r>
+  <r>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="1899"/>
+  </r>
+  <r>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="2701"/>
+  </r>
+  <r>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="1970"/>
+  </r>
+  <r>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="3304"/>
+  </r>
+  <r>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="9252"/>
+  </r>
+  <r>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="52538"/>
+  </r>
+  <r>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="12831"/>
+  </r>
+  <r>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="%"/>
+    <n v="56.7"/>
+  </r>
+  <r>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C01"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="6904"/>
+  </r>
+  <r>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="426"/>
+  </r>
+  <r>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="783"/>
+  </r>
+  <r>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="376"/>
+  </r>
+  <r>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="589"/>
+  </r>
+  <r>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="1100"/>
+  </r>
+  <r>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="2715"/>
+  </r>
+  <r>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="746"/>
+  </r>
+  <r>
+    <s v="A100"/>
+    <s v="Farming, fishing and forestry workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="%"/>
+    <n v="44.1"/>
+  </r>
+  <r>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C01"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="204355"/>
+  </r>
+  <r>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="1894"/>
+  </r>
+  <r>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="3117"/>
+  </r>
+  <r>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="7996"/>
+  </r>
+  <r>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="4857"/>
+  </r>
+  <r>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="69304"/>
+  </r>
+  <r>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="60572"/>
+  </r>
+  <r>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="45872"/>
+  </r>
+  <r>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="10743"/>
+  </r>
+  <r>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="%"/>
+    <n v="40.8"/>
+  </r>
+  <r>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C01"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="167382"/>
+  </r>
+  <r>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="1457"/>
+  </r>
+  <r>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="1787"/>
+  </r>
+  <r>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="3813"/>
+  </r>
+  <r>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="3328"/>
+  </r>
+  <r>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="52085"/>
+  </r>
+  <r>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="53280"/>
+  </r>
+  <r>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="43053"/>
+  </r>
+  <r>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="8579"/>
+  </r>
+  <r>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="%"/>
+    <n v="41.7"/>
+  </r>
+  <r>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C01"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="36973"/>
+  </r>
+  <r>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="437"/>
+  </r>
+  <r>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="1330"/>
+  </r>
+  <r>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="4183"/>
+  </r>
+  <r>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="1529"/>
+  </r>
+  <r>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="17219"/>
+  </r>
+  <r>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="7292"/>
+  </r>
+  <r>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="2819"/>
+  </r>
+  <r>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="2164"/>
+  </r>
+  <r>
+    <s v="B200"/>
+    <s v="Manufacturing workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="%"/>
+    <n v="36.4"/>
+  </r>
+  <r>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C01"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="119998"/>
+  </r>
+  <r>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="1082"/>
+  </r>
+  <r>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="1645"/>
+  </r>
+  <r>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="3310"/>
+  </r>
+  <r>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="3021"/>
+  </r>
+  <r>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="23833"/>
+  </r>
+  <r>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="42069"/>
+  </r>
+  <r>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="37861"/>
+  </r>
+  <r>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="7177"/>
+  </r>
+  <r>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="%"/>
+    <n v="42.4"/>
+  </r>
+  <r>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C01"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="117470"/>
+  </r>
+  <r>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="1044"/>
+  </r>
+  <r>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="1536"/>
+  </r>
+  <r>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="3083"/>
+  </r>
+  <r>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="2898"/>
+  </r>
+  <r>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="23078"/>
+  </r>
+  <r>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="41318"/>
+  </r>
+  <r>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="37461"/>
+  </r>
+  <r>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="7052"/>
+  </r>
+  <r>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="%"/>
+    <n v="42.5"/>
+  </r>
+  <r>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C01"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="2528"/>
+  </r>
+  <r>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="755"/>
+  </r>
+  <r>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="751"/>
+  </r>
+  <r>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="400"/>
+  </r>
+  <r>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="H800"/>
+    <s v="Building and construction workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="%"/>
+    <n v="37.3"/>
+  </r>
+  <r>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C01"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="304649"/>
+  </r>
+  <r>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="3748"/>
+  </r>
+  <r>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="12719"/>
+  </r>
+  <r>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="28253"/>
+  </r>
+  <r>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="15287"/>
+  </r>
+  <r>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="93361"/>
+  </r>
+  <r>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="82724"/>
+  </r>
+  <r>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="55369"/>
+  </r>
+  <r>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="13188"/>
+  </r>
+  <r>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="%"/>
+    <n v="37.9"/>
+  </r>
+  <r>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C01"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="111308"/>
+  </r>
+  <r>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="1121"/>
+  </r>
+  <r>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="1418"/>
+  </r>
+  <r>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="2496"/>
+  </r>
+  <r>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="3049"/>
+  </r>
+  <r>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="25665"/>
+  </r>
+  <r>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="33620"/>
+  </r>
+  <r>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="39266"/>
+  </r>
+  <r>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="4673"/>
+  </r>
+  <r>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="%"/>
+    <n v="42.9"/>
+  </r>
+  <r>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C01"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="193341"/>
+  </r>
+  <r>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="2627"/>
+  </r>
+  <r>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="11301"/>
+  </r>
+  <r>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="25757"/>
+  </r>
+  <r>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="12238"/>
+  </r>
+  <r>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="67696"/>
+  </r>
+  <r>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="49104"/>
+  </r>
+  <r>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="16103"/>
+  </r>
+  <r>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="8515"/>
+  </r>
+  <r>
+    <s v="I900"/>
+    <s v="Clerical, managing and government workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="%"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C01"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="95543"/>
+  </r>
+  <r>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="977"/>
+  </r>
+  <r>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="1893"/>
+  </r>
+  <r>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="4410"/>
+  </r>
+  <r>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="3094"/>
+  </r>
+  <r>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="19465"/>
+  </r>
+  <r>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="26987"/>
+  </r>
+  <r>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="32405"/>
+  </r>
+  <r>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="6312"/>
+  </r>
+  <r>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="%"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C01"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="86413"/>
+  </r>
+  <r>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="847"/>
+  </r>
+  <r>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="1415"/>
+  </r>
+  <r>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="3066"/>
+  </r>
+  <r>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="2488"/>
+  </r>
+  <r>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="16866"/>
+  </r>
+  <r>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="24827"/>
+  </r>
+  <r>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="31175"/>
+  </r>
+  <r>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="5729"/>
+  </r>
+  <r>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="%"/>
+    <n v="43.7"/>
+  </r>
+  <r>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C01"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="9130"/>
+  </r>
+  <r>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="478"/>
+  </r>
+  <r>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="1344"/>
+  </r>
+  <r>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="606"/>
+  </r>
+  <r>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="2599"/>
+  </r>
+  <r>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="2160"/>
+  </r>
+  <r>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="1230"/>
+  </r>
+  <r>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="583"/>
+  </r>
+  <r>
+    <s v="L1200"/>
+    <s v="Communication, warehouse and transport workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="%"/>
+    <n v="36.2"/>
+  </r>
+  <r>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C01"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="226915"/>
+  </r>
+  <r>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="3304"/>
+  </r>
+  <r>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="10481"/>
+  </r>
+  <r>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="22100"/>
+  </r>
+  <r>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="11301"/>
+  </r>
+  <r>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="47603"/>
+  </r>
+  <r>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="62311"/>
+  </r>
+  <r>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="59073"/>
+  </r>
+  <r>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="10742"/>
+  </r>
+  <r>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="%"/>
+    <n v="39.3"/>
+  </r>
+  <r>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C01"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="116316"/>
+  </r>
+  <r>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="1230"/>
+  </r>
+  <r>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="2126"/>
+  </r>
+  <r>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="3666"/>
+  </r>
+  <r>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="3588"/>
+  </r>
+  <r>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="19939"/>
+  </r>
+  <r>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="35265"/>
+  </r>
+  <r>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="45043"/>
+  </r>
+  <r>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="5459"/>
+  </r>
+  <r>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="%"/>
+    <n v="43.6"/>
+  </r>
+  <r>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C01"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="110599"/>
+  </r>
+  <r>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="2074"/>
+  </r>
+  <r>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="8355"/>
+  </r>
+  <r>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="18434"/>
+  </r>
+  <r>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="7713"/>
+  </r>
+  <r>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="27664"/>
+  </r>
+  <r>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="27046"/>
+  </r>
+  <r>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="14030"/>
+  </r>
+  <r>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="5283"/>
+  </r>
+  <r>
+    <s v="M1300"/>
+    <s v="Sales and commerce workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="%"/>
+    <n v="34.8"/>
+  </r>
+  <r>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C01"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="281261"/>
+  </r>
+  <r>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="6190"/>
+  </r>
+  <r>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="14854"/>
+  </r>
+  <r>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="41951"/>
+  </r>
+  <r>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="22105"/>
+  </r>
+  <r>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="73512"/>
+  </r>
+  <r>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="60608"/>
+  </r>
+  <r>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="48392"/>
+  </r>
+  <r>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="13649"/>
+  </r>
+  <r>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="%"/>
+    <n v="36.5"/>
+  </r>
+  <r>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C01"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="128823"/>
+  </r>
+  <r>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="2194"/>
+  </r>
+  <r>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="3606"/>
+  </r>
+  <r>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="10165"/>
+  </r>
+  <r>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="6496"/>
+  </r>
+  <r>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="31525"/>
+  </r>
+  <r>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="34942"/>
+  </r>
+  <r>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="34072"/>
+  </r>
+  <r>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="5823"/>
+  </r>
+  <r>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="%"/>
+    <n v="40.2"/>
+  </r>
+  <r>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C01"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="152438"/>
+  </r>
+  <r>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="3996"/>
+  </r>
+  <r>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="11248"/>
+  </r>
+  <r>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="31786"/>
+  </r>
+  <r>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="15609"/>
+  </r>
+  <r>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="41987"/>
+  </r>
+  <r>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="25666"/>
+  </r>
+  <r>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="14320"/>
+  </r>
+  <r>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="7826"/>
+  </r>
+  <r>
+    <s v="O1500"/>
+    <s v="Professional, technical and health workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="%"/>
+    <n v="33.3"/>
+  </r>
+  <r>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C01"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="158979"/>
+  </r>
+  <r>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="4537"/>
+  </r>
+  <r>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="13546"/>
+  </r>
+  <r>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="21127"/>
+  </r>
+  <r>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="9896"/>
+  </r>
+  <r>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="28435"/>
+  </r>
+  <r>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="38323"/>
+  </r>
+  <r>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="33190"/>
+  </r>
+  <r>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="9925"/>
+  </r>
+  <r>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="%"/>
+    <n v="36.9"/>
+  </r>
+  <r>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C01"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="65334"/>
+  </r>
+  <r>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="848"/>
+  </r>
+  <r>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="1836"/>
+  </r>
+  <r>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="3424"/>
+  </r>
+  <r>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="2117"/>
+  </r>
+  <r>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="10644"/>
+  </r>
+  <r>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="19868"/>
+  </r>
+  <r>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="22258"/>
+  </r>
+  <r>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="4339"/>
+  </r>
+  <r>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="%"/>
+    <n v="43.4"/>
+  </r>
+  <r>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C01"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="93645"/>
+  </r>
+  <r>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="3689"/>
+  </r>
+  <r>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="11710"/>
+  </r>
+  <r>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="17703"/>
+  </r>
+  <r>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="7779"/>
+  </r>
+  <r>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="17791"/>
+  </r>
+  <r>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="18455"/>
+  </r>
+  <r>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="10932"/>
+  </r>
+  <r>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="5586"/>
+  </r>
+  <r>
+    <s v="V2200"/>
+    <s v="Personal service and childcare workers"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="%"/>
+    <n v="32.3"/>
+  </r>
+  <r>
+    <s v="Y2510"/>
+    <s v="All other gainful occupations n.e.s."/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C01"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="282763"/>
+  </r>
+  <r>
+    <s v="Y2510"/>
+    <s v="All other gainful occupations n.e.s."/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="38357"/>
+  </r>
+  <r>
+    <s v="Y2510"/>
+    <s v="All other gainful occupations n.e.s."/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="53614"/>
+  </r>
+  <r>
+    <s v="Y2510"/>
+    <s v="All other gainful occupations n.e.s."/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="33559"/>
+  </r>
+  <r>
+    <s v="Y2510"/>
+    <s v="All other gainful occupations n.e.s."/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="8941"/>
+  </r>
+  <r>
+    <s v="Y2510"/>
+    <s v="All other gainful occupations n.e.s."/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="33436"/>
+  </r>
+  <r>
+    <s v="Y2510"/>
+    <s v="All other gainful occupations n.e.s."/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="32220"/>
+  </r>
+  <r>
+    <s v="Y2510"/>
+    <s v="All other gainful occupations n.e.s."/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="27798"/>
+  </r>
+  <r>
+    <s v="Y2510"/>
+    <s v="All other gainful occupations n.e.s."/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="54838"/>
+  </r>
+  <r>
+    <s v="Y2510"/>
+    <s v="All other gainful occupations n.e.s."/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="%"/>
+    <n v="34.7"/>
+  </r>
+  <r>
+    <s v="Y2510"/>
+    <s v="All other gainful occupations n.e.s."/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C01"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="129422"/>
+  </r>
+  <r>
+    <s v="Y2510"/>
+    <s v="All other gainful occupations n.e.s."/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="12712"/>
+  </r>
+  <r>
+    <s v="Y2510"/>
+    <s v="All other gainful occupations n.e.s."/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="15839"/>
+  </r>
+  <r>
+    <s v="Y2510"/>
+    <s v="All other gainful occupations n.e.s."/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="10476"/>
+  </r>
+  <r>
+    <s v="Y2510"/>
+    <s v="All other gainful occupations n.e.s."/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="3344"/>
+  </r>
+  <r>
+    <s v="Y2510"/>
+    <s v="All other gainful occupations n.e.s."/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="18396"/>
+  </r>
+  <r>
+    <s v="Y2510"/>
+    <s v="All other gainful occupations n.e.s."/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="21252"/>
+  </r>
+  <r>
+    <s v="Y2510"/>
+    <s v="All other gainful occupations n.e.s."/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="17332"/>
+  </r>
+  <r>
+    <s v="Y2510"/>
+    <s v="All other gainful occupations n.e.s."/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="30071"/>
+  </r>
+  <r>
+    <s v="Y2510"/>
+    <s v="All other gainful occupations n.e.s."/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="%"/>
+    <n v="39.4"/>
+  </r>
+  <r>
+    <s v="Y2510"/>
+    <s v="All other gainful occupations n.e.s."/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C01"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="153341"/>
+  </r>
+  <r>
+    <s v="Y2510"/>
+    <s v="All other gainful occupations n.e.s."/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="25645"/>
+  </r>
+  <r>
+    <s v="Y2510"/>
+    <s v="All other gainful occupations n.e.s."/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="37775"/>
+  </r>
+  <r>
+    <s v="Y2510"/>
+    <s v="All other gainful occupations n.e.s."/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="23083"/>
+  </r>
+  <r>
+    <s v="Y2510"/>
+    <s v="All other gainful occupations n.e.s."/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="5597"/>
+  </r>
+  <r>
+    <s v="Y2510"/>
+    <s v="All other gainful occupations n.e.s."/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="15040"/>
+  </r>
+  <r>
+    <s v="Y2510"/>
+    <s v="All other gainful occupations n.e.s."/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="10968"/>
+  </r>
+  <r>
+    <s v="Y2510"/>
+    <s v="All other gainful occupations n.e.s."/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="10466"/>
+  </r>
+  <r>
+    <s v="Y2510"/>
+    <s v="All other gainful occupations n.e.s."/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="24767"/>
+  </r>
+  <r>
+    <s v="Y2510"/>
+    <s v="All other gainful occupations n.e.s."/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="%"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C01"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="1766945"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="61341"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="114194"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="166190"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="80848"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="392842"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="416166"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="395213"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="140151"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="%"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C01"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="1008046"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="22536"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="31462"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="42890"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="29278"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="201502"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="273624"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="322198"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="84556"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="%"/>
+    <n v="42.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C01"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="758899"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C02"/>
+    <s v="1 - 9 hours worked"/>
+    <s v="Number"/>
+    <n v="38805"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C03"/>
+    <s v="10 - 19 hours worked"/>
+    <s v="Number"/>
+    <n v="82732"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C04"/>
+    <s v="20 - 29 hours worked"/>
+    <s v="Number"/>
+    <n v="123300"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C05"/>
+    <s v="30 - 34 hours worked"/>
+    <s v="Number"/>
+    <n v="51570"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C06"/>
+    <s v="35 - 39 hours worked"/>
+    <s v="Number"/>
+    <n v="191340"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C07"/>
+    <s v="40 - 44 hours worked"/>
+    <s v="Number"/>
+    <n v="142542"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C08"/>
+    <s v="45 hours and over worked"/>
+    <s v="Number"/>
+    <n v="73015"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C09"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="55595"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All occupations"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR17C10"/>
+    <s v="Average hours worked in week"/>
+    <s v="%"/>
+    <n v="32.3"/>
+  </r>
+</pivotCacheRecords>
 </file>