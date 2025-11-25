--- v0 (2025-10-04)
+++ v1 (2025-11-25)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf16cef10ce8e4f86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7429cce173ad4d398ad9a9322e58b858.psmdcp" Id="Rb7102d8e0fa1450e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a6f8876584d44a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1aa9279e2140411794afbe71e3b92e15.psmdcp" Id="Rab40e296dada40a6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>BSR07</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>2002 Labour Force Participation rate and Employment Status of Population Aged 15 Years and Over</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/8/2020 11:00:00 AM</x:t>
+    <x:t>08/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/BSR07/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>C2002PSE</x:t>
   </x:si>
   <x:si>
     <x:t>Principal Socio-economic Results 2002</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Bernie Casey</x:t>
   </x:si>
@@ -688,595 +688,222 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...543 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02779V03348" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="Province County or City" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="44">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J1189" totalsRowShown="0">
   <x:autoFilter ref="A1:J1189"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="C02199V02655"/>
     <x:tableColumn id="2" name="Sex"/>
     <x:tableColumn id="3" name="C02779V03348"/>
     <x:tableColumn id="4" name="Province County or City"/>
     <x:tableColumn id="5" name="TLIST(A1)"/>
     <x:tableColumn id="6" name="CensusYear"/>
     <x:tableColumn id="7" name="STATISTIC"/>
     <x:tableColumn id="8" name="Statistic Label"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1547,51 +1174,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/BSR07/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1778,51 +1405,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J1189"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="10.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="24.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="45.139196" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -39860,51 +39487,51 @@
       <x:c r="G1189" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H1189" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I1189" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J1189" s="0">
         <x:v>43.3</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -39921,51 +39548,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J1189" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02779V03348">
       <x:sharedItems count="44">
         <x:s v="-"/>
         <x:s v="A"/>
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="021"/>
         <x:s v="024"/>
         <x:s v="023"/>
@@ -41186,27 +40813,14284 @@
         <x:n v="12433"/>
         <x:n v="41.4"/>
         <x:n v="52800"/>
         <x:n v="22363"/>
         <x:n v="1254"/>
         <x:n v="18211"/>
         <x:n v="409"/>
         <x:n v="2403"/>
         <x:n v="30437"/>
         <x:n v="42.4"/>
         <x:n v="20029"/>
         <x:n v="8677"/>
         <x:n v="561"/>
         <x:n v="7248"/>
         <x:n v="38"/>
         <x:n v="721"/>
         <x:n v="11352"/>
         <x:n v="43.3"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="3089775"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="1800933"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="277003"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="1359156"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="5428"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="21147"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="138199"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="1288842"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="58.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="1664380"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="1001671"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="131740"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="782033"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="2254"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="11480"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="74164"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="662709"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="60.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="35951"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="20271"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="3426"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="14838"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="267"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="1664"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="15680"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="56.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="907629"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="555306"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="57166"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="450200"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="664"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="6357"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="40919"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="352323"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="61.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="415609"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="250330"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="21410"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="202603"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="287"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="3232"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="22798"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="165279"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="60.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="155035"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="86896"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="12927"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="68874"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="734"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="4232"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="68139"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="151821"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="98448"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="11103"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="80482"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="1008"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="5741"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="53373"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="64.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="185164"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="119632"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="11726"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="98241"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="1383"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="8148"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="65532"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="64.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="125035"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="79220"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="10628"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="63532"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="689"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="4184"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="45815"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="63.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="62260"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="35824"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="7223"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="25658"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="398"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="2341"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="26436"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="57.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="45118"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="26290"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="4817"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="18758"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="344"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="2241"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="18828"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="58.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="24093"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="13233"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="2669"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="9166"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="1204"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="10860"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="54.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="78746"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="45843"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="5826"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="33831"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="724"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="5343"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="32903"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="58.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="102339"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="63134"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="10865"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="47932"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="571"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="3573"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="39205"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="61.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="48864"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="28058"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="4825"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="20665"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="305"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="2154"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="20806"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="57.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="55414"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="31945"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="5270"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="23851"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="330"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="2394"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="23469"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="57.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="90081"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="50531"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="10222"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="34774"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="832"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="4450"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="39550"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="56.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="88850"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="52016"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="8803"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="38828"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="529"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="3697"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="36834"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="58.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="868992"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="490225"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="85864"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="360791"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="1850"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="5623"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="36097"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="378767"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="56.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="80403"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="47291"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="9299"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="34210"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="589"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="3023"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="33112"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="58.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="353997"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="198949"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="33742"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="148542"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="715"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="2050"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="13900"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="155048"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="56.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="101927"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="53274"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="4679"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="41895"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="763"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="5856"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="48653"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="52.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="252070"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="145675"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="29063"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="106647"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="634"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="1287"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="8044"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="106395"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="57.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="105813"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="58543"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="12603"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="40402"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="291"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="608"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="4639"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="47270"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="55.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="139526"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="78241"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="11429"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="59658"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="1035"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="5892"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="61285"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="56.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="43548"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="23976"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="1857"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="18764"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="488"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="2840"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="19572"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="55.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="95978"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="54265"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="9572"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="40894"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="547"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="3052"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="41713"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="56.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="47694"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="27033"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="5629"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="19213"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="1743"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="20661"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="56.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="61730"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="34619"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="6555"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="24618"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="462"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="2821"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="27111"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="56.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="79829"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="45549"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="6607"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="34148"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="578"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="4079"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="34280"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="57.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="35577"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="20483"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="1569"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="16398"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="341"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="2139"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="15094"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="57.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="44252"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="25066"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="5038"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="17750"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="1940"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="19186"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="56.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="366609"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="203942"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="39341"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="144990"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="830"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="2461"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="16320"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="162667"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="55.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="165599"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="93797"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="16893"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="68001"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="1133"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="7454"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="71802"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="56.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="55078"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="31325"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="3343"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="24796"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="498"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="2639"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="23753"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="56.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="110521"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="62472"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="13550"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="43205"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="267"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="635"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="4815"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="48049"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="56.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="20377"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="10939"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="2381"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="7533"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="829"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="9438"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="53.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="92165"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="50114"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="10387"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="34126"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="718"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="4632"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="42051"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="54.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="42357"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="22879"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="5256"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="15899"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="1385"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="19478"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="46111"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="26213"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="4424"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="19431"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="2020"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="19898"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="56.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="189794"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="105095"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="20058"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="71342"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="494"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="1583"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="11618"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="84699"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="55.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="43655"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="24348"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="5720"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="16552"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="1658"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="19307"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="55.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="105320"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="57319"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="9349"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="38795"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="1017"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="7923"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="48001"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="54.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="40819"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="23428"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="4989"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="15995"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="2037"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="17391"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="57.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="1522120"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="1063511"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="232665"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="727444"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="3144"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="12424"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="87834"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="458609"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="69.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="811578"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="580799"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="109403"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="417986"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="1220"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="6648"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="45542"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="230779"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="71.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="18165"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="12514"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="2950"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="8351"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="1006"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="5651"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="68.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="433648"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="309936"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="46048"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="234891"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="3806"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="24926"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="123712"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="71.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="196875"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="136623"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="16777"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="103558"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="1921"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="14249"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="60252"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="69.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="72466"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="49028"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="10052"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="35936"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="442"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="2552"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="23438"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="67.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="74310"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="56284"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="9198"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="43086"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="627"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="3326"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="18026"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="75.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="89997"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="68001"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="10021"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="52311"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="816"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="4799"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="21996"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="75.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="62701"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="47317"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="8873"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="35594"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="354"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="2389"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="15384"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="75.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="31274"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="21898"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="6173"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="13809"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="1582"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="9376"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="23154"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="16625"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="4193"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="10535"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="1603"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="6529"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="71.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="12187"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="8252"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="2353"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="5034"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="739"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="3935"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="67.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="38667"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="27150"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="4960"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="18406"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="402"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="3316"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="11517"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="70.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="51413"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="38439"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="9291"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="26661"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="2105"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="12974"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="74.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="24647"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="17215"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="4174"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="11557"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="1245"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="7432"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="69.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="27541"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="19089"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="4461"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="12945"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="1442"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="8452"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="69.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="44656"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="31015"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="8722"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="18769"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="488"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="2872"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="13641"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="69.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="43525"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="31349"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="7205"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="21434"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="2317"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="12176"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="431758"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="295304"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="72040"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="195434"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="1070"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="3291"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="23469"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="136454"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="68.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="40379"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="28472"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="7766"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="18360"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="333"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="1926"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="11907"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="70.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="174300"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="119389"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="28219"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="80622"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="416"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="1201"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="8931"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="54911"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="68.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="48375"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="30347"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="3780"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="22228"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="445"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="3860"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="18028"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="62.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="125925"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="89042"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="24439"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="58394"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="382"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="756"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="5071"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="36883"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="70.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="53061"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="35675"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="10548"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="21416"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="350"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="3184"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="17386"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="67.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="69297"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="46591"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="9550"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="32435"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="615"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="3866"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="22706"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="67.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="20812"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="13749"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="1460"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="10098"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="1882"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="7063"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="66.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="48485"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="32842"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="8090"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="22337"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="1984"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="15643"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="67.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="24096"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="16759"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="4887"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="10488"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="1119"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="7337"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="69.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="31070"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="21299"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="5570"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="13520"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="1861"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="9771"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="68.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="39555"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="27119"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="5500"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="18593"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="375"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="2582"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="12436"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="68.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="17182"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="11585"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="1239"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="8792"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="1325"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="5597"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="67.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="22373"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="15534"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="4261"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="9801"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="1257"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="6839"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="69.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="183036"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="122137"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="33644"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="75536"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="535"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="1529"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="10893"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="60899"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="66.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="81951"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="55294"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="14275"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="35336"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="683"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="4806"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="26657"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="67.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="25553"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="16727"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="2549"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="12298"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="293"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="1564"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="8826"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="65.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="56398"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="38567"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="11726"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="23038"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="390"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="3242"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="17831"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="68.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="10524"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="6789"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="2047"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="4039"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="575"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="3735"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="64.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="46271"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="30678"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="8974"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="17787"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="466"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="3287"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="15593"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="66.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="21743"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="14330"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="4593"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="8624"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="904"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="7413"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="65.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="22547"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="15046"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="3755"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="9750"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="1321"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="7501"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="66.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="95748"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="65271"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="17578"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="38488"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="319"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="956"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="7930"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="30477"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="68.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="22438"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="15564"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="5055"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="9157"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="1094"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="6874"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="69.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="52520"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="34956"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="8095"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="20584"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="608"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="5520"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="17564"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="66.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="20790"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="14751"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="4428"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="8747"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="1316"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="6039"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="1567655"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="737422"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="44338"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="631712"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="2284"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="8723"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="50365"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="830233"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="852802"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="420872"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="22337"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="364047"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="1034"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="4832"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="28622"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="431930"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="A"/>
+    <s v="Leinster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="49.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="17786"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="7757"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="476"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="6487"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="658"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="10029"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Carlow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="43.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="473981"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="245370"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="11118"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="215309"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="399"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="2551"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="15993"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="228611"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="51.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="218734"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="113707"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="4633"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="99045"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="1311"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="8549"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="105027"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="021"/>
+    <s v="Dublin City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="82569"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="37868"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="2875"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="32938"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="1680"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="44701"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="024"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="45.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="77511"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="42164"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="1905"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="37396"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="381"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="2415"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="35347"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="023"/>
+    <s v="Fingal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="54.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="95167"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="51631"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="1705"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="45930"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="567"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="3349"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="43536"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="022"/>
+    <s v="South Dublin"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="54.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="62334"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="31903"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="1755"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="27938"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="335"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="1795"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="30431"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Kildare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="51.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="30986"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="13926"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="1050"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="11849"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="759"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="17060"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Kilkenny"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="44.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="21964"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="9665"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="624"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="8223"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="638"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="12299"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Laois"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="11906"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="4981"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="4132"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="465"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="6925"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="Longford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="41.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="40079"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="18693"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="866"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="15425"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="322"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="2027"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="21386"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="Louth"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="46.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="50926"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="24695"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="1574"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="21271"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="1468"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="26231"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Meath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="48.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="24217"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="10843"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="651"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="9108"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="909"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="13374"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="Offaly"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="44.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="27873"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="12856"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="809"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="10906"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="952"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="15017"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="Westmeath"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="46.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="45425"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="19516"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="1500"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="16005"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="344"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="1578"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="25909"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="Wexford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="45325"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="20667"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="1598"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="17394"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="1380"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="24658"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Wicklow"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="45.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="437234"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="194921"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="13824"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="165357"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="780"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="2332"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="12628"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="242313"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="B"/>
+    <s v="Munster"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="44.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="40024"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="18819"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="1533"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="15850"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="1097"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="21205"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Clare"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="179697"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="79560"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="5523"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="67920"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="849"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="4969"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="100137"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Cork"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="44.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="53552"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="22927"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="899"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="19667"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="318"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="1996"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="30625"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="141"/>
+    <s v="Cork City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="42.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="126145"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="56633"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="4624"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="48253"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="531"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="2973"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="69512"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="142"/>
+    <s v="Cork County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="44.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="52752"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="22868"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="2055"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="18986"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="1455"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="29884"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Kerry"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="43.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="70229"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="31650"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="1879"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="27223"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="420"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="2026"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="38579"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Limerick"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="45.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="22736"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="10227"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="397"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="8666"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="958"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="12509"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="161"/>
+    <s v="Limerick City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="47493"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="21423"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="1482"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="18557"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="1068"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="26070"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="162"/>
+    <s v="Limerick County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="45.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="23598"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="10274"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="742"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="8725"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="624"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="13324"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="171"/>
+    <s v="North Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="43.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="30660"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="13320"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="985"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="11098"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="960"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="17340"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="172"/>
+    <s v="South Tipperary"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="43.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="40274"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="18430"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="1107"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="15555"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="1497"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="21844"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Waterford"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="45.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="18395"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="8898"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="330"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="7606"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="814"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="9497"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="181"/>
+    <s v="Waterford City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="48.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="21879"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="9532"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="777"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="7949"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="683"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="12347"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="182"/>
+    <s v="Waterford County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="43.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="183573"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="81805"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="5697"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="69454"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="932"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="5427"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="101768"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="C"/>
+    <s v="Connacht"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="44.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="83648"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="38503"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="2618"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="32665"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="450"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="2648"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="45145"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Galway"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="29525"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="14598"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="794"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="12498"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="1075"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="14927"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="191"/>
+    <s v="Galway City"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="49.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="54123"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="23905"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="1824"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="20167"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="1573"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="30218"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="192"/>
+    <s v="Galway County"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="44.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="9853"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="4150"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="3494"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="5703"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="20"/>
+    <s v="Leitrim"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="42.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="45894"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="19436"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="1413"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="16339"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="1345"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="26458"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="21"/>
+    <s v="Mayo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="42.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="20614"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="8549"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="663"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="7275"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="481"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="12065"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="22"/>
+    <s v="Roscommon"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="41.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="23564"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="11167"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="669"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="9681"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="699"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="12397"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Sligo"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="47.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="94046"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="39824"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="2480"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="32854"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="627"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="3688"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="54222"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="D"/>
+    <s v="Ulster (part of)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="42.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="21217"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="8784"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="665"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="7395"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="564"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="12433"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Cavan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="41.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="52800"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="22363"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="1254"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="18211"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="409"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="2403"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="30437"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="25"/>
+    <s v="Donegal"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="42.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C1"/>
+    <s v="All persons aged 15 years and over"/>
+    <s v="Number"/>
+    <n v="20029"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C2"/>
+    <s v="All persons in labour force"/>
+    <s v="Number"/>
+    <n v="8677"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C3"/>
+    <s v="At work - Employer or own account worker"/>
+    <s v="Number"/>
+    <n v="561"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C4"/>
+    <s v="At work - Employee"/>
+    <s v="Number"/>
+    <n v="7248"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C5"/>
+    <s v="At work - Assisting relative"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C6"/>
+    <s v="Unemployed looking for first regular job"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C7"/>
+    <s v="Unemployed having lost or given up previous job"/>
+    <s v="Number"/>
+    <n v="721"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C8"/>
+    <s v="All persons not in labour force"/>
+    <s v="Number"/>
+    <n v="11352"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="26"/>
+    <s v="Monaghan"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BSR07C9"/>
+    <s v="Labour force participation rate"/>
+    <s v="%"/>
+    <n v="43.3"/>
+  </r>
+</pivotCacheRecords>
 </file>