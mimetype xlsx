--- v0 (2025-11-14)
+++ v1 (2026-02-11)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41a0ea3e98274778" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/617da6b64d3f44fdb047ad8dd2f473dd.psmdcp" Id="Rebb26a53c38e49c3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8527a4367354bf5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9b1303baec6a4484b0502613b881e671.psmdcp" Id="R9726ca4bd034409a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>BSA13</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Headcount of Research Personnel</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>4/28/2025 11:00:00 AM</x:t>
+    <x:t>28/04/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>See Background Notes(https://www.cso.ie/en/methods/technologyandinnovation/businessexpenditureonresearchanddevelopment/).&lt;br&gt;Totals may differ due to rounding.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/BSA13/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>BERDNO</x:t>
   </x:si>
   <x:si>
     <x:t>BERD Nationality of Ownership</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -439,323 +439,160 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...271 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02582V03134" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Nationality of Ownership" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02621V03179" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Researcher" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L406" totalsRowShown="0">
   <x:autoFilter ref="A1:L406"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C02582V03134"/>
     <x:tableColumn id="6" name="Nationality of Ownership"/>
     <x:tableColumn id="7" name="C02199V02655"/>
     <x:tableColumn id="8" name="Sex"/>
     <x:tableColumn id="9" name="C02621V03179"/>
     <x:tableColumn id="10" name="Type of Researcher"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1028,51 +865,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/BSA13/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1261,51 +1098,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L406"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="31.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="26.567768" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="10.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="16.139196" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="31.853482" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -16725,51 +16562,51 @@
       <x:c r="I406" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J406" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K406" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L406" s="0">
         <x:v>1993</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -16786,51 +16623,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L406" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="BSA13"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Headcount of Research Personnel"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="9">
         <x:s v="2007"/>
         <x:s v="2009"/>
         <x:s v="2011"/>
         <x:s v="2013"/>
         <x:s v="2015"/>
         <x:s v="2017"/>
         <x:s v="2019"/>
         <x:s v="2021"/>
         <x:s v="2023"/>
       </x:sharedItems>
     </x:cacheField>
@@ -17283,27 +17120,5698 @@
         <x:n v="2037"/>
         <x:n v="1108"/>
         <x:n v="748"/>
         <x:n v="25721"/>
         <x:n v="1317"/>
         <x:n v="11312"/>
         <x:n v="7697"/>
         <x:n v="5395"/>
         <x:n v="18413"/>
         <x:n v="903"/>
         <x:n v="8278"/>
         <x:n v="5830"/>
         <x:n v="3402"/>
         <x:n v="7309"/>
         <x:n v="414"/>
         <x:n v="3034"/>
         <x:n v="1868"/>
         <x:n v="1993"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All research and development staff"/>
+    <s v="Number"/>
+    <n v="13950"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="PhD qualified researchers"/>
+    <s v="Number"/>
+    <n v="1179"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other researchers"/>
+    <s v="Number"/>
+    <n v="7063"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Technicians"/>
+    <s v="Number"/>
+    <n v="2949"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Support staff"/>
+    <s v="Number"/>
+    <n v="2760"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All research and development staff"/>
+    <s v="Number"/>
+    <n v="10428"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="PhD qualified researchers"/>
+    <s v="Number"/>
+    <n v="861"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other researchers"/>
+    <s v="Number"/>
+    <n v="5452"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Technicians"/>
+    <s v="Number"/>
+    <n v="2268"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Support staff"/>
+    <s v="Number"/>
+    <n v="1848"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All research and development staff"/>
+    <s v="Number"/>
+    <n v="3522"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="PhD qualified researchers"/>
+    <s v="Number"/>
+    <n v="318"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other researchers"/>
+    <s v="Number"/>
+    <n v="1611"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Technicians"/>
+    <s v="Number"/>
+    <n v="681"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Support staff"/>
+    <s v="Number"/>
+    <n v="912"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All research and development staff"/>
+    <s v="Number"/>
+    <n v="6022"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="PhD qualified researchers"/>
+    <s v="Number"/>
+    <n v="459"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other researchers"/>
+    <s v="Number"/>
+    <n v="2681"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Technicians"/>
+    <s v="Number"/>
+    <n v="1373"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Support staff"/>
+    <s v="Number"/>
+    <n v="1510"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All research and development staff"/>
+    <s v="Number"/>
+    <n v="4467"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="PhD qualified researchers"/>
+    <s v="Number"/>
+    <n v="327"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other researchers"/>
+    <s v="Number"/>
+    <n v="2021"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Technicians"/>
+    <s v="Number"/>
+    <n v="1075"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Support staff"/>
+    <s v="Number"/>
+    <n v="1043"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All research and development staff"/>
+    <s v="Number"/>
+    <n v="1555"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="PhD qualified researchers"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other researchers"/>
+    <s v="Number"/>
+    <n v="660"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Technicians"/>
+    <s v="Number"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Support staff"/>
+    <s v="Number"/>
+    <n v="466"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All research and development staff"/>
+    <s v="Number"/>
+    <n v="7928"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="PhD qualified researchers"/>
+    <s v="Number"/>
+    <n v="720"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other researchers"/>
+    <s v="Number"/>
+    <n v="4382"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Technicians"/>
+    <s v="Number"/>
+    <n v="1575"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Support staff"/>
+    <s v="Number"/>
+    <n v="1250"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All research and development staff"/>
+    <s v="Number"/>
+    <n v="5961"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="PhD qualified researchers"/>
+    <s v="Number"/>
+    <n v="533"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other researchers"/>
+    <s v="Number"/>
+    <n v="3431"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Technicians"/>
+    <s v="Number"/>
+    <n v="1192"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Support staff"/>
+    <s v="Number"/>
+    <n v="805"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All research and development staff"/>
+    <s v="Number"/>
+    <n v="1967"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="PhD qualified researchers"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other researchers"/>
+    <s v="Number"/>
+    <n v="951"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Technicians"/>
+    <s v="Number"/>
+    <n v="383"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Support staff"/>
+    <s v="Number"/>
+    <n v="446"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All research and development staff"/>
+    <s v="Number"/>
+    <n v="15773"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="PhD qualified researchers"/>
+    <s v="Number"/>
+    <n v="1639"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other researchers"/>
+    <s v="Number"/>
+    <n v="7321"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Technicians"/>
+    <s v="Number"/>
+    <n v="3572"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Support staff"/>
+    <s v="Number"/>
+    <n v="3241"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All research and development staff"/>
+    <s v="Number"/>
+    <n v="11601"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="PhD qualified researchers"/>
+    <s v="Number"/>
+    <n v="1129"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other researchers"/>
+    <s v="Number"/>
+    <n v="5521"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Technicians"/>
+    <s v="Number"/>
+    <n v="2706"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Support staff"/>
+    <s v="Number"/>
+    <n v="2245"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All research and development staff"/>
+    <s v="Number"/>
+    <n v="4172"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="PhD qualified researchers"/>
+    <s v="Number"/>
+    <n v="509"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other researchers"/>
+    <s v="Number"/>
+    <n v="1801"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Technicians"/>
+    <s v="Number"/>
+    <n v="865"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Support staff"/>
+    <s v="Number"/>
+    <n v="997"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All research and development staff"/>
+    <s v="Number"/>
+    <n v="6986"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="PhD qualified researchers"/>
+    <s v="Number"/>
+    <n v="711"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other researchers"/>
+    <s v="Number"/>
+    <n v="3125"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Technicians"/>
+    <s v="Number"/>
+    <n v="1638"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Support staff"/>
+    <s v="Number"/>
+    <n v="1512"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All research and development staff"/>
+    <s v="Number"/>
+    <n v="4911"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="PhD qualified researchers"/>
+    <s v="Number"/>
+    <n v="426"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other researchers"/>
+    <s v="Number"/>
+    <n v="2226"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Technicians"/>
+    <s v="Number"/>
+    <n v="1227"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Support staff"/>
+    <s v="Number"/>
+    <n v="1032"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All research and development staff"/>
+    <s v="Number"/>
+    <n v="2075"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="PhD qualified researchers"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other researchers"/>
+    <s v="Number"/>
+    <n v="899"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Technicians"/>
+    <s v="Number"/>
+    <n v="411"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Support staff"/>
+    <s v="Number"/>
+    <n v="481"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All research and development staff"/>
+    <s v="Number"/>
+    <n v="8787"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="PhD qualified researchers"/>
+    <s v="Number"/>
+    <n v="928"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other researchers"/>
+    <s v="Number"/>
+    <n v="4196"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Technicians"/>
+    <s v="Number"/>
+    <n v="1934"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Support staff"/>
+    <s v="Number"/>
+    <n v="1729"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All research and development staff"/>
+    <s v="Number"/>
+    <n v="6690"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="PhD qualified researchers"/>
+    <s v="Number"/>
+    <n v="704"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other researchers"/>
+    <s v="Number"/>
+    <n v="3294"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Technicians"/>
+    <s v="Number"/>
+    <n v="1479"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Support staff"/>
+    <s v="Number"/>
+    <n v="1213"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All research and development staff"/>
+    <s v="Number"/>
+    <n v="2097"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="PhD qualified researchers"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other researchers"/>
+    <s v="Number"/>
+    <n v="902"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Technicians"/>
+    <s v="Number"/>
+    <n v="455"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Support staff"/>
+    <s v="Number"/>
+    <n v="516"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All research and development staff"/>
+    <s v="Number"/>
+    <n v="19068"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="PhD qualified researchers"/>
+    <s v="Number"/>
+    <n v="1551"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other researchers"/>
+    <s v="Number"/>
+    <n v="9067"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Technicians"/>
+    <s v="Number"/>
+    <n v="4479"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Support staff"/>
+    <s v="Number"/>
+    <n v="3971"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All research and development staff"/>
+    <s v="Number"/>
+    <n v="14465"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="PhD qualified researchers"/>
+    <s v="Number"/>
+    <n v="1114"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other researchers"/>
+    <s v="Number"/>
+    <n v="7134"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Technicians"/>
+    <s v="Number"/>
+    <n v="3489"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Support staff"/>
+    <s v="Number"/>
+    <n v="2729"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All research and development staff"/>
+    <s v="Number"/>
+    <n v="4602"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="PhD qualified researchers"/>
+    <s v="Number"/>
+    <n v="436"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other researchers"/>
+    <s v="Number"/>
+    <n v="1934"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Technicians"/>
+    <s v="Number"/>
+    <n v="990"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Support staff"/>
+    <s v="Number"/>
+    <n v="1242"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All research and development staff"/>
+    <s v="Number"/>
+    <n v="8934"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="PhD qualified researchers"/>
+    <s v="Number"/>
+    <n v="705"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other researchers"/>
+    <s v="Number"/>
+    <n v="3832"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Technicians"/>
+    <s v="Number"/>
+    <n v="2169"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Support staff"/>
+    <s v="Number"/>
+    <n v="2229"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All research and development staff"/>
+    <s v="Number"/>
+    <n v="6639"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="PhD qualified researchers"/>
+    <s v="Number"/>
+    <n v="483"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other researchers"/>
+    <s v="Number"/>
+    <n v="2913"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Technicians"/>
+    <s v="Number"/>
+    <n v="1657"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Support staff"/>
+    <s v="Number"/>
+    <n v="1586"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All research and development staff"/>
+    <s v="Number"/>
+    <n v="2295"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="PhD qualified researchers"/>
+    <s v="Number"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other researchers"/>
+    <s v="Number"/>
+    <n v="919"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Technicians"/>
+    <s v="Number"/>
+    <n v="511"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Support staff"/>
+    <s v="Number"/>
+    <n v="643"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All research and development staff"/>
+    <s v="Number"/>
+    <n v="10133"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="PhD qualified researchers"/>
+    <s v="Number"/>
+    <n v="846"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other researchers"/>
+    <s v="Number"/>
+    <n v="5236"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Technicians"/>
+    <s v="Number"/>
+    <n v="2310"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Support staff"/>
+    <s v="Number"/>
+    <n v="1742"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All research and development staff"/>
+    <s v="Number"/>
+    <n v="7826"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="PhD qualified researchers"/>
+    <s v="Number"/>
+    <n v="631"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other researchers"/>
+    <s v="Number"/>
+    <n v="4221"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Technicians"/>
+    <s v="Number"/>
+    <n v="1832"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Support staff"/>
+    <s v="Number"/>
+    <n v="1143"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All research and development staff"/>
+    <s v="Number"/>
+    <n v="2307"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="PhD qualified researchers"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other researchers"/>
+    <s v="Number"/>
+    <n v="1015"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Technicians"/>
+    <s v="Number"/>
+    <n v="479"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Support staff"/>
+    <s v="Number"/>
+    <n v="599"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All research and development staff"/>
+    <s v="Number"/>
+    <n v="24785"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="PhD qualified researchers"/>
+    <s v="Number"/>
+    <n v="2181"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other researchers"/>
+    <s v="Number"/>
+    <n v="11569"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Technicians"/>
+    <s v="Number"/>
+    <n v="5893"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Support staff"/>
+    <s v="Number"/>
+    <n v="5142"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All research and development staff"/>
+    <s v="Number"/>
+    <n v="19049"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="PhD qualified researchers"/>
+    <s v="Number"/>
+    <n v="1603"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other researchers"/>
+    <s v="Number"/>
+    <n v="9038"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Technicians"/>
+    <s v="Number"/>
+    <n v="4803"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Support staff"/>
+    <s v="Number"/>
+    <n v="3605"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All research and development staff"/>
+    <s v="Number"/>
+    <n v="5737"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="PhD qualified researchers"/>
+    <s v="Number"/>
+    <n v="578"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other researchers"/>
+    <s v="Number"/>
+    <n v="2532"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Technicians"/>
+    <s v="Number"/>
+    <n v="1090"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Support staff"/>
+    <s v="Number"/>
+    <n v="1536"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All research and development staff"/>
+    <s v="Number"/>
+    <n v="13248"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="PhD qualified researchers"/>
+    <s v="Number"/>
+    <n v="1188"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other researchers"/>
+    <s v="Number"/>
+    <n v="5702"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Technicians"/>
+    <s v="Number"/>
+    <n v="3098"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Support staff"/>
+    <s v="Number"/>
+    <n v="3260"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All research and development staff"/>
+    <s v="Number"/>
+    <n v="10208"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="PhD qualified researchers"/>
+    <s v="Number"/>
+    <n v="873"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other researchers"/>
+    <s v="Number"/>
+    <n v="4352"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Technicians"/>
+    <s v="Number"/>
+    <n v="2624"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Support staff"/>
+    <s v="Number"/>
+    <n v="2360"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All research and development staff"/>
+    <s v="Number"/>
+    <n v="3039"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="PhD qualified researchers"/>
+    <s v="Number"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other researchers"/>
+    <s v="Number"/>
+    <n v="1350"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Technicians"/>
+    <s v="Number"/>
+    <n v="475"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Support staff"/>
+    <s v="Number"/>
+    <n v="900"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All research and development staff"/>
+    <s v="Number"/>
+    <n v="11538"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="PhD qualified researchers"/>
+    <s v="Number"/>
+    <n v="993"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other researchers"/>
+    <s v="Number"/>
+    <n v="5868"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Technicians"/>
+    <s v="Number"/>
+    <n v="2795"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Support staff"/>
+    <s v="Number"/>
+    <n v="1882"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All research and development staff"/>
+    <s v="Number"/>
+    <n v="8841"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="PhD qualified researchers"/>
+    <s v="Number"/>
+    <n v="731"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other researchers"/>
+    <s v="Number"/>
+    <n v="4686"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Technicians"/>
+    <s v="Number"/>
+    <n v="2179"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Support staff"/>
+    <s v="Number"/>
+    <n v="1245"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All research and development staff"/>
+    <s v="Number"/>
+    <n v="2697"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="PhD qualified researchers"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other researchers"/>
+    <s v="Number"/>
+    <n v="1182"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Technicians"/>
+    <s v="Number"/>
+    <n v="616"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Support staff"/>
+    <s v="Number"/>
+    <n v="637"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All research and development staff"/>
+    <s v="Number"/>
+    <n v="26336"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="PhD qualified researchers"/>
+    <s v="Number"/>
+    <n v="2163"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other researchers"/>
+    <s v="Number"/>
+    <n v="12011"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Technicians"/>
+    <s v="Number"/>
+    <n v="6942"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Support staff"/>
+    <s v="Number"/>
+    <n v="5220"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All research and development staff"/>
+    <s v="Number"/>
+    <n v="20001"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="PhD qualified researchers"/>
+    <s v="Number"/>
+    <n v="1574"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other researchers"/>
+    <s v="Number"/>
+    <n v="9190"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Technicians"/>
+    <s v="Number"/>
+    <n v="5554"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Support staff"/>
+    <s v="Number"/>
+    <n v="3683"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All research and development staff"/>
+    <s v="Number"/>
+    <n v="6336"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="PhD qualified researchers"/>
+    <s v="Number"/>
+    <n v="589"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other researchers"/>
+    <s v="Number"/>
+    <n v="2821"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Technicians"/>
+    <s v="Number"/>
+    <n v="1388"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Support staff"/>
+    <s v="Number"/>
+    <n v="1538"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All research and development staff"/>
+    <s v="Number"/>
+    <n v="13698"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="PhD qualified researchers"/>
+    <s v="Number"/>
+    <n v="1052"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other researchers"/>
+    <s v="Number"/>
+    <n v="5706"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Technicians"/>
+    <s v="Number"/>
+    <n v="3564"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Support staff"/>
+    <s v="Number"/>
+    <n v="3376"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All research and development staff"/>
+    <s v="Number"/>
+    <n v="10537"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="PhD qualified researchers"/>
+    <s v="Number"/>
+    <n v="792"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other researchers"/>
+    <s v="Number"/>
+    <n v="4391"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Technicians"/>
+    <s v="Number"/>
+    <n v="2876"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Support staff"/>
+    <s v="Number"/>
+    <n v="2477"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All research and development staff"/>
+    <s v="Number"/>
+    <n v="3162"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="PhD qualified researchers"/>
+    <s v="Number"/>
+    <n v="260"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other researchers"/>
+    <s v="Number"/>
+    <n v="1315"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Technicians"/>
+    <s v="Number"/>
+    <n v="688"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Support staff"/>
+    <s v="Number"/>
+    <n v="899"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All research and development staff"/>
+    <s v="Number"/>
+    <n v="12638"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="PhD qualified researchers"/>
+    <s v="Number"/>
+    <n v="1111"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other researchers"/>
+    <s v="Number"/>
+    <n v="6304"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Technicians"/>
+    <s v="Number"/>
+    <n v="3378"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Support staff"/>
+    <s v="Number"/>
+    <n v="1845"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All research and development staff"/>
+    <s v="Number"/>
+    <n v="9464"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="PhD qualified researchers"/>
+    <s v="Number"/>
+    <n v="782"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other researchers"/>
+    <s v="Number"/>
+    <n v="4799"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Technicians"/>
+    <s v="Number"/>
+    <n v="2677"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Support staff"/>
+    <s v="Number"/>
+    <n v="1206"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All research and development staff"/>
+    <s v="Number"/>
+    <n v="3174"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="PhD qualified researchers"/>
+    <s v="Number"/>
+    <n v="329"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other researchers"/>
+    <s v="Number"/>
+    <n v="1505"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Technicians"/>
+    <s v="Number"/>
+    <n v="701"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Support staff"/>
+    <s v="Number"/>
+    <n v="639"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All research and development staff"/>
+    <s v="Number"/>
+    <n v="27320"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="PhD qualified researchers"/>
+    <s v="Number"/>
+    <n v="2195"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other researchers"/>
+    <s v="Number"/>
+    <n v="13410"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Technicians"/>
+    <s v="Number"/>
+    <n v="7391"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Support staff"/>
+    <s v="Number"/>
+    <n v="4324"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All research and development staff"/>
+    <s v="Number"/>
+    <n v="20190"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="PhD qualified researchers"/>
+    <s v="Number"/>
+    <n v="1486"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other researchers"/>
+    <s v="Number"/>
+    <n v="10167"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Technicians"/>
+    <s v="Number"/>
+    <n v="5628"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Support staff"/>
+    <s v="Number"/>
+    <n v="2909"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All research and development staff"/>
+    <s v="Number"/>
+    <n v="7130"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="PhD qualified researchers"/>
+    <s v="Number"/>
+    <n v="709"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other researchers"/>
+    <s v="Number"/>
+    <n v="3243"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Technicians"/>
+    <s v="Number"/>
+    <n v="1763"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Support staff"/>
+    <s v="Number"/>
+    <n v="1415"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All research and development staff"/>
+    <s v="Number"/>
+    <n v="13691"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="PhD qualified researchers"/>
+    <s v="Number"/>
+    <n v="1137"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other researchers"/>
+    <s v="Number"/>
+    <n v="5933"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Technicians"/>
+    <s v="Number"/>
+    <n v="4085"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Support staff"/>
+    <s v="Number"/>
+    <n v="2536"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All research and development staff"/>
+    <s v="Number"/>
+    <n v="10491"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="PhD qualified researchers"/>
+    <s v="Number"/>
+    <n v="797"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other researchers"/>
+    <s v="Number"/>
+    <n v="4633"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Technicians"/>
+    <s v="Number"/>
+    <n v="3240"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Support staff"/>
+    <s v="Number"/>
+    <n v="1820"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All research and development staff"/>
+    <s v="Number"/>
+    <n v="3200"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="PhD qualified researchers"/>
+    <s v="Number"/>
+    <n v="341"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other researchers"/>
+    <s v="Number"/>
+    <n v="1299"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Technicians"/>
+    <s v="Number"/>
+    <n v="845"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Support staff"/>
+    <s v="Number"/>
+    <n v="715"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All research and development staff"/>
+    <s v="Number"/>
+    <n v="13629"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="PhD qualified researchers"/>
+    <s v="Number"/>
+    <n v="1058"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other researchers"/>
+    <s v="Number"/>
+    <n v="7477"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Technicians"/>
+    <s v="Number"/>
+    <n v="3306"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Support staff"/>
+    <s v="Number"/>
+    <n v="1788"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All research and development staff"/>
+    <s v="Number"/>
+    <n v="9699"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="PhD qualified researchers"/>
+    <s v="Number"/>
+    <n v="689"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other researchers"/>
+    <s v="Number"/>
+    <n v="5534"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Technicians"/>
+    <s v="Number"/>
+    <n v="2388"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Support staff"/>
+    <s v="Number"/>
+    <n v="1089"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All research and development staff"/>
+    <s v="Number"/>
+    <n v="3930"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="PhD qualified researchers"/>
+    <s v="Number"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other researchers"/>
+    <s v="Number"/>
+    <n v="1943"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Technicians"/>
+    <s v="Number"/>
+    <n v="918"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Support staff"/>
+    <s v="Number"/>
+    <n v="700"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All research and development staff"/>
+    <s v="Number"/>
+    <n v="27755"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="PhD qualified researchers"/>
+    <s v="Number"/>
+    <n v="1966"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other researchers"/>
+    <s v="Number"/>
+    <n v="14643"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Technicians"/>
+    <s v="Number"/>
+    <n v="6832"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Support staff"/>
+    <s v="Number"/>
+    <n v="4313"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All research and development staff"/>
+    <s v="Number"/>
+    <n v="20227"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="PhD qualified researchers"/>
+    <s v="Number"/>
+    <n v="1348"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other researchers"/>
+    <s v="Number"/>
+    <n v="10723"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Technicians"/>
+    <s v="Number"/>
+    <n v="5307"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Support staff"/>
+    <s v="Number"/>
+    <n v="2850"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All research and development staff"/>
+    <s v="Number"/>
+    <n v="7528"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="PhD qualified researchers"/>
+    <s v="Number"/>
+    <n v="618"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other researchers"/>
+    <s v="Number"/>
+    <n v="3921"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Technicians"/>
+    <s v="Number"/>
+    <n v="1525"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Support staff"/>
+    <s v="Number"/>
+    <n v="1464"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All research and development staff"/>
+    <s v="Number"/>
+    <n v="11800"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="PhD qualified researchers"/>
+    <s v="Number"/>
+    <n v="906"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other researchers"/>
+    <s v="Number"/>
+    <n v="5389"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Technicians"/>
+    <s v="Number"/>
+    <n v="3196"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Support staff"/>
+    <s v="Number"/>
+    <n v="2309"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All research and development staff"/>
+    <s v="Number"/>
+    <n v="8777"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="PhD qualified researchers"/>
+    <s v="Number"/>
+    <n v="642"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other researchers"/>
+    <s v="Number"/>
+    <n v="3973"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Technicians"/>
+    <s v="Number"/>
+    <n v="2638"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Support staff"/>
+    <s v="Number"/>
+    <n v="1523"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All research and development staff"/>
+    <s v="Number"/>
+    <n v="3023"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="PhD qualified researchers"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other researchers"/>
+    <s v="Number"/>
+    <n v="1416"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Technicians"/>
+    <s v="Number"/>
+    <n v="558"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Support staff"/>
+    <s v="Number"/>
+    <n v="786"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All research and development staff"/>
+    <s v="Number"/>
+    <n v="15955"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="PhD qualified researchers"/>
+    <s v="Number"/>
+    <n v="1060"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other researchers"/>
+    <s v="Number"/>
+    <n v="9254"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Technicians"/>
+    <s v="Number"/>
+    <n v="3636"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Support staff"/>
+    <s v="Number"/>
+    <n v="2005"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All research and development staff"/>
+    <s v="Number"/>
+    <n v="11451"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="PhD qualified researchers"/>
+    <s v="Number"/>
+    <n v="705"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other researchers"/>
+    <s v="Number"/>
+    <n v="6750"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Technicians"/>
+    <s v="Number"/>
+    <n v="2669"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Support staff"/>
+    <s v="Number"/>
+    <n v="1327"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All research and development staff"/>
+    <s v="Number"/>
+    <n v="4504"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="PhD qualified researchers"/>
+    <s v="Number"/>
+    <n v="355"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other researchers"/>
+    <s v="Number"/>
+    <n v="2505"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Technicians"/>
+    <s v="Number"/>
+    <n v="967"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Support staff"/>
+    <s v="Number"/>
+    <n v="678"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All research and development staff"/>
+    <s v="Number"/>
+    <n v="32961"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="PhD qualified researchers"/>
+    <s v="Number"/>
+    <n v="2491"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other researchers"/>
+    <s v="Number"/>
+    <n v="14248"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Technicians"/>
+    <s v="Number"/>
+    <n v="8690"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Support staff"/>
+    <s v="Number"/>
+    <n v="7532"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All research and development staff"/>
+    <s v="Number"/>
+    <n v="24153"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="PhD qualified researchers"/>
+    <s v="Number"/>
+    <n v="1814"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other researchers"/>
+    <s v="Number"/>
+    <n v="10827"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Technicians"/>
+    <s v="Number"/>
+    <n v="6481"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Support staff"/>
+    <s v="Number"/>
+    <n v="5032"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All research and development staff"/>
+    <s v="Number"/>
+    <n v="8808"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="PhD qualified researchers"/>
+    <s v="Number"/>
+    <n v="678"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other researchers"/>
+    <s v="Number"/>
+    <n v="3421"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Technicians"/>
+    <s v="Number"/>
+    <n v="2209"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Support staff"/>
+    <s v="Number"/>
+    <n v="2500"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All research and development staff"/>
+    <s v="Number"/>
+    <n v="12441"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="PhD qualified researchers"/>
+    <s v="Number"/>
+    <n v="1290"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other researchers"/>
+    <s v="Number"/>
+    <n v="4700"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Technicians"/>
+    <s v="Number"/>
+    <n v="3978"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Support staff"/>
+    <s v="Number"/>
+    <n v="2473"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All research and development staff"/>
+    <s v="Number"/>
+    <n v="9246"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="PhD qualified researchers"/>
+    <s v="Number"/>
+    <n v="1005"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other researchers"/>
+    <s v="Number"/>
+    <n v="3438"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Technicians"/>
+    <s v="Number"/>
+    <n v="3114"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Support staff"/>
+    <s v="Number"/>
+    <n v="1690"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All research and development staff"/>
+    <s v="Number"/>
+    <n v="3195"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="PhD qualified researchers"/>
+    <s v="Number"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other researchers"/>
+    <s v="Number"/>
+    <n v="1263"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Technicians"/>
+    <s v="Number"/>
+    <n v="864"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Support staff"/>
+    <s v="Number"/>
+    <n v="783"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All research and development staff"/>
+    <s v="Number"/>
+    <n v="20519"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="PhD qualified researchers"/>
+    <s v="Number"/>
+    <n v="1201"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other researchers"/>
+    <s v="Number"/>
+    <n v="9547"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Technicians"/>
+    <s v="Number"/>
+    <n v="4712"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Support staff"/>
+    <s v="Number"/>
+    <n v="5059"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All research and development staff"/>
+    <s v="Number"/>
+    <n v="14906"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="PhD qualified researchers"/>
+    <s v="Number"/>
+    <n v="809"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other researchers"/>
+    <s v="Number"/>
+    <n v="7389"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Technicians"/>
+    <s v="Number"/>
+    <n v="3367"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Support staff"/>
+    <s v="Number"/>
+    <n v="3341"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All research and development staff"/>
+    <s v="Number"/>
+    <n v="5613"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="PhD qualified researchers"/>
+    <s v="Number"/>
+    <n v="392"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other researchers"/>
+    <s v="Number"/>
+    <n v="2158"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Technicians"/>
+    <s v="Number"/>
+    <n v="1345"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Support staff"/>
+    <s v="Number"/>
+    <n v="1717"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All research and development staff"/>
+    <s v="Number"/>
+    <n v="40956"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="PhD qualified researchers"/>
+    <s v="Number"/>
+    <n v="2582"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other researchers"/>
+    <s v="Number"/>
+    <n v="17752"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Technicians"/>
+    <s v="Number"/>
+    <n v="12740"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Support staff"/>
+    <s v="Number"/>
+    <n v="7882"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All research and development staff"/>
+    <s v="Number"/>
+    <n v="29392"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="PhD qualified researchers"/>
+    <s v="Number"/>
+    <n v="1806"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other researchers"/>
+    <s v="Number"/>
+    <n v="12680"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Technicians"/>
+    <s v="Number"/>
+    <n v="9764"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Support staff"/>
+    <s v="Number"/>
+    <n v="5142"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All research and development staff"/>
+    <s v="Number"/>
+    <n v="11565"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="PhD qualified researchers"/>
+    <s v="Number"/>
+    <n v="777"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other researchers"/>
+    <s v="Number"/>
+    <n v="5072"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Technicians"/>
+    <s v="Number"/>
+    <n v="2976"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All nationalities of ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Support staff"/>
+    <s v="Number"/>
+    <n v="2741"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All research and development staff"/>
+    <s v="Number"/>
+    <n v="15235"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="PhD qualified researchers"/>
+    <s v="Number"/>
+    <n v="1265"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other researchers"/>
+    <s v="Number"/>
+    <n v="6440"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Technicians"/>
+    <s v="Number"/>
+    <n v="5042"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Support staff"/>
+    <s v="Number"/>
+    <n v="2488"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All research and development staff"/>
+    <s v="Number"/>
+    <n v="10979"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="PhD qualified researchers"/>
+    <s v="Number"/>
+    <n v="902"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other researchers"/>
+    <s v="Number"/>
+    <n v="4403"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Technicians"/>
+    <s v="Number"/>
+    <n v="3934"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Support staff"/>
+    <s v="Number"/>
+    <n v="1740"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All research and development staff"/>
+    <s v="Number"/>
+    <n v="4256"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="PhD qualified researchers"/>
+    <s v="Number"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other researchers"/>
+    <s v="Number"/>
+    <n v="2037"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Technicians"/>
+    <s v="Number"/>
+    <n v="1108"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="01"/>
+    <s v="Irish ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Support staff"/>
+    <s v="Number"/>
+    <n v="748"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="All research and development staff"/>
+    <s v="Number"/>
+    <n v="25721"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="PhD qualified researchers"/>
+    <s v="Number"/>
+    <n v="1317"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="Other researchers"/>
+    <s v="Number"/>
+    <n v="11312"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="Technicians"/>
+    <s v="Number"/>
+    <n v="7697"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Support staff"/>
+    <s v="Number"/>
+    <n v="5395"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="All research and development staff"/>
+    <s v="Number"/>
+    <n v="18413"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="PhD qualified researchers"/>
+    <s v="Number"/>
+    <n v="903"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="Other researchers"/>
+    <s v="Number"/>
+    <n v="8278"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="Technicians"/>
+    <s v="Number"/>
+    <n v="5830"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Support staff"/>
+    <s v="Number"/>
+    <n v="3402"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="All research and development staff"/>
+    <s v="Number"/>
+    <n v="7309"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="PhD qualified researchers"/>
+    <s v="Number"/>
+    <n v="414"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="Other researchers"/>
+    <s v="Number"/>
+    <n v="3034"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="Technicians"/>
+    <s v="Number"/>
+    <n v="1868"/>
+  </r>
+  <r>
+    <s v="BSA13"/>
+    <s v="Headcount of Research Personnel"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="02"/>
+    <s v="Non Irish ownership"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Support staff"/>
+    <s v="Number"/>
+    <n v="1993"/>
+  </r>
+</pivotCacheRecords>
 </file>