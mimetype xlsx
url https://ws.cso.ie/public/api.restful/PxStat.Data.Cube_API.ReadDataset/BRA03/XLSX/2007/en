--- v0 (2025-11-04)
+++ v1 (2026-01-13)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7b7df986f6c4f77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/97b188a0d0f046d0a9ad6aec0ea605a7.psmdcp" Id="R820fbc6ba2964909" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d27f8be3d9043dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fe1a8bed4a254a0ba70e28c330aa55a5.psmdcp" Id="Rbe935728d11e404b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>BRA03</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Enterprise Survival</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/18/2020 11:00:00 AM</x:t>
+    <x:t>18/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>NACE Code 64.20 Activities of holding companies is excluded from Sector K.   .. indicates that the data has been suppressed to protect the confidentiality of individual enterprises.  [url= &lt;a href="https://www.cso.ie/en/methods/multisectoral/businessdemography/" target="_blank"&gt;https://www.cso.ie/en/methods/multisecto ... ography/&lt;/a&gt;] See background notes[/url]</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/BRA03/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>BD</x:t>
   </x:si>
   <x:si>
     <x:t>Business in Ireland - Insights on the Lifecycle of Businesses (formerly Business Demography)</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -231,50 +231,53 @@
     <x:t>0 employees</x:t>
   </x:si>
   <x:si>
     <x:t>02</x:t>
   </x:si>
   <x:si>
     <x:t>1-4 employees</x:t>
   </x:si>
   <x:si>
     <x:t>03</x:t>
   </x:si>
   <x:si>
     <x:t>5-9 employees</x:t>
   </x:si>
   <x:si>
     <x:t>04</x:t>
   </x:si>
   <x:si>
     <x:t>10 or more employees</x:t>
   </x:si>
   <x:si>
     <x:t>C</x:t>
   </x:si>
   <x:si>
     <x:t>Mining and quarrying (C)</x:t>
+  </x:si>
+  <x:si>
+    <x:t/>
   </x:si>
   <x:si>
     <x:t>D</x:t>
   </x:si>
   <x:si>
     <x:t>Manufacturing (D)</x:t>
   </x:si>
   <x:si>
     <x:t>E</x:t>
   </x:si>
   <x:si>
     <x:t>Electricity, gas, and water supply (E)</x:t>
   </x:si>
   <x:si>
     <x:t>F</x:t>
   </x:si>
   <x:si>
     <x:t>Construction (F)</x:t>
   </x:si>
   <x:si>
     <x:t>G</x:t>
   </x:si>
   <x:si>
     <x:t>Wholesale and retail trade; repair of motor vehicles, motorcycles and personal household goods (G)</x:t>
   </x:si>
@@ -454,283 +457,144 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...231 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="C02614V03171" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Activity" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02615V03172" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Employment Size" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J136" totalsRowShown="0">
   <x:autoFilter ref="A1:J136"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="C02614V03171"/>
     <x:tableColumn id="2" name="Activity"/>
     <x:tableColumn id="3" name="C02615V03172"/>
     <x:tableColumn id="4" name="Employment Size"/>
     <x:tableColumn id="5" name="TLIST(A1)"/>
     <x:tableColumn id="6" name="Year"/>
     <x:tableColumn id="7" name="STATISTIC"/>
     <x:tableColumn id="8" name="Statistic Label"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1001,51 +865,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/BRA03/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1234,51 +1098,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J136"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="90.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="22.853482" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="6.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="69.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -1796,3785 +1660,3875 @@
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C17" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D17" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E17" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F17" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G17" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H17" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I17" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J17" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C18" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D18" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E18" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F18" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G18" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H18" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I18" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J18" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C19" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D19" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E19" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F19" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G19" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H19" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I19" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J19" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
     </x:row>
     <x:row r="20" spans="1:10">
       <x:c r="A20" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C20" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D20" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E20" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F20" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G20" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H20" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I20" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J20" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C21" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D21" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E21" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F21" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G21" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H21" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I21" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J21" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C22" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D22" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E22" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F22" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G22" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H22" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I22" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J22" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C23" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D23" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E23" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F23" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G23" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H23" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I23" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J23" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C24" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D24" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E24" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F24" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G24" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H24" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I24" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J24" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C25" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D25" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E25" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F25" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I25" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J25" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C26" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D26" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E26" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F26" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G26" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H26" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I26" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J26" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C27" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D27" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E27" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F27" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G27" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I27" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J27" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C28" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D28" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E28" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F28" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G28" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H28" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I28" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J28" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C29" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D29" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E29" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F29" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I29" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J29" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C30" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D30" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E30" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F30" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G30" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H30" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I30" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J30" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C31" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D31" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E31" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F31" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H31" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I31" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J31" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C32" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D32" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E32" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F32" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G32" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H32" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I32" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J32" s="0">
         <x:v>486</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10">
       <x:c r="A33" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C33" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D33" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E33" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F33" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H33" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I33" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J33" s="0">
         <x:v>921</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C34" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D34" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E34" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F34" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G34" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H34" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I34" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J34" s="0">
         <x:v>1794</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10">
       <x:c r="A35" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C35" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D35" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E35" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F35" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I35" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J35" s="0">
         <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10">
       <x:c r="A36" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C36" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D36" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E36" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F36" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G36" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H36" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I36" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J36" s="0">
         <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10">
       <x:c r="A37" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C37" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D37" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E37" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F37" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H37" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I37" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J37" s="0">
         <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10">
       <x:c r="A38" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C38" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D38" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E38" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F38" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G38" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H38" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I38" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J38" s="0">
         <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:10">
       <x:c r="A39" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C39" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D39" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E39" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F39" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H39" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I39" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J39" s="0">
         <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:10">
       <x:c r="A40" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C40" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D40" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E40" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F40" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G40" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H40" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I40" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J40" s="0">
         <x:v>992</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:10">
       <x:c r="A41" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C41" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D41" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E41" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F41" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H41" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I41" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J41" s="0">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:10">
       <x:c r="A42" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C42" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D42" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E42" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F42" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G42" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H42" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I42" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J42" s="0">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:10">
       <x:c r="A43" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C43" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D43" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E43" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F43" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I43" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J43" s="0">
         <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:10">
       <x:c r="A44" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C44" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D44" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E44" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F44" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G44" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H44" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I44" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J44" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:10">
       <x:c r="A45" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C45" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D45" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E45" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F45" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H45" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I45" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J45" s="0">
         <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:10">
       <x:c r="A46" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C46" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D46" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E46" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F46" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G46" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H46" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I46" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J46" s="0">
         <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:10">
       <x:c r="A47" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C47" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D47" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E47" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F47" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H47" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I47" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J47" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
     </x:row>
     <x:row r="48" spans="1:10">
       <x:c r="A48" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C48" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D48" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E48" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F48" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G48" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H48" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I48" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J48" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
     </x:row>
     <x:row r="49" spans="1:10">
       <x:c r="A49" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C49" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D49" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E49" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F49" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H49" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I49" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J49" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
     </x:row>
     <x:row r="50" spans="1:10">
       <x:c r="A50" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C50" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D50" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E50" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F50" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G50" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H50" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I50" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J50" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
     </x:row>
     <x:row r="51" spans="1:10">
       <x:c r="A51" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C51" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D51" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E51" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F51" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I51" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J51" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
     </x:row>
     <x:row r="52" spans="1:10">
       <x:c r="A52" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C52" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D52" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E52" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F52" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G52" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H52" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I52" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J52" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
     </x:row>
     <x:row r="53" spans="1:10">
       <x:c r="A53" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C53" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D53" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E53" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F53" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H53" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I53" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J53" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
     </x:row>
     <x:row r="54" spans="1:10">
       <x:c r="A54" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C54" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D54" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E54" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F54" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G54" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H54" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I54" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J54" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
     </x:row>
     <x:row r="55" spans="1:10">
       <x:c r="A55" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C55" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D55" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E55" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F55" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I55" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J55" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
     </x:row>
     <x:row r="56" spans="1:10">
       <x:c r="A56" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C56" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D56" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E56" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F56" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G56" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H56" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I56" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J56" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
     </x:row>
     <x:row r="57" spans="1:10">
       <x:c r="A57" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C57" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D57" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E57" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F57" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I57" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J57" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
     </x:row>
     <x:row r="58" spans="1:10">
       <x:c r="A58" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C58" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D58" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E58" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F58" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G58" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H58" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I58" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J58" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
     </x:row>
     <x:row r="59" spans="1:10">
       <x:c r="A59" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C59" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D59" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E59" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F59" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I59" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J59" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
     </x:row>
     <x:row r="60" spans="1:10">
       <x:c r="A60" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C60" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D60" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E60" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F60" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G60" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H60" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I60" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J60" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
     </x:row>
     <x:row r="61" spans="1:10">
       <x:c r="A61" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C61" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D61" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E61" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F61" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I61" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J61" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
     </x:row>
     <x:row r="62" spans="1:10">
       <x:c r="A62" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C62" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D62" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E62" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F62" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G62" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H62" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I62" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J62" s="0">
         <x:v>3995</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:10">
       <x:c r="A63" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C63" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D63" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E63" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F63" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I63" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J63" s="0">
         <x:v>6410</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:10">
       <x:c r="A64" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C64" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D64" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E64" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F64" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G64" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H64" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I64" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J64" s="0">
         <x:v>10846</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:10">
       <x:c r="A65" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C65" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D65" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E65" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F65" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I65" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J65" s="0">
         <x:v>1970</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:10">
       <x:c r="A66" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C66" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D66" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E66" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F66" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G66" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H66" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I66" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J66" s="0">
         <x:v>2073</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:10">
       <x:c r="A67" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C67" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D67" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E67" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F67" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I67" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J67" s="0">
         <x:v>2073</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:10">
       <x:c r="A68" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C68" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D68" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E68" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F68" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G68" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H68" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I68" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J68" s="0">
         <x:v>1908</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:10">
       <x:c r="A69" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C69" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D69" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E69" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F69" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I69" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J69" s="0">
         <x:v>3409</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:10">
       <x:c r="A70" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C70" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D70" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E70" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F70" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G70" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H70" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I70" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J70" s="0">
         <x:v>6814</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:10">
       <x:c r="A71" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C71" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D71" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E71" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F71" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H71" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I71" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J71" s="0">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:10">
       <x:c r="A72" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C72" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D72" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E72" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F72" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G72" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H72" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I72" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J72" s="0">
         <x:v>542</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:10">
       <x:c r="A73" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C73" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D73" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E73" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F73" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I73" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J73" s="0">
         <x:v>1220</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:10">
       <x:c r="A74" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C74" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D74" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E74" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F74" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G74" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H74" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I74" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J74" s="0">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:10">
       <x:c r="A75" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C75" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D75" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E75" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F75" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I75" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J75" s="0">
         <x:v>386</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:10">
       <x:c r="A76" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C76" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D76" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E76" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F76" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G76" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H76" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I76" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J76" s="0">
         <x:v>738</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:10">
       <x:c r="A77" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C77" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D77" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E77" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F77" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I77" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J77" s="0">
         <x:v>1395</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:10">
       <x:c r="A78" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C78" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D78" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E78" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F78" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G78" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H78" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I78" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J78" s="0">
         <x:v>2714</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:10">
       <x:c r="A79" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C79" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D79" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E79" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F79" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H79" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I79" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J79" s="0">
         <x:v>6653</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:10">
       <x:c r="A80" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C80" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D80" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E80" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F80" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G80" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H80" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I80" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J80" s="0">
         <x:v>557</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:10">
       <x:c r="A81" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C81" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D81" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E81" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F81" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I81" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J81" s="0">
         <x:v>611</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:10">
       <x:c r="A82" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C82" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D82" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E82" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F82" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G82" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H82" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I82" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J82" s="0">
         <x:v>603</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:10">
       <x:c r="A83" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C83" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D83" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E83" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F83" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I83" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J83" s="0">
         <x:v>744</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:10">
       <x:c r="A84" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C84" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D84" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E84" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F84" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G84" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H84" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I84" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J84" s="0">
         <x:v>1297</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:10">
       <x:c r="A85" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C85" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D85" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E85" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F85" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H85" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I85" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J85" s="0">
         <x:v>3331</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:10">
       <x:c r="A86" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C86" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D86" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E86" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F86" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G86" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H86" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I86" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J86" s="0">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:10">
       <x:c r="A87" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C87" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D87" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E87" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F87" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H87" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I87" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J87" s="0">
         <x:v>366</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:10">
       <x:c r="A88" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C88" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D88" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E88" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F88" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G88" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H88" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I88" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J88" s="0">
         <x:v>1108</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:10">
       <x:c r="A89" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C89" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D89" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E89" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F89" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I89" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J89" s="0">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:10">
       <x:c r="A90" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C90" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D90" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E90" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F90" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G90" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H90" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I90" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J90" s="0">
         <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:10">
       <x:c r="A91" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C91" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D91" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E91" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F91" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I91" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J91" s="0">
         <x:v>1612</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:10">
       <x:c r="A92" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C92" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D92" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E92" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F92" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G92" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H92" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I92" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J92" s="0">
         <x:v>540</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:10">
       <x:c r="A93" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C93" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D93" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E93" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F93" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H93" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I93" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J93" s="0">
         <x:v>2323</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:10">
       <x:c r="A94" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C94" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D94" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E94" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F94" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G94" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H94" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I94" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J94" s="0">
         <x:v>6138</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:10">
       <x:c r="A95" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C95" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D95" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E95" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F95" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H95" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I95" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J95" s="0">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:10">
       <x:c r="A96" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C96" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D96" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E96" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F96" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G96" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H96" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I96" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J96" s="0">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:10">
       <x:c r="A97" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C97" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D97" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E97" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F97" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H97" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I97" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J97" s="0">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:10">
       <x:c r="A98" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C98" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D98" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E98" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F98" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G98" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H98" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I98" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J98" s="0">
         <x:v>371</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:10">
       <x:c r="A99" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C99" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D99" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E99" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F99" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H99" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I99" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J99" s="0">
         <x:v>827</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:10">
       <x:c r="A100" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C100" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D100" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E100" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F100" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G100" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H100" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I100" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J100" s="0">
         <x:v>2386</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:10">
       <x:c r="A101" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C101" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D101" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E101" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F101" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H101" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I101" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J101" s="0">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:10">
       <x:c r="A102" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C102" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D102" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E102" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F102" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G102" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H102" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I102" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J102" s="0">
         <x:v>357</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:10">
       <x:c r="A103" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C103" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D103" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E103" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F103" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H103" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I103" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J103" s="0">
         <x:v>1265</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:10">
       <x:c r="A104" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C104" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D104" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E104" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F104" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G104" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H104" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I104" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J104" s="0">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:10">
       <x:c r="A105" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C105" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D105" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E105" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F105" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H105" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I105" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J105" s="0">
         <x:v>1054</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:10">
       <x:c r="A106" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C106" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D106" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E106" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F106" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G106" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H106" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I106" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J106" s="0">
         <x:v>2408</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:10">
       <x:c r="A107" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C107" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D107" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E107" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F107" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H107" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I107" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J107" s="0">
         <x:v>530</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:10">
       <x:c r="A108" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C108" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D108" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E108" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F108" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G108" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H108" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I108" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J108" s="0">
         <x:v>791</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:10">
       <x:c r="A109" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C109" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D109" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E109" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F109" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H109" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I109" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J109" s="0">
         <x:v>1372</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:10">
       <x:c r="A110" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C110" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D110" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E110" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F110" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G110" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H110" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I110" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J110" s="0">
         <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:10">
       <x:c r="A111" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C111" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D111" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E111" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F111" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H111" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I111" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J111" s="0">
         <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:10">
       <x:c r="A112" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C112" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D112" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E112" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F112" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G112" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H112" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I112" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J112" s="0">
         <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:10">
       <x:c r="A113" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C113" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D113" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E113" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F113" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H113" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I113" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J113" s="0">
         <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:10">
       <x:c r="A114" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C114" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D114" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E114" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F114" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G114" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H114" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I114" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J114" s="0">
         <x:v>374</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:10">
       <x:c r="A115" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C115" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D115" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E115" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F115" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I115" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J115" s="0">
         <x:v>783</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:10">
       <x:c r="A116" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C116" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D116" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E116" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F116" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G116" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H116" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I116" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J116" s="0">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:10">
       <x:c r="A117" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C117" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D117" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E117" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F117" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H117" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I117" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J117" s="0">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:10">
       <x:c r="A118" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C118" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D118" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E118" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F118" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G118" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H118" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I118" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J118" s="0">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:10">
       <x:c r="A119" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C119" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D119" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E119" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F119" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G119" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H119" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I119" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J119" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:10">
       <x:c r="A120" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C120" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D120" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E120" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F120" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G120" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H120" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I120" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J120" s="0">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:10">
       <x:c r="A121" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C121" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D121" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E121" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F121" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H121" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I121" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J121" s="0">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:10">
       <x:c r="A122" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C122" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D122" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E122" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F122" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G122" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H122" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I122" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J122" s="0">
         <x:v>3387</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:10">
       <x:c r="A123" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C123" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D123" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E123" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F123" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H123" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I123" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J123" s="0">
         <x:v>4730</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:10">
       <x:c r="A124" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C124" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D124" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E124" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F124" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G124" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H124" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I124" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J124" s="0">
         <x:v>8467</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:10">
       <x:c r="A125" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C125" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D125" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E125" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F125" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H125" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I125" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J125" s="0">
         <x:v>1743</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:10">
       <x:c r="A126" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C126" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D126" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E126" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F126" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G126" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H126" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I126" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J126" s="0">
         <x:v>1740</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:10">
       <x:c r="A127" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C127" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D127" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E127" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F127" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H127" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I127" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J127" s="0">
         <x:v>1740</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:10">
       <x:c r="A128" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C128" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D128" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E128" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F128" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G128" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H128" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I128" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J128" s="0">
         <x:v>1561</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:10">
       <x:c r="A129" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C129" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D129" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E129" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F129" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H129" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I129" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J129" s="0">
         <x:v>1915</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:10">
       <x:c r="A130" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C130" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D130" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E130" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F130" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G130" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H130" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I130" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J130" s="0">
         <x:v>4588</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:10">
       <x:c r="A131" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C131" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D131" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E131" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F131" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H131" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I131" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J131" s="0">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:10">
       <x:c r="A132" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C132" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D132" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E132" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F132" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G132" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H132" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I132" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J132" s="0">
         <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:10">
       <x:c r="A133" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C133" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D133" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E133" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F133" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H133" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I133" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J133" s="0">
         <x:v>791</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:10">
       <x:c r="A134" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C134" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D134" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E134" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F134" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G134" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H134" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I134" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J134" s="0">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:10">
       <x:c r="A135" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C135" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D135" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E135" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F135" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H135" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I135" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J135" s="0">
         <x:v>708</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:10">
       <x:c r="A136" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C136" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D136" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E136" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F136" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G136" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H136" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I136" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J136" s="0">
         <x:v>1348</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -5591,51 +5545,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J136" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02614V03171">
       <x:sharedItems count="9">
         <x:s v="-"/>
         <x:s v="C"/>
         <x:s v="D"/>
         <x:s v="E"/>
         <x:s v="F"/>
         <x:s v="G"/>
         <x:s v="H"/>
         <x:s v="I"/>
         <x:s v="K"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Activity">
       <x:sharedItems count="9">
         <x:s v="NACE sectors (C, D, E, F, G, H, I, K)"/>
         <x:s v="Mining and quarrying (C)"/>
         <x:s v="Manufacturing (D)"/>
         <x:s v="Electricity, gas, and water supply (E)"/>
         <x:s v="Construction (F)"/>
         <x:s v="Wholesale and retail trade; repair of motor vehicles, motorcycles and personal household goods (G)"/>
         <x:s v="Hotels and restaurants (H)"/>
         <x:s v="Transport, storage and communication (I)"/>
@@ -5775,27 +5729,1648 @@
         <x:n v="783"/>
         <x:n v="10"/>
         <x:n v="61"/>
         <x:n v="141"/>
         <x:n v="4"/>
         <x:n v="81"/>
         <x:n v="194"/>
         <x:n v="3387"/>
         <x:n v="4730"/>
         <x:n v="8467"/>
         <x:n v="1743"/>
         <x:n v="1740"/>
         <x:n v="1561"/>
         <x:n v="1915"/>
         <x:n v="4588"/>
         <x:n v="59"/>
         <x:n v="708"/>
         <x:n v="1348"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="NACE sectors (C, D, E, F, G, H, I, K)"/>
+    <s v="-"/>
+    <s v="All employee size classes"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C1"/>
+    <s v="Enterprises Birthed in 2006 and Survived to 2007"/>
+    <s v="Number"/>
+    <n v="10354"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="NACE sectors (C, D, E, F, G, H, I, K)"/>
+    <s v="-"/>
+    <s v="All employee size classes"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C2"/>
+    <s v="Persons Engaged in 2006 in Enterprises Birthed in 2006 that Survived to 2007"/>
+    <s v="Number"/>
+    <n v="17926"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="NACE sectors (C, D, E, F, G, H, I, K)"/>
+    <s v="-"/>
+    <s v="All employee size classes"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C3"/>
+    <s v="Persons Engaged in 2007 in Enterprises Birthed in 2006 that Survived to 2007"/>
+    <s v="Number"/>
+    <n v="35360"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="NACE sectors (C, D, E, F, G, H, I, K)"/>
+    <s v="01"/>
+    <s v="0 employees"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C1"/>
+    <s v="Enterprises Birthed in 2006 and Survived to 2007"/>
+    <s v="Number"/>
+    <n v="4856"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="NACE sectors (C, D, E, F, G, H, I, K)"/>
+    <s v="01"/>
+    <s v="0 employees"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C2"/>
+    <s v="Persons Engaged in 2006 in Enterprises Birthed in 2006 that Survived to 2007"/>
+    <s v="Number"/>
+    <n v="5035"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="NACE sectors (C, D, E, F, G, H, I, K)"/>
+    <s v="01"/>
+    <s v="0 employees"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C3"/>
+    <s v="Persons Engaged in 2007 in Enterprises Birthed in 2006 that Survived to 2007"/>
+    <s v="Number"/>
+    <n v="4999"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="NACE sectors (C, D, E, F, G, H, I, K)"/>
+    <s v="02"/>
+    <s v="1-4 employees"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C1"/>
+    <s v="Enterprises Birthed in 2006 and Survived to 2007"/>
+    <s v="Number"/>
+    <n v="5076"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="NACE sectors (C, D, E, F, G, H, I, K)"/>
+    <s v="02"/>
+    <s v="1-4 employees"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C2"/>
+    <s v="Persons Engaged in 2006 in Enterprises Birthed in 2006 that Survived to 2007"/>
+    <s v="Number"/>
+    <n v="8209"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="NACE sectors (C, D, E, F, G, H, I, K)"/>
+    <s v="02"/>
+    <s v="1-4 employees"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C3"/>
+    <s v="Persons Engaged in 2007 in Enterprises Birthed in 2006 that Survived to 2007"/>
+    <s v="Number"/>
+    <n v="18955"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="NACE sectors (C, D, E, F, G, H, I, K)"/>
+    <s v="03"/>
+    <s v="5-9 employees"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C1"/>
+    <s v="Enterprises Birthed in 2006 and Survived to 2007"/>
+    <s v="Number"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="NACE sectors (C, D, E, F, G, H, I, K)"/>
+    <s v="03"/>
+    <s v="5-9 employees"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C2"/>
+    <s v="Persons Engaged in 2006 in Enterprises Birthed in 2006 that Survived to 2007"/>
+    <s v="Number"/>
+    <n v="1788"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="NACE sectors (C, D, E, F, G, H, I, K)"/>
+    <s v="03"/>
+    <s v="5-9 employees"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C3"/>
+    <s v="Persons Engaged in 2007 in Enterprises Birthed in 2006 that Survived to 2007"/>
+    <s v="Number"/>
+    <n v="4729"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="NACE sectors (C, D, E, F, G, H, I, K)"/>
+    <s v="04"/>
+    <s v="10 or more employees"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C1"/>
+    <s v="Enterprises Birthed in 2006 and Survived to 2007"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="NACE sectors (C, D, E, F, G, H, I, K)"/>
+    <s v="04"/>
+    <s v="10 or more employees"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C2"/>
+    <s v="Persons Engaged in 2006 in Enterprises Birthed in 2006 that Survived to 2007"/>
+    <s v="Number"/>
+    <n v="2895"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="NACE sectors (C, D, E, F, G, H, I, K)"/>
+    <s v="04"/>
+    <s v="10 or more employees"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C3"/>
+    <s v="Persons Engaged in 2007 in Enterprises Birthed in 2006 that Survived to 2007"/>
+    <s v="Number"/>
+    <n v="6676"/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Mining and quarrying (C)"/>
+    <s v="-"/>
+    <s v="All employee size classes"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C1"/>
+    <s v="Enterprises Birthed in 2006 and Survived to 2007"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Mining and quarrying (C)"/>
+    <s v="-"/>
+    <s v="All employee size classes"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C2"/>
+    <s v="Persons Engaged in 2006 in Enterprises Birthed in 2006 that Survived to 2007"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Mining and quarrying (C)"/>
+    <s v="-"/>
+    <s v="All employee size classes"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C3"/>
+    <s v="Persons Engaged in 2007 in Enterprises Birthed in 2006 that Survived to 2007"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Mining and quarrying (C)"/>
+    <s v="01"/>
+    <s v="0 employees"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C1"/>
+    <s v="Enterprises Birthed in 2006 and Survived to 2007"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Mining and quarrying (C)"/>
+    <s v="01"/>
+    <s v="0 employees"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C2"/>
+    <s v="Persons Engaged in 2006 in Enterprises Birthed in 2006 that Survived to 2007"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Mining and quarrying (C)"/>
+    <s v="01"/>
+    <s v="0 employees"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C3"/>
+    <s v="Persons Engaged in 2007 in Enterprises Birthed in 2006 that Survived to 2007"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Mining and quarrying (C)"/>
+    <s v="02"/>
+    <s v="1-4 employees"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C1"/>
+    <s v="Enterprises Birthed in 2006 and Survived to 2007"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Mining and quarrying (C)"/>
+    <s v="02"/>
+    <s v="1-4 employees"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C2"/>
+    <s v="Persons Engaged in 2006 in Enterprises Birthed in 2006 that Survived to 2007"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Mining and quarrying (C)"/>
+    <s v="02"/>
+    <s v="1-4 employees"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C3"/>
+    <s v="Persons Engaged in 2007 in Enterprises Birthed in 2006 that Survived to 2007"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Mining and quarrying (C)"/>
+    <s v="03"/>
+    <s v="5-9 employees"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C1"/>
+    <s v="Enterprises Birthed in 2006 and Survived to 2007"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Mining and quarrying (C)"/>
+    <s v="03"/>
+    <s v="5-9 employees"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C2"/>
+    <s v="Persons Engaged in 2006 in Enterprises Birthed in 2006 that Survived to 2007"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Mining and quarrying (C)"/>
+    <s v="03"/>
+    <s v="5-9 employees"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C3"/>
+    <s v="Persons Engaged in 2007 in Enterprises Birthed in 2006 that Survived to 2007"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Mining and quarrying (C)"/>
+    <s v="04"/>
+    <s v="10 or more employees"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C1"/>
+    <s v="Enterprises Birthed in 2006 and Survived to 2007"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Mining and quarrying (C)"/>
+    <s v="04"/>
+    <s v="10 or more employees"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C2"/>
+    <s v="Persons Engaged in 2006 in Enterprises Birthed in 2006 that Survived to 2007"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="C"/>
+    <s v="Mining and quarrying (C)"/>
+    <s v="04"/>
+    <s v="10 or more employees"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C3"/>
+    <s v="Persons Engaged in 2007 in Enterprises Birthed in 2006 that Survived to 2007"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Manufacturing (D)"/>
+    <s v="-"/>
+    <s v="All employee size classes"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C1"/>
+    <s v="Enterprises Birthed in 2006 and Survived to 2007"/>
+    <s v="Number"/>
+    <n v="486"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Manufacturing (D)"/>
+    <s v="-"/>
+    <s v="All employee size classes"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C2"/>
+    <s v="Persons Engaged in 2006 in Enterprises Birthed in 2006 that Survived to 2007"/>
+    <s v="Number"/>
+    <n v="921"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Manufacturing (D)"/>
+    <s v="-"/>
+    <s v="All employee size classes"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C3"/>
+    <s v="Persons Engaged in 2007 in Enterprises Birthed in 2006 that Survived to 2007"/>
+    <s v="Number"/>
+    <n v="1794"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Manufacturing (D)"/>
+    <s v="01"/>
+    <s v="0 employees"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C1"/>
+    <s v="Enterprises Birthed in 2006 and Survived to 2007"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Manufacturing (D)"/>
+    <s v="01"/>
+    <s v="0 employees"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C2"/>
+    <s v="Persons Engaged in 2006 in Enterprises Birthed in 2006 that Survived to 2007"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Manufacturing (D)"/>
+    <s v="01"/>
+    <s v="0 employees"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C3"/>
+    <s v="Persons Engaged in 2007 in Enterprises Birthed in 2006 that Survived to 2007"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Manufacturing (D)"/>
+    <s v="02"/>
+    <s v="1-4 employees"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C1"/>
+    <s v="Enterprises Birthed in 2006 and Survived to 2007"/>
+    <s v="Number"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Manufacturing (D)"/>
+    <s v="02"/>
+    <s v="1-4 employees"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C2"/>
+    <s v="Persons Engaged in 2006 in Enterprises Birthed in 2006 that Survived to 2007"/>
+    <s v="Number"/>
+    <n v="367"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Manufacturing (D)"/>
+    <s v="02"/>
+    <s v="1-4 employees"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C3"/>
+    <s v="Persons Engaged in 2007 in Enterprises Birthed in 2006 that Survived to 2007"/>
+    <s v="Number"/>
+    <n v="992"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Manufacturing (D)"/>
+    <s v="03"/>
+    <s v="5-9 employees"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C1"/>
+    <s v="Enterprises Birthed in 2006 and Survived to 2007"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Manufacturing (D)"/>
+    <s v="03"/>
+    <s v="5-9 employees"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C2"/>
+    <s v="Persons Engaged in 2006 in Enterprises Birthed in 2006 that Survived to 2007"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Manufacturing (D)"/>
+    <s v="03"/>
+    <s v="5-9 employees"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C3"/>
+    <s v="Persons Engaged in 2007 in Enterprises Birthed in 2006 that Survived to 2007"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Manufacturing (D)"/>
+    <s v="04"/>
+    <s v="10 or more employees"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C1"/>
+    <s v="Enterprises Birthed in 2006 and Survived to 2007"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Manufacturing (D)"/>
+    <s v="04"/>
+    <s v="10 or more employees"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C2"/>
+    <s v="Persons Engaged in 2006 in Enterprises Birthed in 2006 that Survived to 2007"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="D"/>
+    <s v="Manufacturing (D)"/>
+    <s v="04"/>
+    <s v="10 or more employees"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C3"/>
+    <s v="Persons Engaged in 2007 in Enterprises Birthed in 2006 that Survived to 2007"/>
+    <s v="Number"/>
+    <n v="353"/>
+  </r>
+  <r>
+    <s v="E"/>
+    <s v="Electricity, gas, and water supply (E)"/>
+    <s v="-"/>
+    <s v="All employee size classes"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C1"/>
+    <s v="Enterprises Birthed in 2006 and Survived to 2007"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="E"/>
+    <s v="Electricity, gas, and water supply (E)"/>
+    <s v="-"/>
+    <s v="All employee size classes"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C2"/>
+    <s v="Persons Engaged in 2006 in Enterprises Birthed in 2006 that Survived to 2007"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="E"/>
+    <s v="Electricity, gas, and water supply (E)"/>
+    <s v="-"/>
+    <s v="All employee size classes"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C3"/>
+    <s v="Persons Engaged in 2007 in Enterprises Birthed in 2006 that Survived to 2007"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="E"/>
+    <s v="Electricity, gas, and water supply (E)"/>
+    <s v="01"/>
+    <s v="0 employees"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C1"/>
+    <s v="Enterprises Birthed in 2006 and Survived to 2007"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="E"/>
+    <s v="Electricity, gas, and water supply (E)"/>
+    <s v="01"/>
+    <s v="0 employees"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C2"/>
+    <s v="Persons Engaged in 2006 in Enterprises Birthed in 2006 that Survived to 2007"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="E"/>
+    <s v="Electricity, gas, and water supply (E)"/>
+    <s v="01"/>
+    <s v="0 employees"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C3"/>
+    <s v="Persons Engaged in 2007 in Enterprises Birthed in 2006 that Survived to 2007"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="E"/>
+    <s v="Electricity, gas, and water supply (E)"/>
+    <s v="02"/>
+    <s v="1-4 employees"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C1"/>
+    <s v="Enterprises Birthed in 2006 and Survived to 2007"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="E"/>
+    <s v="Electricity, gas, and water supply (E)"/>
+    <s v="02"/>
+    <s v="1-4 employees"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C2"/>
+    <s v="Persons Engaged in 2006 in Enterprises Birthed in 2006 that Survived to 2007"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="E"/>
+    <s v="Electricity, gas, and water supply (E)"/>
+    <s v="02"/>
+    <s v="1-4 employees"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C3"/>
+    <s v="Persons Engaged in 2007 in Enterprises Birthed in 2006 that Survived to 2007"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="E"/>
+    <s v="Electricity, gas, and water supply (E)"/>
+    <s v="03"/>
+    <s v="5-9 employees"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C1"/>
+    <s v="Enterprises Birthed in 2006 and Survived to 2007"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="E"/>
+    <s v="Electricity, gas, and water supply (E)"/>
+    <s v="03"/>
+    <s v="5-9 employees"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C2"/>
+    <s v="Persons Engaged in 2006 in Enterprises Birthed in 2006 that Survived to 2007"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="E"/>
+    <s v="Electricity, gas, and water supply (E)"/>
+    <s v="03"/>
+    <s v="5-9 employees"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C3"/>
+    <s v="Persons Engaged in 2007 in Enterprises Birthed in 2006 that Survived to 2007"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="E"/>
+    <s v="Electricity, gas, and water supply (E)"/>
+    <s v="04"/>
+    <s v="10 or more employees"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C1"/>
+    <s v="Enterprises Birthed in 2006 and Survived to 2007"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="E"/>
+    <s v="Electricity, gas, and water supply (E)"/>
+    <s v="04"/>
+    <s v="10 or more employees"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C2"/>
+    <s v="Persons Engaged in 2006 in Enterprises Birthed in 2006 that Survived to 2007"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="E"/>
+    <s v="Electricity, gas, and water supply (E)"/>
+    <s v="04"/>
+    <s v="10 or more employees"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C3"/>
+    <s v="Persons Engaged in 2007 in Enterprises Birthed in 2006 that Survived to 2007"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="-"/>
+    <s v="All employee size classes"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C1"/>
+    <s v="Enterprises Birthed in 2006 and Survived to 2007"/>
+    <s v="Number"/>
+    <n v="3995"/>
+  </r>
+  <r>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="-"/>
+    <s v="All employee size classes"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C2"/>
+    <s v="Persons Engaged in 2006 in Enterprises Birthed in 2006 that Survived to 2007"/>
+    <s v="Number"/>
+    <n v="6410"/>
+  </r>
+  <r>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="-"/>
+    <s v="All employee size classes"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C3"/>
+    <s v="Persons Engaged in 2007 in Enterprises Birthed in 2006 that Survived to 2007"/>
+    <s v="Number"/>
+    <n v="10846"/>
+  </r>
+  <r>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="01"/>
+    <s v="0 employees"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C1"/>
+    <s v="Enterprises Birthed in 2006 and Survived to 2007"/>
+    <s v="Number"/>
+    <n v="1970"/>
+  </r>
+  <r>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="01"/>
+    <s v="0 employees"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C2"/>
+    <s v="Persons Engaged in 2006 in Enterprises Birthed in 2006 that Survived to 2007"/>
+    <s v="Number"/>
+    <n v="2073"/>
+  </r>
+  <r>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="01"/>
+    <s v="0 employees"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C3"/>
+    <s v="Persons Engaged in 2007 in Enterprises Birthed in 2006 that Survived to 2007"/>
+    <s v="Number"/>
+    <n v="2073"/>
+  </r>
+  <r>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="02"/>
+    <s v="1-4 employees"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C1"/>
+    <s v="Enterprises Birthed in 2006 and Survived to 2007"/>
+    <s v="Number"/>
+    <n v="1908"/>
+  </r>
+  <r>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="02"/>
+    <s v="1-4 employees"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C2"/>
+    <s v="Persons Engaged in 2006 in Enterprises Birthed in 2006 that Survived to 2007"/>
+    <s v="Number"/>
+    <n v="3409"/>
+  </r>
+  <r>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="02"/>
+    <s v="1-4 employees"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C3"/>
+    <s v="Persons Engaged in 2007 in Enterprises Birthed in 2006 that Survived to 2007"/>
+    <s v="Number"/>
+    <n v="6814"/>
+  </r>
+  <r>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="03"/>
+    <s v="5-9 employees"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C1"/>
+    <s v="Enterprises Birthed in 2006 and Survived to 2007"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="03"/>
+    <s v="5-9 employees"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C2"/>
+    <s v="Persons Engaged in 2006 in Enterprises Birthed in 2006 that Survived to 2007"/>
+    <s v="Number"/>
+    <n v="542"/>
+  </r>
+  <r>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="03"/>
+    <s v="5-9 employees"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C3"/>
+    <s v="Persons Engaged in 2007 in Enterprises Birthed in 2006 that Survived to 2007"/>
+    <s v="Number"/>
+    <n v="1220"/>
+  </r>
+  <r>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="04"/>
+    <s v="10 or more employees"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C1"/>
+    <s v="Enterprises Birthed in 2006 and Survived to 2007"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="04"/>
+    <s v="10 or more employees"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C2"/>
+    <s v="Persons Engaged in 2006 in Enterprises Birthed in 2006 that Survived to 2007"/>
+    <s v="Number"/>
+    <n v="386"/>
+  </r>
+  <r>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="04"/>
+    <s v="10 or more employees"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C3"/>
+    <s v="Persons Engaged in 2007 in Enterprises Birthed in 2006 that Survived to 2007"/>
+    <s v="Number"/>
+    <n v="738"/>
+  </r>
+  <r>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles, motorcycles and personal household goods (G)"/>
+    <s v="-"/>
+    <s v="All employee size classes"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C1"/>
+    <s v="Enterprises Birthed in 2006 and Survived to 2007"/>
+    <s v="Number"/>
+    <n v="1395"/>
+  </r>
+  <r>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles, motorcycles and personal household goods (G)"/>
+    <s v="-"/>
+    <s v="All employee size classes"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C2"/>
+    <s v="Persons Engaged in 2006 in Enterprises Birthed in 2006 that Survived to 2007"/>
+    <s v="Number"/>
+    <n v="2714"/>
+  </r>
+  <r>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles, motorcycles and personal household goods (G)"/>
+    <s v="-"/>
+    <s v="All employee size classes"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C3"/>
+    <s v="Persons Engaged in 2007 in Enterprises Birthed in 2006 that Survived to 2007"/>
+    <s v="Number"/>
+    <n v="6653"/>
+  </r>
+  <r>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles, motorcycles and personal household goods (G)"/>
+    <s v="01"/>
+    <s v="0 employees"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C1"/>
+    <s v="Enterprises Birthed in 2006 and Survived to 2007"/>
+    <s v="Number"/>
+    <n v="557"/>
+  </r>
+  <r>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles, motorcycles and personal household goods (G)"/>
+    <s v="01"/>
+    <s v="0 employees"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C2"/>
+    <s v="Persons Engaged in 2006 in Enterprises Birthed in 2006 that Survived to 2007"/>
+    <s v="Number"/>
+    <n v="611"/>
+  </r>
+  <r>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles, motorcycles and personal household goods (G)"/>
+    <s v="01"/>
+    <s v="0 employees"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C3"/>
+    <s v="Persons Engaged in 2007 in Enterprises Birthed in 2006 that Survived to 2007"/>
+    <s v="Number"/>
+    <n v="603"/>
+  </r>
+  <r>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles, motorcycles and personal household goods (G)"/>
+    <s v="02"/>
+    <s v="1-4 employees"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C1"/>
+    <s v="Enterprises Birthed in 2006 and Survived to 2007"/>
+    <s v="Number"/>
+    <n v="744"/>
+  </r>
+  <r>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles, motorcycles and personal household goods (G)"/>
+    <s v="02"/>
+    <s v="1-4 employees"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C2"/>
+    <s v="Persons Engaged in 2006 in Enterprises Birthed in 2006 that Survived to 2007"/>
+    <s v="Number"/>
+    <n v="1297"/>
+  </r>
+  <r>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles, motorcycles and personal household goods (G)"/>
+    <s v="02"/>
+    <s v="1-4 employees"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C3"/>
+    <s v="Persons Engaged in 2007 in Enterprises Birthed in 2006 that Survived to 2007"/>
+    <s v="Number"/>
+    <n v="3331"/>
+  </r>
+  <r>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles, motorcycles and personal household goods (G)"/>
+    <s v="03"/>
+    <s v="5-9 employees"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C1"/>
+    <s v="Enterprises Birthed in 2006 and Survived to 2007"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles, motorcycles and personal household goods (G)"/>
+    <s v="03"/>
+    <s v="5-9 employees"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C2"/>
+    <s v="Persons Engaged in 2006 in Enterprises Birthed in 2006 that Survived to 2007"/>
+    <s v="Number"/>
+    <n v="366"/>
+  </r>
+  <r>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles, motorcycles and personal household goods (G)"/>
+    <s v="03"/>
+    <s v="5-9 employees"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C3"/>
+    <s v="Persons Engaged in 2007 in Enterprises Birthed in 2006 that Survived to 2007"/>
+    <s v="Number"/>
+    <n v="1108"/>
+  </r>
+  <r>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles, motorcycles and personal household goods (G)"/>
+    <s v="04"/>
+    <s v="10 or more employees"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C1"/>
+    <s v="Enterprises Birthed in 2006 and Survived to 2007"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles, motorcycles and personal household goods (G)"/>
+    <s v="04"/>
+    <s v="10 or more employees"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C2"/>
+    <s v="Persons Engaged in 2006 in Enterprises Birthed in 2006 that Survived to 2007"/>
+    <s v="Number"/>
+    <n v="440"/>
+  </r>
+  <r>
+    <s v="G"/>
+    <s v="Wholesale and retail trade; repair of motor vehicles, motorcycles and personal household goods (G)"/>
+    <s v="04"/>
+    <s v="10 or more employees"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C3"/>
+    <s v="Persons Engaged in 2007 in Enterprises Birthed in 2006 that Survived to 2007"/>
+    <s v="Number"/>
+    <n v="1612"/>
+  </r>
+  <r>
+    <s v="H"/>
+    <s v="Hotels and restaurants (H)"/>
+    <s v="-"/>
+    <s v="All employee size classes"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C1"/>
+    <s v="Enterprises Birthed in 2006 and Survived to 2007"/>
+    <s v="Number"/>
+    <n v="540"/>
+  </r>
+  <r>
+    <s v="H"/>
+    <s v="Hotels and restaurants (H)"/>
+    <s v="-"/>
+    <s v="All employee size classes"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C2"/>
+    <s v="Persons Engaged in 2006 in Enterprises Birthed in 2006 that Survived to 2007"/>
+    <s v="Number"/>
+    <n v="2323"/>
+  </r>
+  <r>
+    <s v="H"/>
+    <s v="Hotels and restaurants (H)"/>
+    <s v="-"/>
+    <s v="All employee size classes"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C3"/>
+    <s v="Persons Engaged in 2007 in Enterprises Birthed in 2006 that Survived to 2007"/>
+    <s v="Number"/>
+    <n v="6138"/>
+  </r>
+  <r>
+    <s v="H"/>
+    <s v="Hotels and restaurants (H)"/>
+    <s v="01"/>
+    <s v="0 employees"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C1"/>
+    <s v="Enterprises Birthed in 2006 and Survived to 2007"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="H"/>
+    <s v="Hotels and restaurants (H)"/>
+    <s v="01"/>
+    <s v="0 employees"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C2"/>
+    <s v="Persons Engaged in 2006 in Enterprises Birthed in 2006 that Survived to 2007"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="H"/>
+    <s v="Hotels and restaurants (H)"/>
+    <s v="01"/>
+    <s v="0 employees"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C3"/>
+    <s v="Persons Engaged in 2007 in Enterprises Birthed in 2006 that Survived to 2007"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="H"/>
+    <s v="Hotels and restaurants (H)"/>
+    <s v="02"/>
+    <s v="1-4 employees"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C1"/>
+    <s v="Enterprises Birthed in 2006 and Survived to 2007"/>
+    <s v="Number"/>
+    <n v="371"/>
+  </r>
+  <r>
+    <s v="H"/>
+    <s v="Hotels and restaurants (H)"/>
+    <s v="02"/>
+    <s v="1-4 employees"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C2"/>
+    <s v="Persons Engaged in 2006 in Enterprises Birthed in 2006 that Survived to 2007"/>
+    <s v="Number"/>
+    <n v="827"/>
+  </r>
+  <r>
+    <s v="H"/>
+    <s v="Hotels and restaurants (H)"/>
+    <s v="02"/>
+    <s v="1-4 employees"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C3"/>
+    <s v="Persons Engaged in 2007 in Enterprises Birthed in 2006 that Survived to 2007"/>
+    <s v="Number"/>
+    <n v="2386"/>
+  </r>
+  <r>
+    <s v="H"/>
+    <s v="Hotels and restaurants (H)"/>
+    <s v="03"/>
+    <s v="5-9 employees"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C1"/>
+    <s v="Enterprises Birthed in 2006 and Survived to 2007"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="H"/>
+    <s v="Hotels and restaurants (H)"/>
+    <s v="03"/>
+    <s v="5-9 employees"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C2"/>
+    <s v="Persons Engaged in 2006 in Enterprises Birthed in 2006 that Survived to 2007"/>
+    <s v="Number"/>
+    <n v="357"/>
+  </r>
+  <r>
+    <s v="H"/>
+    <s v="Hotels and restaurants (H)"/>
+    <s v="03"/>
+    <s v="5-9 employees"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C3"/>
+    <s v="Persons Engaged in 2007 in Enterprises Birthed in 2006 that Survived to 2007"/>
+    <s v="Number"/>
+    <n v="1265"/>
+  </r>
+  <r>
+    <s v="H"/>
+    <s v="Hotels and restaurants (H)"/>
+    <s v="04"/>
+    <s v="10 or more employees"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C1"/>
+    <s v="Enterprises Birthed in 2006 and Survived to 2007"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="H"/>
+    <s v="Hotels and restaurants (H)"/>
+    <s v="04"/>
+    <s v="10 or more employees"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C2"/>
+    <s v="Persons Engaged in 2006 in Enterprises Birthed in 2006 that Survived to 2007"/>
+    <s v="Number"/>
+    <n v="1054"/>
+  </r>
+  <r>
+    <s v="H"/>
+    <s v="Hotels and restaurants (H)"/>
+    <s v="04"/>
+    <s v="10 or more employees"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C3"/>
+    <s v="Persons Engaged in 2007 in Enterprises Birthed in 2006 that Survived to 2007"/>
+    <s v="Number"/>
+    <n v="2408"/>
+  </r>
+  <r>
+    <s v="I"/>
+    <s v="Transport, storage and communication (I)"/>
+    <s v="-"/>
+    <s v="All employee size classes"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C1"/>
+    <s v="Enterprises Birthed in 2006 and Survived to 2007"/>
+    <s v="Number"/>
+    <n v="530"/>
+  </r>
+  <r>
+    <s v="I"/>
+    <s v="Transport, storage and communication (I)"/>
+    <s v="-"/>
+    <s v="All employee size classes"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C2"/>
+    <s v="Persons Engaged in 2006 in Enterprises Birthed in 2006 that Survived to 2007"/>
+    <s v="Number"/>
+    <n v="791"/>
+  </r>
+  <r>
+    <s v="I"/>
+    <s v="Transport, storage and communication (I)"/>
+    <s v="-"/>
+    <s v="All employee size classes"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C3"/>
+    <s v="Persons Engaged in 2007 in Enterprises Birthed in 2006 that Survived to 2007"/>
+    <s v="Number"/>
+    <n v="1372"/>
+  </r>
+  <r>
+    <s v="I"/>
+    <s v="Transport, storage and communication (I)"/>
+    <s v="01"/>
+    <s v="0 employees"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C1"/>
+    <s v="Enterprises Birthed in 2006 and Survived to 2007"/>
+    <s v="Number"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="I"/>
+    <s v="Transport, storage and communication (I)"/>
+    <s v="01"/>
+    <s v="0 employees"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C2"/>
+    <s v="Persons Engaged in 2006 in Enterprises Birthed in 2006 that Survived to 2007"/>
+    <s v="Number"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="I"/>
+    <s v="Transport, storage and communication (I)"/>
+    <s v="01"/>
+    <s v="0 employees"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C3"/>
+    <s v="Persons Engaged in 2007 in Enterprises Birthed in 2006 that Survived to 2007"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="I"/>
+    <s v="Transport, storage and communication (I)"/>
+    <s v="02"/>
+    <s v="1-4 employees"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C1"/>
+    <s v="Enterprises Birthed in 2006 and Survived to 2007"/>
+    <s v="Number"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="I"/>
+    <s v="Transport, storage and communication (I)"/>
+    <s v="02"/>
+    <s v="1-4 employees"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C2"/>
+    <s v="Persons Engaged in 2006 in Enterprises Birthed in 2006 that Survived to 2007"/>
+    <s v="Number"/>
+    <n v="374"/>
+  </r>
+  <r>
+    <s v="I"/>
+    <s v="Transport, storage and communication (I)"/>
+    <s v="02"/>
+    <s v="1-4 employees"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C3"/>
+    <s v="Persons Engaged in 2007 in Enterprises Birthed in 2006 that Survived to 2007"/>
+    <s v="Number"/>
+    <n v="783"/>
+  </r>
+  <r>
+    <s v="I"/>
+    <s v="Transport, storage and communication (I)"/>
+    <s v="03"/>
+    <s v="5-9 employees"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C1"/>
+    <s v="Enterprises Birthed in 2006 and Survived to 2007"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="I"/>
+    <s v="Transport, storage and communication (I)"/>
+    <s v="03"/>
+    <s v="5-9 employees"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C2"/>
+    <s v="Persons Engaged in 2006 in Enterprises Birthed in 2006 that Survived to 2007"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="I"/>
+    <s v="Transport, storage and communication (I)"/>
+    <s v="03"/>
+    <s v="5-9 employees"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C3"/>
+    <s v="Persons Engaged in 2007 in Enterprises Birthed in 2006 that Survived to 2007"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="I"/>
+    <s v="Transport, storage and communication (I)"/>
+    <s v="04"/>
+    <s v="10 or more employees"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C1"/>
+    <s v="Enterprises Birthed in 2006 and Survived to 2007"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="I"/>
+    <s v="Transport, storage and communication (I)"/>
+    <s v="04"/>
+    <s v="10 or more employees"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C2"/>
+    <s v="Persons Engaged in 2006 in Enterprises Birthed in 2006 that Survived to 2007"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="I"/>
+    <s v="Transport, storage and communication (I)"/>
+    <s v="04"/>
+    <s v="10 or more employees"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C3"/>
+    <s v="Persons Engaged in 2007 in Enterprises Birthed in 2006 that Survived to 2007"/>
+    <s v="Number"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="K"/>
+    <s v="Real estate, renting and business activities (K)"/>
+    <s v="-"/>
+    <s v="All employee size classes"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C1"/>
+    <s v="Enterprises Birthed in 2006 and Survived to 2007"/>
+    <s v="Number"/>
+    <n v="3387"/>
+  </r>
+  <r>
+    <s v="K"/>
+    <s v="Real estate, renting and business activities (K)"/>
+    <s v="-"/>
+    <s v="All employee size classes"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C2"/>
+    <s v="Persons Engaged in 2006 in Enterprises Birthed in 2006 that Survived to 2007"/>
+    <s v="Number"/>
+    <n v="4730"/>
+  </r>
+  <r>
+    <s v="K"/>
+    <s v="Real estate, renting and business activities (K)"/>
+    <s v="-"/>
+    <s v="All employee size classes"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C3"/>
+    <s v="Persons Engaged in 2007 in Enterprises Birthed in 2006 that Survived to 2007"/>
+    <s v="Number"/>
+    <n v="8467"/>
+  </r>
+  <r>
+    <s v="K"/>
+    <s v="Real estate, renting and business activities (K)"/>
+    <s v="01"/>
+    <s v="0 employees"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C1"/>
+    <s v="Enterprises Birthed in 2006 and Survived to 2007"/>
+    <s v="Number"/>
+    <n v="1743"/>
+  </r>
+  <r>
+    <s v="K"/>
+    <s v="Real estate, renting and business activities (K)"/>
+    <s v="01"/>
+    <s v="0 employees"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C2"/>
+    <s v="Persons Engaged in 2006 in Enterprises Birthed in 2006 that Survived to 2007"/>
+    <s v="Number"/>
+    <n v="1740"/>
+  </r>
+  <r>
+    <s v="K"/>
+    <s v="Real estate, renting and business activities (K)"/>
+    <s v="01"/>
+    <s v="0 employees"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C3"/>
+    <s v="Persons Engaged in 2007 in Enterprises Birthed in 2006 that Survived to 2007"/>
+    <s v="Number"/>
+    <n v="1740"/>
+  </r>
+  <r>
+    <s v="K"/>
+    <s v="Real estate, renting and business activities (K)"/>
+    <s v="02"/>
+    <s v="1-4 employees"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C1"/>
+    <s v="Enterprises Birthed in 2006 and Survived to 2007"/>
+    <s v="Number"/>
+    <n v="1561"/>
+  </r>
+  <r>
+    <s v="K"/>
+    <s v="Real estate, renting and business activities (K)"/>
+    <s v="02"/>
+    <s v="1-4 employees"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C2"/>
+    <s v="Persons Engaged in 2006 in Enterprises Birthed in 2006 that Survived to 2007"/>
+    <s v="Number"/>
+    <n v="1915"/>
+  </r>
+  <r>
+    <s v="K"/>
+    <s v="Real estate, renting and business activities (K)"/>
+    <s v="02"/>
+    <s v="1-4 employees"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C3"/>
+    <s v="Persons Engaged in 2007 in Enterprises Birthed in 2006 that Survived to 2007"/>
+    <s v="Number"/>
+    <n v="4588"/>
+  </r>
+  <r>
+    <s v="K"/>
+    <s v="Real estate, renting and business activities (K)"/>
+    <s v="03"/>
+    <s v="5-9 employees"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C1"/>
+    <s v="Enterprises Birthed in 2006 and Survived to 2007"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="K"/>
+    <s v="Real estate, renting and business activities (K)"/>
+    <s v="03"/>
+    <s v="5-9 employees"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C2"/>
+    <s v="Persons Engaged in 2006 in Enterprises Birthed in 2006 that Survived to 2007"/>
+    <s v="Number"/>
+    <n v="367"/>
+  </r>
+  <r>
+    <s v="K"/>
+    <s v="Real estate, renting and business activities (K)"/>
+    <s v="03"/>
+    <s v="5-9 employees"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C3"/>
+    <s v="Persons Engaged in 2007 in Enterprises Birthed in 2006 that Survived to 2007"/>
+    <s v="Number"/>
+    <n v="791"/>
+  </r>
+  <r>
+    <s v="K"/>
+    <s v="Real estate, renting and business activities (K)"/>
+    <s v="04"/>
+    <s v="10 or more employees"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C1"/>
+    <s v="Enterprises Birthed in 2006 and Survived to 2007"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="K"/>
+    <s v="Real estate, renting and business activities (K)"/>
+    <s v="04"/>
+    <s v="10 or more employees"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C2"/>
+    <s v="Persons Engaged in 2006 in Enterprises Birthed in 2006 that Survived to 2007"/>
+    <s v="Number"/>
+    <n v="708"/>
+  </r>
+  <r>
+    <s v="K"/>
+    <s v="Real estate, renting and business activities (K)"/>
+    <s v="04"/>
+    <s v="10 or more employees"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BRA03C3"/>
+    <s v="Persons Engaged in 2007 in Enterprises Birthed in 2006 that Survived to 2007"/>
+    <s v="Number"/>
+    <n v="1348"/>
+  </r>
+</pivotCacheRecords>
 </file>