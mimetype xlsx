--- v1 (2026-01-13)
+++ v2 (2026-02-27)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d27f8be3d9043dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fe1a8bed4a254a0ba70e28c330aa55a5.psmdcp" Id="Rbe935728d11e404b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3da78c5a587494e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1ceccb652d5f489b914d1b561195c81a.psmdcp" Id="Rf7d21f1febb74eb3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>