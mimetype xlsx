--- v0 (2025-11-06)
+++ v1 (2026-02-06)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raefead23e108432f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1f50622cca6d4bee8071b5dec9996d36.psmdcp" Id="R05509097b17844f7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdfb55d656cb04933" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5998fd21175d4d0e83c023d148ab2485.psmdcp" Id="Rfb68d0a65fb64b4e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>BPQ34</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Current Account: Services BPM6</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Quarterly</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>9/4/2025 11:00:00 AM</x:t>
+    <x:t>04/12/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/BPQ34/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>IAQ</x:t>
   </x:si>
   <x:si>
     <x:t>BOP/International Accounts - Quarterly Series</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Lucia Perez Alfaro</x:t>
   </x:si>
@@ -510,50 +510,56 @@
     <x:t>2024Q2</x:t>
   </x:si>
   <x:si>
     <x:t>20243</x:t>
   </x:si>
   <x:si>
     <x:t>2024Q3</x:t>
   </x:si>
   <x:si>
     <x:t>20244</x:t>
   </x:si>
   <x:si>
     <x:t>2024Q4</x:t>
   </x:si>
   <x:si>
     <x:t>20251</x:t>
   </x:si>
   <x:si>
     <x:t>2025Q1</x:t>
   </x:si>
   <x:si>
     <x:t>20252</x:t>
   </x:si>
   <x:si>
     <x:t>2025Q2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20253</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025Q3</x:t>
   </x:si>
   <x:si>
     <x:t>BPQ34C2</x:t>
   </x:si>
   <x:si>
     <x:t>Services Imports</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
@@ -697,600 +703,223 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...543 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(Q1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="55">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+      </items>
+    </pivotField>
+    <pivotField name="Quarter" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="55">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02940V03555" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="IFSC or Non IFSC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H325" totalsRowShown="0">
-  <x:autoFilter ref="A1:H325"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H331" totalsRowShown="0">
+  <x:autoFilter ref="A1:H331"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(Q1)"/>
     <x:tableColumn id="4" name="Quarter"/>
     <x:tableColumn id="5" name="C02940V03555"/>
     <x:tableColumn id="6" name="IFSC or Non IFSC"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -1554,51 +1183,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/BPQ34/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1785,68 +1414,68 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:H325"/>
+  <x:dimension ref="A1:H331"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="15.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.567768" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="17.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.567768" style="0" customWidth="1"/>
-    <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
+    <x:col min="8" max="8" width="9.853482" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="D1" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="E1" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F1" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="G1" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="H1" s="0" t="s">
@@ -6045,4273 +5674,4429 @@
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C163" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="D163" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="E163" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F163" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G163" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H163" s="0">
         <x:v>104096</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:8">
       <x:c r="A164" s="0" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="B164" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="C164" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="B164" s="0" t="s">
+      <x:c r="D164" s="0" t="s">
         <x:v>164</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>49</x:v>
       </x:c>
       <x:c r="E164" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F164" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G164" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H164" s="0">
-        <x:v>20392</x:v>
+        <x:v>123691.97</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:8">
       <x:c r="A165" s="0" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="B165" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="C165" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="B165" s="0" t="s">
+      <x:c r="D165" s="0" t="s">
         <x:v>164</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>49</x:v>
       </x:c>
       <x:c r="E165" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F165" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H165" s="0">
-        <x:v>3876</x:v>
+        <x:v>14691.92</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:8">
       <x:c r="A166" s="0" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="B166" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="C166" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="B166" s="0" t="s">
+      <x:c r="D166" s="0" t="s">
         <x:v>164</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>49</x:v>
       </x:c>
       <x:c r="E166" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F166" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G166" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H166" s="0">
-        <x:v>16516</x:v>
+        <x:v>109000.05</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:8">
       <x:c r="A167" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C167" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D167" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="E167" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F167" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G167" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H167" s="0">
-        <x:v>22756</x:v>
+        <x:v>20392</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:8">
       <x:c r="A168" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C168" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D168" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="E168" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F168" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G168" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H168" s="0">
-        <x:v>3631</x:v>
+        <x:v>3876</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:8">
       <x:c r="A169" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C169" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D169" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="E169" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F169" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H169" s="0">
-        <x:v>19125</x:v>
+        <x:v>16516</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:8">
       <x:c r="A170" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C170" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="D170" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="E170" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F170" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G170" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H170" s="0">
-        <x:v>21288</x:v>
+        <x:v>22756</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:8">
       <x:c r="A171" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C171" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="D171" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="E171" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F171" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G171" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H171" s="0">
-        <x:v>3860</x:v>
+        <x:v>3631</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:8">
       <x:c r="A172" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C172" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="D172" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="E172" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F172" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G172" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H172" s="0">
-        <x:v>17428</x:v>
+        <x:v>19125</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:8">
       <x:c r="A173" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C173" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D173" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="E173" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F173" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G173" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H173" s="0">
-        <x:v>22989</x:v>
+        <x:v>21288</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:8">
       <x:c r="A174" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C174" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D174" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="E174" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F174" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G174" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H174" s="0">
-        <x:v>4095</x:v>
+        <x:v>3860</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:8">
       <x:c r="A175" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C175" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D175" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="E175" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F175" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G175" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H175" s="0">
-        <x:v>18895</x:v>
+        <x:v>17428</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:8">
       <x:c r="A176" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C176" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="D176" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="E176" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F176" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G176" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H176" s="0">
-        <x:v>22993</x:v>
+        <x:v>22989</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:8">
       <x:c r="A177" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C177" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="D177" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="E177" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F177" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G177" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H177" s="0">
-        <x:v>4207</x:v>
+        <x:v>4095</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:8">
       <x:c r="A178" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C178" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="D178" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="E178" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F178" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G178" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H178" s="0">
-        <x:v>18786</x:v>
+        <x:v>18895</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:8">
       <x:c r="A179" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C179" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D179" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="E179" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F179" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G179" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H179" s="0">
-        <x:v>25742</x:v>
+        <x:v>22993</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:8">
       <x:c r="A180" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C180" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D180" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="E180" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F180" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G180" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H180" s="0">
-        <x:v>4244</x:v>
+        <x:v>4207</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:8">
       <x:c r="A181" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C181" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D181" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="E181" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F181" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G181" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H181" s="0">
-        <x:v>21498</x:v>
+        <x:v>18786</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:8">
       <x:c r="A182" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C182" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="D182" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="E182" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F182" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G182" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H182" s="0">
-        <x:v>24214</x:v>
+        <x:v>25742</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:8">
       <x:c r="A183" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C183" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="D183" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="E183" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F183" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G183" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H183" s="0">
-        <x:v>3726</x:v>
+        <x:v>4244</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:8">
       <x:c r="A184" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C184" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="D184" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="E184" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F184" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G184" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H184" s="0">
-        <x:v>20489</x:v>
+        <x:v>21498</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:8">
       <x:c r="A185" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C185" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="D185" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="E185" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F185" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G185" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H185" s="0">
-        <x:v>27434</x:v>
+        <x:v>24214</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:8">
       <x:c r="A186" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C186" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="D186" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="E186" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F186" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G186" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H186" s="0">
-        <x:v>4133</x:v>
+        <x:v>3726</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:8">
       <x:c r="A187" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C187" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="D187" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="E187" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F187" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H187" s="0">
-        <x:v>23301</x:v>
+        <x:v>20489</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:8">
       <x:c r="A188" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B188" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C188" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="D188" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="E188" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F188" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G188" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H188" s="0">
-        <x:v>27300</x:v>
+        <x:v>27434</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:8">
       <x:c r="A189" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C189" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="D189" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="E189" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F189" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G189" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H189" s="0">
-        <x:v>4274</x:v>
+        <x:v>4133</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:8">
       <x:c r="A190" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C190" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="D190" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="E190" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F190" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G190" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H190" s="0">
-        <x:v>23025</x:v>
+        <x:v>23301</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:8">
       <x:c r="A191" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C191" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="D191" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E191" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F191" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G191" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H191" s="0">
-        <x:v>29833</x:v>
+        <x:v>27300</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:8">
       <x:c r="A192" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C192" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="D192" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E192" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F192" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G192" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H192" s="0">
-        <x:v>4606</x:v>
+        <x:v>4274</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:8">
       <x:c r="A193" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C193" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="D193" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E193" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F193" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G193" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H193" s="0">
-        <x:v>25227</x:v>
+        <x:v>23025</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:8">
       <x:c r="A194" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C194" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D194" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E194" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F194" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G194" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H194" s="0">
-        <x:v>29128</x:v>
+        <x:v>29833</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:8">
       <x:c r="A195" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C195" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D195" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E195" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F195" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G195" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H195" s="0">
-        <x:v>4207</x:v>
+        <x:v>4606</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:8">
       <x:c r="A196" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B196" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C196" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D196" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E196" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F196" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G196" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H196" s="0">
-        <x:v>24921</x:v>
+        <x:v>25227</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:8">
       <x:c r="A197" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C197" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D197" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E197" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F197" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G197" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H197" s="0">
-        <x:v>32747</x:v>
+        <x:v>29128</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:8">
       <x:c r="A198" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B198" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C198" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D198" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E198" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F198" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G198" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H198" s="0">
-        <x:v>4492</x:v>
+        <x:v>4207</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:8">
       <x:c r="A199" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C199" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D199" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E199" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F199" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G199" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H199" s="0">
-        <x:v>28255</x:v>
+        <x:v>24921</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:8">
       <x:c r="A200" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B200" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C200" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D200" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E200" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F200" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G200" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H200" s="0">
-        <x:v>36773</x:v>
+        <x:v>32747</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:8">
       <x:c r="A201" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C201" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D201" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E201" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F201" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H201" s="0">
-        <x:v>5348</x:v>
+        <x:v>4492</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:8">
       <x:c r="A202" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C202" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D202" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E202" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F202" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G202" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H202" s="0">
-        <x:v>31425</x:v>
+        <x:v>28255</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:8">
       <x:c r="A203" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C203" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D203" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E203" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F203" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G203" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H203" s="0">
-        <x:v>43391</x:v>
+        <x:v>36773</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:8">
       <x:c r="A204" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B204" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C204" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D204" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E204" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F204" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G204" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H204" s="0">
-        <x:v>5669</x:v>
+        <x:v>5348</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:8">
       <x:c r="A205" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C205" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D205" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E205" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F205" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G205" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H205" s="0">
-        <x:v>37722</x:v>
+        <x:v>31425</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:8">
       <x:c r="A206" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B206" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C206" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D206" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E206" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F206" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G206" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H206" s="0">
-        <x:v>42855</x:v>
+        <x:v>43391</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:8">
       <x:c r="A207" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C207" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D207" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E207" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F207" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G207" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H207" s="0">
-        <x:v>5767</x:v>
+        <x:v>5669</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:8">
       <x:c r="A208" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B208" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C208" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D208" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E208" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F208" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G208" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H208" s="0">
-        <x:v>37087</x:v>
+        <x:v>37722</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:8">
       <x:c r="A209" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C209" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D209" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E209" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F209" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G209" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H209" s="0">
-        <x:v>54205</x:v>
+        <x:v>42855</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:8">
       <x:c r="A210" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B210" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C210" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D210" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E210" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F210" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G210" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H210" s="0">
-        <x:v>5550</x:v>
+        <x:v>5767</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:8">
       <x:c r="A211" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C211" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D211" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E211" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F211" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G211" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H211" s="0">
-        <x:v>48655</x:v>
+        <x:v>37087</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:8">
       <x:c r="A212" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B212" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C212" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D212" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E212" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F212" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G212" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H212" s="0">
-        <x:v>51127</x:v>
+        <x:v>54205</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:8">
       <x:c r="A213" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C213" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D213" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E213" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F213" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G213" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H213" s="0">
-        <x:v>5655</x:v>
+        <x:v>5550</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:8">
       <x:c r="A214" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B214" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C214" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D214" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E214" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F214" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G214" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H214" s="0">
-        <x:v>45472</x:v>
+        <x:v>48655</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:8">
       <x:c r="A215" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C215" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D215" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E215" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F215" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G215" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H215" s="0">
-        <x:v>50575</x:v>
+        <x:v>51127</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:8">
       <x:c r="A216" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B216" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C216" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D216" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E216" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F216" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G216" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H216" s="0">
-        <x:v>5579</x:v>
+        <x:v>5655</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:8">
       <x:c r="A217" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C217" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="D217" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E217" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F217" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G217" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H217" s="0">
-        <x:v>44997</x:v>
+        <x:v>45472</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:8">
       <x:c r="A218" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B218" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C218" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D218" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E218" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F218" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G218" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H218" s="0">
-        <x:v>54666</x:v>
+        <x:v>50575</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:8">
       <x:c r="A219" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C219" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D219" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E219" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F219" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G219" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H219" s="0">
-        <x:v>5756</x:v>
+        <x:v>5579</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:8">
       <x:c r="A220" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B220" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C220" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D220" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E220" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F220" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G220" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H220" s="0">
-        <x:v>48910</x:v>
+        <x:v>44997</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:8">
       <x:c r="A221" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C221" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D221" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E221" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F221" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G221" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H221" s="0">
-        <x:v>61549</x:v>
+        <x:v>54666</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:8">
       <x:c r="A222" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B222" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C222" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D222" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E222" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F222" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G222" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H222" s="0">
-        <x:v>6230</x:v>
+        <x:v>5756</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:8">
       <x:c r="A223" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C223" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D223" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E223" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F223" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G223" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H223" s="0">
-        <x:v>55318</x:v>
+        <x:v>48910</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:8">
       <x:c r="A224" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B224" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C224" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D224" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E224" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F224" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G224" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H224" s="0">
-        <x:v>44491</x:v>
+        <x:v>61549</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:8">
       <x:c r="A225" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C225" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D225" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E225" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F225" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G225" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H225" s="0">
-        <x:v>6438</x:v>
+        <x:v>6230</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:8">
       <x:c r="A226" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B226" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C226" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D226" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E226" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F226" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G226" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H226" s="0">
-        <x:v>38053</x:v>
+        <x:v>55318</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:8">
       <x:c r="A227" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C227" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D227" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E227" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F227" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G227" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H227" s="0">
-        <x:v>85806</x:v>
+        <x:v>44491</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:8">
       <x:c r="A228" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B228" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C228" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D228" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E228" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F228" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G228" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H228" s="0">
-        <x:v>6214</x:v>
+        <x:v>6438</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:8">
       <x:c r="A229" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C229" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D229" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E229" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F229" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G229" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H229" s="0">
-        <x:v>79592</x:v>
+        <x:v>38053</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:8">
       <x:c r="A230" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B230" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C230" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D230" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E230" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F230" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G230" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H230" s="0">
-        <x:v>47201</x:v>
+        <x:v>85806</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:8">
       <x:c r="A231" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C231" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D231" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E231" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F231" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G231" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H231" s="0">
-        <x:v>6338</x:v>
+        <x:v>6214</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:8">
       <x:c r="A232" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B232" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C232" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D232" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E232" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F232" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G232" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H232" s="0">
-        <x:v>40863</x:v>
+        <x:v>79592</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:8">
       <x:c r="A233" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C233" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D233" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E233" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F233" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G233" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H233" s="0">
-        <x:v>56988</x:v>
+        <x:v>47201</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:8">
       <x:c r="A234" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B234" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C234" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D234" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E234" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F234" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G234" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H234" s="0">
-        <x:v>6701</x:v>
+        <x:v>6338</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:8">
       <x:c r="A235" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C235" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D235" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E235" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F235" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G235" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H235" s="0">
-        <x:v>50287</x:v>
+        <x:v>40863</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:8">
       <x:c r="A236" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B236" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C236" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D236" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E236" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F236" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G236" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H236" s="0">
-        <x:v>44317</x:v>
+        <x:v>56988</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:8">
       <x:c r="A237" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C237" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D237" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E237" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F237" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G237" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H237" s="0">
-        <x:v>7149</x:v>
+        <x:v>6701</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:8">
       <x:c r="A238" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B238" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C238" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D238" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E238" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F238" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G238" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H238" s="0">
-        <x:v>37168</x:v>
+        <x:v>50287</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:8">
       <x:c r="A239" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C239" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D239" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E239" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F239" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G239" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H239" s="0">
-        <x:v>49723</x:v>
+        <x:v>44317</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:8">
       <x:c r="A240" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B240" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C240" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D240" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E240" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F240" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G240" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H240" s="0">
-        <x:v>7103</x:v>
+        <x:v>7149</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:8">
       <x:c r="A241" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C241" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D241" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E241" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F241" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G241" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H241" s="0">
-        <x:v>42620</x:v>
+        <x:v>37168</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:8">
       <x:c r="A242" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B242" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C242" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D242" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="E242" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F242" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G242" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H242" s="0">
-        <x:v>51675</x:v>
+        <x:v>49723</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:8">
       <x:c r="A243" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C243" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D243" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="E243" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F243" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G243" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H243" s="0">
-        <x:v>6920</x:v>
+        <x:v>7103</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:8">
       <x:c r="A244" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B244" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C244" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D244" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="E244" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F244" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G244" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H244" s="0">
-        <x:v>44754</x:v>
+        <x:v>42620</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:8">
       <x:c r="A245" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C245" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="D245" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E245" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F245" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G245" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H245" s="0">
-        <x:v>75329</x:v>
+        <x:v>51675</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:8">
       <x:c r="A246" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B246" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C246" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="D246" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E246" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F246" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G246" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H246" s="0">
-        <x:v>7011</x:v>
+        <x:v>6920</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:8">
       <x:c r="A247" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C247" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="D247" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E247" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F247" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G247" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H247" s="0">
-        <x:v>68318</x:v>
+        <x:v>44754</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:8">
       <x:c r="A248" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B248" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C248" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="D248" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="E248" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F248" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G248" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H248" s="0">
-        <x:v>53360</x:v>
+        <x:v>75329</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:8">
       <x:c r="A249" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C249" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="D249" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="E249" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F249" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G249" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H249" s="0">
-        <x:v>7610</x:v>
+        <x:v>7011</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:8">
       <x:c r="A250" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B250" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C250" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="D250" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="E250" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F250" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G250" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H250" s="0">
-        <x:v>45750</x:v>
+        <x:v>68318</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:8">
       <x:c r="A251" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C251" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="D251" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="E251" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F251" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G251" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H251" s="0">
-        <x:v>100081</x:v>
+        <x:v>53360</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:8">
       <x:c r="A252" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B252" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C252" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="D252" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="E252" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F252" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G252" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H252" s="0">
-        <x:v>7643</x:v>
+        <x:v>7610</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:8">
       <x:c r="A253" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C253" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="D253" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="E253" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F253" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G253" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H253" s="0">
-        <x:v>92437</x:v>
+        <x:v>45750</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:8">
       <x:c r="A254" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B254" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C254" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="D254" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="E254" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F254" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G254" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H254" s="0">
-        <x:v>60728</x:v>
+        <x:v>100081</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:8">
       <x:c r="A255" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C255" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="D255" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="E255" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F255" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G255" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H255" s="0">
-        <x:v>7792</x:v>
+        <x:v>7643</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:8">
       <x:c r="A256" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B256" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C256" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="D256" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="E256" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F256" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G256" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H256" s="0">
-        <x:v>52935</x:v>
+        <x:v>92437</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:8">
       <x:c r="A257" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C257" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D257" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E257" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F257" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G257" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H257" s="0">
-        <x:v>137889</x:v>
+        <x:v>60728</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:8">
       <x:c r="A258" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B258" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C258" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D258" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E258" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F258" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G258" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H258" s="0">
-        <x:v>8155</x:v>
+        <x:v>7792</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:8">
       <x:c r="A259" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C259" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D259" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E259" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F259" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G259" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H259" s="0">
-        <x:v>129735</x:v>
+        <x:v>52935</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:8">
       <x:c r="A260" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B260" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C260" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D260" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E260" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F260" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G260" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H260" s="0">
-        <x:v>128057</x:v>
+        <x:v>137889</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:8">
       <x:c r="A261" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C261" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D261" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E261" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F261" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G261" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H261" s="0">
-        <x:v>8189</x:v>
+        <x:v>8155</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:8">
       <x:c r="A262" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B262" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C262" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D262" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E262" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F262" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G262" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H262" s="0">
-        <x:v>119868</x:v>
+        <x:v>129735</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:8">
       <x:c r="A263" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C263" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D263" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E263" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F263" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G263" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H263" s="0">
-        <x:v>61892</x:v>
+        <x:v>128057</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:8">
       <x:c r="A264" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B264" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C264" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D264" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E264" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F264" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G264" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H264" s="0">
-        <x:v>8172</x:v>
+        <x:v>8189</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:8">
       <x:c r="A265" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C265" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D265" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E265" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F265" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G265" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H265" s="0">
-        <x:v>53720</x:v>
+        <x:v>119868</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:8">
       <x:c r="A266" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B266" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C266" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="D266" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="E266" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F266" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G266" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H266" s="0">
-        <x:v>62529</x:v>
+        <x:v>61892</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:8">
       <x:c r="A267" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C267" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="D267" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="E267" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F267" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G267" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H267" s="0">
-        <x:v>8425</x:v>
+        <x:v>8172</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:8">
       <x:c r="A268" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B268" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C268" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="D268" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="E268" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F268" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G268" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H268" s="0">
-        <x:v>54104</x:v>
+        <x:v>53720</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:8">
       <x:c r="A269" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C269" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D269" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E269" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F269" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G269" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H269" s="0">
-        <x:v>101493</x:v>
+        <x:v>62529</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:8">
       <x:c r="A270" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B270" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C270" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D270" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E270" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F270" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G270" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H270" s="0">
-        <x:v>9625</x:v>
+        <x:v>8425</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:8">
       <x:c r="A271" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C271" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="D271" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="E271" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F271" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G271" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H271" s="0">
-        <x:v>91868</x:v>
+        <x:v>54104</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:8">
       <x:c r="A272" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B272" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C272" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="D272" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="E272" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F272" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G272" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H272" s="0">
-        <x:v>62455</x:v>
+        <x:v>101493</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:8">
       <x:c r="A273" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C273" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="D273" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="E273" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F273" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G273" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H273" s="0">
-        <x:v>9605</x:v>
+        <x:v>9625</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:8">
       <x:c r="A274" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B274" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C274" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="D274" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="E274" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F274" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G274" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H274" s="0">
-        <x:v>52850</x:v>
+        <x:v>91868</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:8">
       <x:c r="A275" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C275" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D275" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E275" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F275" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G275" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H275" s="0">
-        <x:v>70326</x:v>
+        <x:v>62455</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:8">
       <x:c r="A276" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B276" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C276" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D276" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E276" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F276" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G276" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H276" s="0">
-        <x:v>8872</x:v>
+        <x:v>9605</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:8">
       <x:c r="A277" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C277" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D277" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E277" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F277" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G277" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H277" s="0">
-        <x:v>61454</x:v>
+        <x:v>52850</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:8">
       <x:c r="A278" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B278" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C278" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="D278" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="E278" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F278" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G278" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H278" s="0">
-        <x:v>73647</x:v>
+        <x:v>70326</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:8">
       <x:c r="A279" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C279" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="D279" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="E279" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F279" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G279" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H279" s="0">
-        <x:v>9646</x:v>
+        <x:v>8872</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:8">
       <x:c r="A280" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B280" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C280" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="D280" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="E280" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F280" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G280" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H280" s="0">
-        <x:v>64000</x:v>
+        <x:v>61454</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:8">
       <x:c r="A281" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C281" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="D281" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="E281" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F281" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G281" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H281" s="0">
-        <x:v>105717</x:v>
+        <x:v>73647</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:8">
       <x:c r="A282" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B282" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C282" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="D282" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="E282" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F282" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G282" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H282" s="0">
-        <x:v>10060</x:v>
+        <x:v>9646</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:8">
       <x:c r="A283" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C283" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="D283" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="E283" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F283" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G283" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H283" s="0">
-        <x:v>95657</x:v>
+        <x:v>64000</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:8">
       <x:c r="A284" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B284" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C284" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D284" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E284" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F284" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G284" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H284" s="0">
-        <x:v>77079</x:v>
+        <x:v>105717</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:8">
       <x:c r="A285" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C285" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D285" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E285" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F285" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G285" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H285" s="0">
-        <x:v>10827</x:v>
+        <x:v>10060</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:8">
       <x:c r="A286" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B286" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C286" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D286" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E286" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F286" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G286" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H286" s="0">
-        <x:v>66252</x:v>
+        <x:v>95657</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:8">
       <x:c r="A287" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C287" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="D287" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="E287" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F287" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G287" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H287" s="0">
-        <x:v>87550</x:v>
+        <x:v>77079</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:8">
       <x:c r="A288" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B288" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C288" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="D288" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="E288" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F288" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G288" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H288" s="0">
-        <x:v>11573</x:v>
+        <x:v>10827</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:8">
       <x:c r="A289" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C289" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="D289" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="E289" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F289" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G289" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H289" s="0">
-        <x:v>75977</x:v>
+        <x:v>66252</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:8">
       <x:c r="A290" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B290" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C290" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="D290" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="E290" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F290" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G290" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H290" s="0">
-        <x:v>94256</x:v>
+        <x:v>87550</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:8">
       <x:c r="A291" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C291" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="D291" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="E291" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F291" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G291" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H291" s="0">
-        <x:v>11603</x:v>
+        <x:v>11573</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:8">
       <x:c r="A292" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B292" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C292" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="D292" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="E292" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F292" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G292" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H292" s="0">
-        <x:v>82653</x:v>
+        <x:v>75977</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:8">
       <x:c r="A293" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C293" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="D293" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="E293" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F293" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G293" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H293" s="0">
-        <x:v>103066</x:v>
+        <x:v>94256</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:8">
       <x:c r="A294" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B294" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C294" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="D294" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="E294" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F294" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G294" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H294" s="0">
-        <x:v>10904</x:v>
+        <x:v>11603</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:8">
       <x:c r="A295" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C295" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="D295" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="E295" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F295" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G295" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H295" s="0">
-        <x:v>92162</x:v>
+        <x:v>82653</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:8">
       <x:c r="A296" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B296" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C296" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="D296" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="E296" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F296" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G296" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H296" s="0">
-        <x:v>90380</x:v>
+        <x:v>103066</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:8">
       <x:c r="A297" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C297" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="D297" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="E297" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F297" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G297" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H297" s="0">
-        <x:v>11564</x:v>
+        <x:v>10904</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:8">
       <x:c r="A298" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B298" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C298" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="D298" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="E298" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F298" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G298" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H298" s="0">
-        <x:v>78816</x:v>
+        <x:v>92162</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:8">
       <x:c r="A299" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C299" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="D299" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="E299" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F299" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G299" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H299" s="0">
-        <x:v>91644</x:v>
+        <x:v>90380</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:8">
       <x:c r="A300" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B300" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C300" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="D300" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="E300" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F300" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G300" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H300" s="0">
-        <x:v>11945</x:v>
+        <x:v>11564</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:8">
       <x:c r="A301" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C301" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="D301" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="E301" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F301" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G301" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H301" s="0">
-        <x:v>79699</x:v>
+        <x:v>78816</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:8">
       <x:c r="A302" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B302" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C302" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="D302" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="E302" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F302" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G302" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H302" s="0">
-        <x:v>91491</x:v>
+        <x:v>91644</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:8">
       <x:c r="A303" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C303" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="D303" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="E303" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F303" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G303" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H303" s="0">
-        <x:v>10900</x:v>
+        <x:v>11945</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:8">
       <x:c r="A304" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B304" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C304" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="D304" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="E304" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F304" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G304" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H304" s="0">
-        <x:v>80591</x:v>
+        <x:v>79699</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:8">
       <x:c r="A305" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C305" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="D305" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="E305" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F305" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G305" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H305" s="0">
-        <x:v>118044</x:v>
+        <x:v>91491</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:8">
       <x:c r="A306" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B306" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C306" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="D306" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="E306" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F306" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G306" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H306" s="0">
-        <x:v>11466</x:v>
+        <x:v>10900</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:8">
       <x:c r="A307" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C307" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="D307" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="E307" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F307" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G307" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H307" s="0">
-        <x:v>106577</x:v>
+        <x:v>80591</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:8">
       <x:c r="A308" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B308" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C308" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D308" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E308" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F308" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G308" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H308" s="0">
-        <x:v>92391</x:v>
+        <x:v>118044</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:8">
       <x:c r="A309" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C309" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D309" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E309" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F309" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G309" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H309" s="0">
-        <x:v>12461</x:v>
+        <x:v>11466</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:8">
       <x:c r="A310" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B310" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C310" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D310" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E310" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F310" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G310" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H310" s="0">
-        <x:v>79930</x:v>
+        <x:v>106577</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:8">
       <x:c r="A311" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C311" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="D311" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="E311" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F311" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G311" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H311" s="0">
-        <x:v>105318</x:v>
+        <x:v>92391</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:8">
       <x:c r="A312" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B312" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C312" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="D312" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="E312" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F312" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G312" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H312" s="0">
-        <x:v>12039</x:v>
+        <x:v>12461</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:8">
       <x:c r="A313" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C313" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="D313" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="E313" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F313" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G313" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H313" s="0">
-        <x:v>93279</x:v>
+        <x:v>79930</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:8">
       <x:c r="A314" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B314" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C314" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D314" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E314" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F314" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G314" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H314" s="0">
-        <x:v>104538</x:v>
+        <x:v>105318</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:8">
       <x:c r="A315" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C315" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D315" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E315" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F315" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G315" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H315" s="0">
-        <x:v>12527</x:v>
+        <x:v>12039</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:8">
       <x:c r="A316" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B316" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C316" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D316" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E316" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F316" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G316" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H316" s="0">
-        <x:v>92010</x:v>
+        <x:v>93279</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:8">
       <x:c r="A317" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C317" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D317" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E317" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F317" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G317" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H317" s="0">
-        <x:v>121030</x:v>
+        <x:v>104538</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:8">
       <x:c r="A318" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B318" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C318" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D318" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E318" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F318" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G318" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H318" s="0">
-        <x:v>13404</x:v>
+        <x:v>12527</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:8">
       <x:c r="A319" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C319" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D319" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E319" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F319" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G319" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H319" s="0">
-        <x:v>107626</x:v>
+        <x:v>92010</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:8">
       <x:c r="A320" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B320" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C320" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D320" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E320" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F320" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G320" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H320" s="0">
-        <x:v>115638</x:v>
+        <x:v>121030</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:8">
       <x:c r="A321" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C321" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D321" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E321" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F321" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G321" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H321" s="0">
-        <x:v>12554</x:v>
+        <x:v>13404</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:8">
       <x:c r="A322" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B322" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C322" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D322" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E322" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F322" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G322" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H322" s="0">
-        <x:v>103084</x:v>
+        <x:v>107626</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:8">
       <x:c r="A323" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C323" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="D323" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="E323" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F323" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G323" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H323" s="0">
-        <x:v>110700</x:v>
+        <x:v>115638</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:8">
       <x:c r="A324" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B324" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C324" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="D324" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="E324" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F324" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G324" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H324" s="0">
-        <x:v>13340</x:v>
+        <x:v>12554</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:8">
       <x:c r="A325" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C325" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="D325" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="E325" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F325" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G325" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H325" s="0">
+        <x:v>103084</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="326" spans="1:8">
+      <x:c r="A326" s="0" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="B326" s="0" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="C326" s="0" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="D326" s="0" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="E326" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="F326" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="G326" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H326" s="0">
+        <x:v>110700</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="327" spans="1:8">
+      <x:c r="A327" s="0" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="B327" s="0" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="C327" s="0" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="D327" s="0" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="E327" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="F327" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="G327" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H327" s="0">
+        <x:v>13340</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="328" spans="1:8">
+      <x:c r="A328" s="0" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="B328" s="0" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="C328" s="0" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="D328" s="0" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="E328" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F328" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="G328" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H328" s="0">
         <x:v>97360</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="329" spans="1:8">
+      <x:c r="A329" s="0" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="B329" s="0" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="C329" s="0" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="D329" s="0" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="E329" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="F329" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="G329" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H329" s="0">
+        <x:v>117547.67</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="330" spans="1:8">
+      <x:c r="A330" s="0" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="B330" s="0" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="C330" s="0" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="D330" s="0" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="E330" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="F330" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="G330" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H330" s="0">
+        <x:v>13301.63</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="331" spans="1:8">
+      <x:c r="A331" s="0" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="B331" s="0" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="C331" s="0" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="D331" s="0" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="E331" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F331" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="G331" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H331" s="0">
+        <x:v>104246.04</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -10328,67 +10113,67 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H325" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="2">
         <x:s v="BPQ34C1"/>
         <x:s v="BPQ34C2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="2">
         <x:s v="Services Exports"/>
         <x:s v="Services Imports"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(Q1)">
-      <x:sharedItems count="54">
+      <x:sharedItems count="55">
         <x:s v="20121"/>
         <x:s v="20122"/>
         <x:s v="20123"/>
         <x:s v="20124"/>
         <x:s v="20131"/>
         <x:s v="20132"/>
         <x:s v="20133"/>
         <x:s v="20134"/>
         <x:s v="20141"/>
         <x:s v="20142"/>
         <x:s v="20143"/>
         <x:s v="20144"/>
         <x:s v="20151"/>
         <x:s v="20152"/>
         <x:s v="20153"/>
         <x:s v="20154"/>
         <x:s v="20161"/>
         <x:s v="20162"/>
         <x:s v="20163"/>
         <x:s v="20164"/>
         <x:s v="20171"/>
         <x:s v="20172"/>
         <x:s v="20173"/>
         <x:s v="20174"/>
         <x:s v="20181"/>
@@ -10399,54 +10184,55 @@
         <x:s v="20192"/>
         <x:s v="20193"/>
         <x:s v="20194"/>
         <x:s v="20201"/>
         <x:s v="20202"/>
         <x:s v="20203"/>
         <x:s v="20204"/>
         <x:s v="20211"/>
         <x:s v="20212"/>
         <x:s v="20213"/>
         <x:s v="20214"/>
         <x:s v="20221"/>
         <x:s v="20222"/>
         <x:s v="20223"/>
         <x:s v="20224"/>
         <x:s v="20231"/>
         <x:s v="20232"/>
         <x:s v="20233"/>
         <x:s v="20234"/>
         <x:s v="20241"/>
         <x:s v="20242"/>
         <x:s v="20243"/>
         <x:s v="20244"/>
         <x:s v="20251"/>
         <x:s v="20252"/>
+        <x:s v="20253"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Quarter">
-      <x:sharedItems count="54">
+      <x:sharedItems count="55">
         <x:s v="2012Q1"/>
         <x:s v="2012Q2"/>
         <x:s v="2012Q3"/>
         <x:s v="2012Q4"/>
         <x:s v="2013Q1"/>
         <x:s v="2013Q2"/>
         <x:s v="2013Q3"/>
         <x:s v="2013Q4"/>
         <x:s v="2014Q1"/>
         <x:s v="2014Q2"/>
         <x:s v="2014Q3"/>
         <x:s v="2014Q4"/>
         <x:s v="2015Q1"/>
         <x:s v="2015Q2"/>
         <x:s v="2015Q3"/>
         <x:s v="2015Q4"/>
         <x:s v="2016Q1"/>
         <x:s v="2016Q2"/>
         <x:s v="2016Q3"/>
         <x:s v="2016Q4"/>
         <x:s v="2017Q1"/>
         <x:s v="2017Q2"/>
         <x:s v="2017Q3"/>
         <x:s v="2017Q4"/>
         <x:s v="2018Q1"/>
@@ -10457,73 +10243,74 @@
         <x:s v="2019Q2"/>
         <x:s v="2019Q3"/>
         <x:s v="2019Q4"/>
         <x:s v="2020Q1"/>
         <x:s v="2020Q2"/>
         <x:s v="2020Q3"/>
         <x:s v="2020Q4"/>
         <x:s v="2021Q1"/>
         <x:s v="2021Q2"/>
         <x:s v="2021Q3"/>
         <x:s v="2021Q4"/>
         <x:s v="2022Q1"/>
         <x:s v="2022Q2"/>
         <x:s v="2022Q3"/>
         <x:s v="2022Q4"/>
         <x:s v="2023Q1"/>
         <x:s v="2023Q2"/>
         <x:s v="2023Q3"/>
         <x:s v="2023Q4"/>
         <x:s v="2024Q1"/>
         <x:s v="2024Q2"/>
         <x:s v="2024Q3"/>
         <x:s v="2024Q4"/>
         <x:s v="2025Q1"/>
         <x:s v="2025Q2"/>
+        <x:s v="2025Q3"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02940V03555">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="01"/>
         <x:s v="02"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="IFSC or Non IFSC">
       <x:sharedItems count="3">
         <x:s v="IFSC and Non-IFSC"/>
         <x:s v="IFSC"/>
         <x:s v="Non-IFSC"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="UNIT">
       <x:sharedItems count="1">
         <x:s v="Euro Million"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="VALUE">
-      <x:sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" containsInteger="1" minValue="3631" maxValue="137889" count="323">
+      <x:sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" minValue="3631" maxValue="137889" count="329">
         <x:n v="18587"/>
         <x:n v="6171"/>
         <x:n v="12415"/>
         <x:n v="20154"/>
         <x:n v="6172"/>
         <x:n v="13981"/>
         <x:n v="20962"/>
         <x:n v="6275"/>
         <x:n v="14687"/>
         <x:n v="21442"/>
         <x:n v="6320"/>
         <x:n v="15122"/>
         <x:n v="23032"/>
         <x:n v="7204"/>
         <x:n v="15829"/>
         <x:n v="25752"/>
         <x:n v="7423"/>
         <x:n v="18330"/>
         <x:n v="25377"/>
         <x:n v="6930"/>
         <x:n v="18448"/>
         <x:n v="27841"/>
         <x:n v="7656"/>
         <x:n v="20185"/>
         <x:n v="26249"/>
@@ -10642,50 +10429,53 @@
         <x:n v="83103"/>
         <x:n v="104486"/>
         <x:n v="16979"/>
         <x:n v="87507"/>
         <x:n v="112080"/>
         <x:n v="16831"/>
         <x:n v="95249"/>
         <x:n v="107267"/>
         <x:n v="17212"/>
         <x:n v="90055"/>
         <x:n v="131842"/>
         <x:n v="17460"/>
         <x:n v="114382"/>
         <x:n v="115965"/>
         <x:n v="17955"/>
         <x:n v="98010"/>
         <x:n v="127893"/>
         <x:n v="18819"/>
         <x:n v="109074"/>
         <x:n v="115263"/>
         <x:n v="18268"/>
         <x:n v="96995"/>
         <x:n v="123140"/>
         <x:n v="19043"/>
         <x:n v="104096"/>
+        <x:n v="123691.97"/>
+        <x:n v="14691.92"/>
+        <x:n v="109000.05"/>
         <x:n v="20392"/>
         <x:n v="3876"/>
         <x:n v="16516"/>
         <x:n v="22756"/>
         <x:n v="3631"/>
         <x:n v="19125"/>
         <x:n v="21288"/>
         <x:n v="3860"/>
         <x:n v="17428"/>
         <x:n v="22989"/>
         <x:n v="4095"/>
         <x:n v="18895"/>
         <x:n v="22993"/>
         <x:n v="4207"/>
         <x:n v="18786"/>
         <x:n v="25742"/>
         <x:n v="4244"/>
         <x:n v="21498"/>
         <x:n v="24214"/>
         <x:n v="3726"/>
         <x:n v="20489"/>
         <x:n v="27434"/>
         <x:n v="4133"/>
         <x:n v="23301"/>
         <x:n v="27300"/>
@@ -10803,34 +10593,3338 @@
         <x:n v="79699"/>
         <x:n v="91491"/>
         <x:n v="10900"/>
         <x:n v="80591"/>
         <x:n v="118044"/>
         <x:n v="11466"/>
         <x:n v="106577"/>
         <x:n v="92391"/>
         <x:n v="12461"/>
         <x:n v="79930"/>
         <x:n v="105318"/>
         <x:n v="12039"/>
         <x:n v="93279"/>
         <x:n v="104538"/>
         <x:n v="12527"/>
         <x:n v="92010"/>
         <x:n v="121030"/>
         <x:n v="13404"/>
         <x:n v="107626"/>
         <x:n v="115638"/>
         <x:n v="12554"/>
         <x:n v="103084"/>
         <x:n v="110700"/>
         <x:n v="13340"/>
         <x:n v="97360"/>
+        <x:n v="117547.67"/>
+        <x:n v="13301.63"/>
+        <x:n v="104246.04"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="-"/>
+    <s v="IFSC and Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="18587"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="01"/>
+    <s v="IFSC"/>
+    <s v="Euro Million"/>
+    <n v="6171"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="02"/>
+    <s v="Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="12415"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="-"/>
+    <s v="IFSC and Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="20154"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="01"/>
+    <s v="IFSC"/>
+    <s v="Euro Million"/>
+    <n v="6172"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="02"/>
+    <s v="Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="13981"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="-"/>
+    <s v="IFSC and Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="20962"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="01"/>
+    <s v="IFSC"/>
+    <s v="Euro Million"/>
+    <n v="6275"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="02"/>
+    <s v="Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="14687"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="-"/>
+    <s v="IFSC and Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="21442"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="01"/>
+    <s v="IFSC"/>
+    <s v="Euro Million"/>
+    <n v="6320"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="02"/>
+    <s v="Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="15122"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="-"/>
+    <s v="IFSC and Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="23032"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="01"/>
+    <s v="IFSC"/>
+    <s v="Euro Million"/>
+    <n v="7204"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="02"/>
+    <s v="Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="15829"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="-"/>
+    <s v="IFSC and Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="25752"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="01"/>
+    <s v="IFSC"/>
+    <s v="Euro Million"/>
+    <n v="7423"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="02"/>
+    <s v="Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="18330"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="-"/>
+    <s v="IFSC and Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="25377"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="01"/>
+    <s v="IFSC"/>
+    <s v="Euro Million"/>
+    <n v="6930"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="02"/>
+    <s v="Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="18448"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="-"/>
+    <s v="IFSC and Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="27841"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="01"/>
+    <s v="IFSC"/>
+    <s v="Euro Million"/>
+    <n v="7656"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="02"/>
+    <s v="Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="20185"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="-"/>
+    <s v="IFSC and Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="26249"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="01"/>
+    <s v="IFSC"/>
+    <s v="Euro Million"/>
+    <n v="7857"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="02"/>
+    <s v="Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="18392"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="-"/>
+    <s v="IFSC and Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="29113"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="01"/>
+    <s v="IFSC"/>
+    <s v="Euro Million"/>
+    <n v="8181"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="02"/>
+    <s v="Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="20932"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="-"/>
+    <s v="IFSC and Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="30004"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="01"/>
+    <s v="IFSC"/>
+    <s v="Euro Million"/>
+    <n v="8724"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="02"/>
+    <s v="Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="21279"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="-"/>
+    <s v="IFSC and Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="31054"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="01"/>
+    <s v="IFSC"/>
+    <s v="Euro Million"/>
+    <n v="8881"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="02"/>
+    <s v="Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="22172"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="-"/>
+    <s v="IFSC and Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="32302"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="01"/>
+    <s v="IFSC"/>
+    <s v="Euro Million"/>
+    <n v="9768"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="02"/>
+    <s v="Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="22533"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="-"/>
+    <s v="IFSC and Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="36561"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="01"/>
+    <s v="IFSC"/>
+    <s v="Euro Million"/>
+    <n v="10425"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="02"/>
+    <s v="Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="26136"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="-"/>
+    <s v="IFSC and Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="36703"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="01"/>
+    <s v="IFSC"/>
+    <s v="Euro Million"/>
+    <n v="10189"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="02"/>
+    <s v="Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="26515"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="-"/>
+    <s v="IFSC and Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="39056"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="01"/>
+    <s v="IFSC"/>
+    <s v="Euro Million"/>
+    <n v="10348"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="02"/>
+    <s v="Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="28707"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="-"/>
+    <s v="IFSC and Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="38057"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="01"/>
+    <s v="IFSC"/>
+    <s v="Euro Million"/>
+    <n v="10513"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="02"/>
+    <s v="Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="27544"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="-"/>
+    <s v="IFSC and Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="38290"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="01"/>
+    <s v="IFSC"/>
+    <s v="Euro Million"/>
+    <n v="10877"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="02"/>
+    <s v="Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="27413"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="-"/>
+    <s v="IFSC and Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="43707"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="01"/>
+    <s v="IFSC"/>
+    <s v="Euro Million"/>
+    <n v="10934"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="02"/>
+    <s v="Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="32774"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="-"/>
+    <s v="IFSC and Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="43155"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="01"/>
+    <s v="IFSC"/>
+    <s v="Euro Million"/>
+    <n v="11366"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="02"/>
+    <s v="Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="31789"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="-"/>
+    <s v="IFSC and Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="43177"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="01"/>
+    <s v="IFSC"/>
+    <s v="Euro Million"/>
+    <n v="11818"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="02"/>
+    <s v="Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="31358"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="-"/>
+    <s v="IFSC and Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="49080"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="01"/>
+    <s v="IFSC"/>
+    <s v="Euro Million"/>
+    <n v="11793"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="02"/>
+    <s v="Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="37288"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="-"/>
+    <s v="IFSC and Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="49406"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="01"/>
+    <s v="IFSC"/>
+    <s v="Euro Million"/>
+    <n v="11823"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="02"/>
+    <s v="Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="37583"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="-"/>
+    <s v="IFSC and Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="57626"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="01"/>
+    <s v="IFSC"/>
+    <s v="Euro Million"/>
+    <n v="12123"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="02"/>
+    <s v="Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="45503"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="-"/>
+    <s v="IFSC and Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="46607"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="01"/>
+    <s v="IFSC"/>
+    <s v="Euro Million"/>
+    <n v="11568"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="02"/>
+    <s v="Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="35039"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="-"/>
+    <s v="IFSC and Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="51328"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="01"/>
+    <s v="IFSC"/>
+    <s v="Euro Million"/>
+    <n v="11584"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="02"/>
+    <s v="Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="39744"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="-"/>
+    <s v="IFSC and Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="54586"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="01"/>
+    <s v="IFSC"/>
+    <s v="Euro Million"/>
+    <n v="11540"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="02"/>
+    <s v="Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="43046"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="-"/>
+    <s v="IFSC and Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="58740"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="01"/>
+    <s v="IFSC"/>
+    <s v="Euro Million"/>
+    <n v="12071"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="02"/>
+    <s v="Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="46668"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="-"/>
+    <s v="IFSC and Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="55006"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="01"/>
+    <s v="IFSC"/>
+    <s v="Euro Million"/>
+    <n v="12379"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="02"/>
+    <s v="Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="42627"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="-"/>
+    <s v="IFSC and Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="62766"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="01"/>
+    <s v="IFSC"/>
+    <s v="Euro Million"/>
+    <n v="12762"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="02"/>
+    <s v="Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="50004"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="-"/>
+    <s v="IFSC and Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="63448"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="01"/>
+    <s v="IFSC"/>
+    <s v="Euro Million"/>
+    <n v="12729"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="02"/>
+    <s v="Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="50719"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="-"/>
+    <s v="IFSC and Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="71020"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="01"/>
+    <s v="IFSC"/>
+    <s v="Euro Million"/>
+    <n v="13439"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="02"/>
+    <s v="Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="57580"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="-"/>
+    <s v="IFSC and Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="70491"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="01"/>
+    <s v="IFSC"/>
+    <s v="Euro Million"/>
+    <n v="13059"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="02"/>
+    <s v="Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="57432"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="-"/>
+    <s v="IFSC and Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="64579"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="01"/>
+    <s v="IFSC"/>
+    <s v="Euro Million"/>
+    <n v="12840"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="02"/>
+    <s v="Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="51739"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="-"/>
+    <s v="IFSC and Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="67381"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="01"/>
+    <s v="IFSC"/>
+    <s v="Euro Million"/>
+    <n v="13163"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="02"/>
+    <s v="Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="54218"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="-"/>
+    <s v="IFSC and Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="88641"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="01"/>
+    <s v="IFSC"/>
+    <s v="Euro Million"/>
+    <n v="14637"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="02"/>
+    <s v="Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="74003"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="-"/>
+    <s v="IFSC and Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="71867"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="01"/>
+    <s v="IFSC"/>
+    <s v="Euro Million"/>
+    <n v="14907"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="02"/>
+    <s v="Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="56960"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="-"/>
+    <s v="IFSC and Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="79853"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="01"/>
+    <s v="IFSC"/>
+    <s v="Euro Million"/>
+    <n v="15279"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="02"/>
+    <s v="Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="64574"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="-"/>
+    <s v="IFSC and Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="83175"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="01"/>
+    <s v="IFSC"/>
+    <s v="Euro Million"/>
+    <n v="15447"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="02"/>
+    <s v="Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="67729"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="-"/>
+    <s v="IFSC and Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="96118"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="01"/>
+    <s v="IFSC"/>
+    <s v="Euro Million"/>
+    <n v="15927"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="02"/>
+    <s v="Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="80191"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="-"/>
+    <s v="IFSC and Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="86465"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="01"/>
+    <s v="IFSC"/>
+    <s v="Euro Million"/>
+    <n v="15767"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="02"/>
+    <s v="Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="70698"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="-"/>
+    <s v="IFSC and Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="91519"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="01"/>
+    <s v="IFSC"/>
+    <s v="Euro Million"/>
+    <n v="15918"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="02"/>
+    <s v="Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="75601"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="-"/>
+    <s v="IFSC and Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="95447"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="01"/>
+    <s v="IFSC"/>
+    <s v="Euro Million"/>
+    <n v="16417"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="02"/>
+    <s v="Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="79030"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="-"/>
+    <s v="IFSC and Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="98217"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="01"/>
+    <s v="IFSC"/>
+    <s v="Euro Million"/>
+    <n v="16206"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="02"/>
+    <s v="Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="82011"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="-"/>
+    <s v="IFSC and Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="92955"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="01"/>
+    <s v="IFSC"/>
+    <s v="Euro Million"/>
+    <n v="16509"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="02"/>
+    <s v="Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="76446"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="-"/>
+    <s v="IFSC and Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="100627"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="01"/>
+    <s v="IFSC"/>
+    <s v="Euro Million"/>
+    <n v="17524"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="02"/>
+    <s v="Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="83103"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="-"/>
+    <s v="IFSC and Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="104486"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="01"/>
+    <s v="IFSC"/>
+    <s v="Euro Million"/>
+    <n v="16979"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="02"/>
+    <s v="Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="87507"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="-"/>
+    <s v="IFSC and Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="112080"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="01"/>
+    <s v="IFSC"/>
+    <s v="Euro Million"/>
+    <n v="16831"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="02"/>
+    <s v="Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="95249"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="-"/>
+    <s v="IFSC and Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="107267"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="01"/>
+    <s v="IFSC"/>
+    <s v="Euro Million"/>
+    <n v="17212"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="02"/>
+    <s v="Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="90055"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="-"/>
+    <s v="IFSC and Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="131842"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="01"/>
+    <s v="IFSC"/>
+    <s v="Euro Million"/>
+    <n v="17460"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="02"/>
+    <s v="Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="114382"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20243"/>
+    <s v="2024Q3"/>
+    <s v="-"/>
+    <s v="IFSC and Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="115965"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20243"/>
+    <s v="2024Q3"/>
+    <s v="01"/>
+    <s v="IFSC"/>
+    <s v="Euro Million"/>
+    <n v="17955"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20243"/>
+    <s v="2024Q3"/>
+    <s v="02"/>
+    <s v="Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="98010"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20244"/>
+    <s v="2024Q4"/>
+    <s v="-"/>
+    <s v="IFSC and Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="127893"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20244"/>
+    <s v="2024Q4"/>
+    <s v="01"/>
+    <s v="IFSC"/>
+    <s v="Euro Million"/>
+    <n v="18819"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20244"/>
+    <s v="2024Q4"/>
+    <s v="02"/>
+    <s v="Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="109074"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20251"/>
+    <s v="2025Q1"/>
+    <s v="-"/>
+    <s v="IFSC and Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="115263"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20251"/>
+    <s v="2025Q1"/>
+    <s v="01"/>
+    <s v="IFSC"/>
+    <s v="Euro Million"/>
+    <n v="18268"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20251"/>
+    <s v="2025Q1"/>
+    <s v="02"/>
+    <s v="Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="96995"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20252"/>
+    <s v="2025Q2"/>
+    <s v="-"/>
+    <s v="IFSC and Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="123140"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20252"/>
+    <s v="2025Q2"/>
+    <s v="01"/>
+    <s v="IFSC"/>
+    <s v="Euro Million"/>
+    <n v="19043"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20252"/>
+    <s v="2025Q2"/>
+    <s v="02"/>
+    <s v="Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="104096"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20253"/>
+    <s v="2025Q3"/>
+    <s v="-"/>
+    <s v="IFSC and Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="123691.97"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20253"/>
+    <s v="2025Q3"/>
+    <s v="01"/>
+    <s v="IFSC"/>
+    <s v="Euro Million"/>
+    <n v="14691.92"/>
+  </r>
+  <r>
+    <s v="BPQ34C1"/>
+    <s v="Services Exports"/>
+    <s v="20253"/>
+    <s v="2025Q3"/>
+    <s v="02"/>
+    <s v="Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="109000.05"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="-"/>
+    <s v="IFSC and Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="20392"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="01"/>
+    <s v="IFSC"/>
+    <s v="Euro Million"/>
+    <n v="3876"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="02"/>
+    <s v="Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="16516"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="-"/>
+    <s v="IFSC and Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="22756"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="01"/>
+    <s v="IFSC"/>
+    <s v="Euro Million"/>
+    <n v="3631"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="02"/>
+    <s v="Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="19125"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="-"/>
+    <s v="IFSC and Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="21288"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="01"/>
+    <s v="IFSC"/>
+    <s v="Euro Million"/>
+    <n v="3860"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="02"/>
+    <s v="Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="17428"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="-"/>
+    <s v="IFSC and Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="22989"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="01"/>
+    <s v="IFSC"/>
+    <s v="Euro Million"/>
+    <n v="4095"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="02"/>
+    <s v="Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="18895"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="-"/>
+    <s v="IFSC and Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="22993"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="01"/>
+    <s v="IFSC"/>
+    <s v="Euro Million"/>
+    <n v="4207"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="02"/>
+    <s v="Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="18786"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="-"/>
+    <s v="IFSC and Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="25742"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="01"/>
+    <s v="IFSC"/>
+    <s v="Euro Million"/>
+    <n v="4244"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="02"/>
+    <s v="Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="21498"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="-"/>
+    <s v="IFSC and Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="24214"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="01"/>
+    <s v="IFSC"/>
+    <s v="Euro Million"/>
+    <n v="3726"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="02"/>
+    <s v="Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="20489"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="-"/>
+    <s v="IFSC and Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="27434"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="01"/>
+    <s v="IFSC"/>
+    <s v="Euro Million"/>
+    <n v="4133"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="02"/>
+    <s v="Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="23301"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="-"/>
+    <s v="IFSC and Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="27300"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="01"/>
+    <s v="IFSC"/>
+    <s v="Euro Million"/>
+    <n v="4274"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="02"/>
+    <s v="Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="23025"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="-"/>
+    <s v="IFSC and Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="29833"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="01"/>
+    <s v="IFSC"/>
+    <s v="Euro Million"/>
+    <n v="4606"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="02"/>
+    <s v="Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="25227"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="-"/>
+    <s v="IFSC and Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="29128"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="01"/>
+    <s v="IFSC"/>
+    <s v="Euro Million"/>
+    <n v="4207"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="02"/>
+    <s v="Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="24921"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="-"/>
+    <s v="IFSC and Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="32747"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="01"/>
+    <s v="IFSC"/>
+    <s v="Euro Million"/>
+    <n v="4492"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="02"/>
+    <s v="Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="28255"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="-"/>
+    <s v="IFSC and Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="36773"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="01"/>
+    <s v="IFSC"/>
+    <s v="Euro Million"/>
+    <n v="5348"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="02"/>
+    <s v="Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="31425"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="-"/>
+    <s v="IFSC and Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="43391"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="01"/>
+    <s v="IFSC"/>
+    <s v="Euro Million"/>
+    <n v="5669"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="02"/>
+    <s v="Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="37722"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="-"/>
+    <s v="IFSC and Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="42855"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="01"/>
+    <s v="IFSC"/>
+    <s v="Euro Million"/>
+    <n v="5767"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="02"/>
+    <s v="Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="37087"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="-"/>
+    <s v="IFSC and Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="54205"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="01"/>
+    <s v="IFSC"/>
+    <s v="Euro Million"/>
+    <n v="5550"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="02"/>
+    <s v="Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="48655"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="-"/>
+    <s v="IFSC and Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="51127"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="01"/>
+    <s v="IFSC"/>
+    <s v="Euro Million"/>
+    <n v="5655"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="02"/>
+    <s v="Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="45472"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="-"/>
+    <s v="IFSC and Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="50575"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="01"/>
+    <s v="IFSC"/>
+    <s v="Euro Million"/>
+    <n v="5579"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="02"/>
+    <s v="Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="44997"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="-"/>
+    <s v="IFSC and Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="54666"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="01"/>
+    <s v="IFSC"/>
+    <s v="Euro Million"/>
+    <n v="5756"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="02"/>
+    <s v="Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="48910"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="-"/>
+    <s v="IFSC and Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="61549"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="01"/>
+    <s v="IFSC"/>
+    <s v="Euro Million"/>
+    <n v="6230"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="02"/>
+    <s v="Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="55318"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="-"/>
+    <s v="IFSC and Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="44491"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="01"/>
+    <s v="IFSC"/>
+    <s v="Euro Million"/>
+    <n v="6438"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="02"/>
+    <s v="Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="38053"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="-"/>
+    <s v="IFSC and Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="85806"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="01"/>
+    <s v="IFSC"/>
+    <s v="Euro Million"/>
+    <n v="6214"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="02"/>
+    <s v="Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="79592"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="-"/>
+    <s v="IFSC and Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="47201"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="01"/>
+    <s v="IFSC"/>
+    <s v="Euro Million"/>
+    <n v="6338"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="02"/>
+    <s v="Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="40863"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="-"/>
+    <s v="IFSC and Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="56988"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="01"/>
+    <s v="IFSC"/>
+    <s v="Euro Million"/>
+    <n v="6701"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="02"/>
+    <s v="Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="50287"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="-"/>
+    <s v="IFSC and Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="44317"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="01"/>
+    <s v="IFSC"/>
+    <s v="Euro Million"/>
+    <n v="7149"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="02"/>
+    <s v="Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="37168"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="-"/>
+    <s v="IFSC and Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="49723"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="01"/>
+    <s v="IFSC"/>
+    <s v="Euro Million"/>
+    <n v="7103"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="02"/>
+    <s v="Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="42620"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="-"/>
+    <s v="IFSC and Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="51675"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="01"/>
+    <s v="IFSC"/>
+    <s v="Euro Million"/>
+    <n v="6920"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="02"/>
+    <s v="Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="44754"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="-"/>
+    <s v="IFSC and Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="75329"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="01"/>
+    <s v="IFSC"/>
+    <s v="Euro Million"/>
+    <n v="7011"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="02"/>
+    <s v="Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="68318"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="-"/>
+    <s v="IFSC and Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="53360"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="01"/>
+    <s v="IFSC"/>
+    <s v="Euro Million"/>
+    <n v="7610"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="02"/>
+    <s v="Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="45750"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="-"/>
+    <s v="IFSC and Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="100081"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="01"/>
+    <s v="IFSC"/>
+    <s v="Euro Million"/>
+    <n v="7643"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="02"/>
+    <s v="Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="92437"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="-"/>
+    <s v="IFSC and Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="60728"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="01"/>
+    <s v="IFSC"/>
+    <s v="Euro Million"/>
+    <n v="7792"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="02"/>
+    <s v="Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="52935"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="-"/>
+    <s v="IFSC and Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="137889"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="01"/>
+    <s v="IFSC"/>
+    <s v="Euro Million"/>
+    <n v="8155"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="02"/>
+    <s v="Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="129735"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="-"/>
+    <s v="IFSC and Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="128057"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="01"/>
+    <s v="IFSC"/>
+    <s v="Euro Million"/>
+    <n v="8189"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="02"/>
+    <s v="Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="119868"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="-"/>
+    <s v="IFSC and Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="61892"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="01"/>
+    <s v="IFSC"/>
+    <s v="Euro Million"/>
+    <n v="8172"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="02"/>
+    <s v="Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="53720"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="-"/>
+    <s v="IFSC and Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="62529"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="01"/>
+    <s v="IFSC"/>
+    <s v="Euro Million"/>
+    <n v="8425"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="02"/>
+    <s v="Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="54104"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="-"/>
+    <s v="IFSC and Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="101493"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="01"/>
+    <s v="IFSC"/>
+    <s v="Euro Million"/>
+    <n v="9625"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="02"/>
+    <s v="Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="91868"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="-"/>
+    <s v="IFSC and Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="62455"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="01"/>
+    <s v="IFSC"/>
+    <s v="Euro Million"/>
+    <n v="9605"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="02"/>
+    <s v="Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="52850"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="-"/>
+    <s v="IFSC and Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="70326"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="01"/>
+    <s v="IFSC"/>
+    <s v="Euro Million"/>
+    <n v="8872"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="02"/>
+    <s v="Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="61454"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="-"/>
+    <s v="IFSC and Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="73647"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="01"/>
+    <s v="IFSC"/>
+    <s v="Euro Million"/>
+    <n v="9646"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="02"/>
+    <s v="Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="64000"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="-"/>
+    <s v="IFSC and Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="105717"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="01"/>
+    <s v="IFSC"/>
+    <s v="Euro Million"/>
+    <n v="10060"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="02"/>
+    <s v="Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="95657"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="-"/>
+    <s v="IFSC and Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="77079"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="01"/>
+    <s v="IFSC"/>
+    <s v="Euro Million"/>
+    <n v="10827"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="02"/>
+    <s v="Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="66252"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="-"/>
+    <s v="IFSC and Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="87550"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="01"/>
+    <s v="IFSC"/>
+    <s v="Euro Million"/>
+    <n v="11573"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="02"/>
+    <s v="Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="75977"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="-"/>
+    <s v="IFSC and Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="94256"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="01"/>
+    <s v="IFSC"/>
+    <s v="Euro Million"/>
+    <n v="11603"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="02"/>
+    <s v="Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="82653"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="-"/>
+    <s v="IFSC and Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="103066"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="01"/>
+    <s v="IFSC"/>
+    <s v="Euro Million"/>
+    <n v="10904"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="02"/>
+    <s v="Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="92162"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="-"/>
+    <s v="IFSC and Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="90380"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="01"/>
+    <s v="IFSC"/>
+    <s v="Euro Million"/>
+    <n v="11564"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="02"/>
+    <s v="Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="78816"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="-"/>
+    <s v="IFSC and Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="91644"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="01"/>
+    <s v="IFSC"/>
+    <s v="Euro Million"/>
+    <n v="11945"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="02"/>
+    <s v="Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="79699"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="-"/>
+    <s v="IFSC and Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="91491"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="01"/>
+    <s v="IFSC"/>
+    <s v="Euro Million"/>
+    <n v="10900"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="02"/>
+    <s v="Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="80591"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="-"/>
+    <s v="IFSC and Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="118044"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="01"/>
+    <s v="IFSC"/>
+    <s v="Euro Million"/>
+    <n v="11466"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="02"/>
+    <s v="Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="106577"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="-"/>
+    <s v="IFSC and Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="92391"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="01"/>
+    <s v="IFSC"/>
+    <s v="Euro Million"/>
+    <n v="12461"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="02"/>
+    <s v="Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="79930"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="-"/>
+    <s v="IFSC and Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="105318"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="01"/>
+    <s v="IFSC"/>
+    <s v="Euro Million"/>
+    <n v="12039"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="02"/>
+    <s v="Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="93279"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20243"/>
+    <s v="2024Q3"/>
+    <s v="-"/>
+    <s v="IFSC and Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="104538"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20243"/>
+    <s v="2024Q3"/>
+    <s v="01"/>
+    <s v="IFSC"/>
+    <s v="Euro Million"/>
+    <n v="12527"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20243"/>
+    <s v="2024Q3"/>
+    <s v="02"/>
+    <s v="Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="92010"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20244"/>
+    <s v="2024Q4"/>
+    <s v="-"/>
+    <s v="IFSC and Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="121030"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20244"/>
+    <s v="2024Q4"/>
+    <s v="01"/>
+    <s v="IFSC"/>
+    <s v="Euro Million"/>
+    <n v="13404"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20244"/>
+    <s v="2024Q4"/>
+    <s v="02"/>
+    <s v="Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="107626"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20251"/>
+    <s v="2025Q1"/>
+    <s v="-"/>
+    <s v="IFSC and Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="115638"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20251"/>
+    <s v="2025Q1"/>
+    <s v="01"/>
+    <s v="IFSC"/>
+    <s v="Euro Million"/>
+    <n v="12554"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20251"/>
+    <s v="2025Q1"/>
+    <s v="02"/>
+    <s v="Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="103084"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20252"/>
+    <s v="2025Q2"/>
+    <s v="-"/>
+    <s v="IFSC and Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="110700"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20252"/>
+    <s v="2025Q2"/>
+    <s v="01"/>
+    <s v="IFSC"/>
+    <s v="Euro Million"/>
+    <n v="13340"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20252"/>
+    <s v="2025Q2"/>
+    <s v="02"/>
+    <s v="Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="97360"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20253"/>
+    <s v="2025Q3"/>
+    <s v="-"/>
+    <s v="IFSC and Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="117547.67"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20253"/>
+    <s v="2025Q3"/>
+    <s v="01"/>
+    <s v="IFSC"/>
+    <s v="Euro Million"/>
+    <n v="13301.63"/>
+  </r>
+  <r>
+    <s v="BPQ34C2"/>
+    <s v="Services Imports"/>
+    <s v="20253"/>
+    <s v="2025Q3"/>
+    <s v="02"/>
+    <s v="Non-IFSC"/>
+    <s v="Euro Million"/>
+    <n v="104246.04"/>
+  </r>
+</pivotCacheRecords>
 </file>