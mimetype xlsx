--- v0 (2025-11-10)
+++ v1 (2026-01-29)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda13094cbdd947b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7cdf4a235bc548c5b02bd80a19085109.psmdcp" Id="R8a15876b3ef24004" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a9a7f79180a4c14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/11eb17452f8d490e947c24c52deedf11.psmdcp" Id="R7b457826f55f43bf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>BPQ18</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Reserve Assets BPM6</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Quarterly</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>9/4/2025 11:00:00 AM</x:t>
+    <x:t>04/12/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/BPQ18/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>IAQ</x:t>
   </x:si>
   <x:si>
     <x:t>BOP/International Accounts - Quarterly Series</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Lucia Perez Alfaro</x:t>
   </x:si>
@@ -738,50 +738,56 @@
     <x:t>2024Q2</x:t>
   </x:si>
   <x:si>
     <x:t>20243</x:t>
   </x:si>
   <x:si>
     <x:t>2024Q3</x:t>
   </x:si>
   <x:si>
     <x:t>20244</x:t>
   </x:si>
   <x:si>
     <x:t>2024Q4</x:t>
   </x:si>
   <x:si>
     <x:t>20251</x:t>
   </x:si>
   <x:si>
     <x:t>2025Q1</x:t>
   </x:si>
   <x:si>
     <x:t>20252</x:t>
   </x:si>
   <x:si>
     <x:t>2025Q2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20253</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025Q3</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
@@ -919,904 +925,299 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...847 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(Q1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="91">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
+        <item x="89"/>
+        <item x="90"/>
+      </items>
+    </pivotField>
+    <pivotField name="Quarter" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="91">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
+        <item x="89"/>
+        <item x="90"/>
+      </items>
+    </pivotField>
+    <pivotField name="BPASSET" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Security" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H541" totalsRowShown="0">
-  <x:autoFilter ref="A1:H541"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H547" totalsRowShown="0">
+  <x:autoFilter ref="A1:H547"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(Q1)"/>
     <x:tableColumn id="4" name="Quarter"/>
     <x:tableColumn id="5" name="BPASSET"/>
     <x:tableColumn id="6" name="Security"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -2080,51 +1481,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/BPQ18/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -2311,55 +1712,55 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:H541"/>
+  <x:dimension ref="A1:H547"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="19.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.567768" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="10.996339" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="25.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.567768" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -16397,63 +15798,219 @@
       <x:c r="A541" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B541" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C541" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="D541" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="E541" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F541" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G541" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H541" s="0">
         <x:v>-149</x:v>
       </x:c>
     </x:row>
+    <x:row r="542" spans="1:8">
+      <x:c r="A542" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B542" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C542" s="0" t="s">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="D542" s="0" t="s">
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="E542" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="F542" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="G542" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H542" s="0">
+        <x:v>106.91</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="543" spans="1:8">
+      <x:c r="A543" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B543" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C543" s="0" t="s">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="D543" s="0" t="s">
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="E543" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="F543" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G543" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H543" s="0">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="544" spans="1:8">
+      <x:c r="A544" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B544" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C544" s="0" t="s">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="D544" s="0" t="s">
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="E544" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="F544" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="G544" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H544" s="0">
+        <x:v>80.99</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="545" spans="1:8">
+      <x:c r="A545" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B545" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C545" s="0" t="s">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="D545" s="0" t="s">
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="E545" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F545" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="G545" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H545" s="0">
+        <x:v>3.17</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="546" spans="1:8">
+      <x:c r="A546" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B546" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C546" s="0" t="s">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="D546" s="0" t="s">
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="E546" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="F546" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="G546" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H546" s="0">
+        <x:v>105.76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="547" spans="1:8">
+      <x:c r="A547" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B547" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C547" s="0" t="s">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="D547" s="0" t="s">
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="E547" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="F547" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="G547" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H547" s="0">
+        <x:v>-83.01</x:v>
+      </x:c>
+    </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -16470,65 +16027,65 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H541" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="BPQ18"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Reserve Assets BPM6"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(Q1)">
-      <x:sharedItems count="90">
+      <x:sharedItems count="91">
         <x:s v="20031"/>
         <x:s v="20032"/>
         <x:s v="20033"/>
         <x:s v="20034"/>
         <x:s v="20041"/>
         <x:s v="20042"/>
         <x:s v="20043"/>
         <x:s v="20044"/>
         <x:s v="20051"/>
         <x:s v="20052"/>
         <x:s v="20053"/>
         <x:s v="20054"/>
         <x:s v="20061"/>
         <x:s v="20062"/>
         <x:s v="20063"/>
         <x:s v="20064"/>
         <x:s v="20071"/>
         <x:s v="20072"/>
         <x:s v="20073"/>
         <x:s v="20074"/>
         <x:s v="20081"/>
         <x:s v="20082"/>
         <x:s v="20083"/>
         <x:s v="20084"/>
         <x:s v="20091"/>
@@ -16575,54 +16132,55 @@
         <x:s v="20192"/>
         <x:s v="20193"/>
         <x:s v="20194"/>
         <x:s v="20201"/>
         <x:s v="20202"/>
         <x:s v="20203"/>
         <x:s v="20204"/>
         <x:s v="20211"/>
         <x:s v="20212"/>
         <x:s v="20213"/>
         <x:s v="20214"/>
         <x:s v="20221"/>
         <x:s v="20222"/>
         <x:s v="20223"/>
         <x:s v="20224"/>
         <x:s v="20231"/>
         <x:s v="20232"/>
         <x:s v="20233"/>
         <x:s v="20234"/>
         <x:s v="20241"/>
         <x:s v="20242"/>
         <x:s v="20243"/>
         <x:s v="20244"/>
         <x:s v="20251"/>
         <x:s v="20252"/>
+        <x:s v="20253"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Quarter">
-      <x:sharedItems count="90">
+      <x:sharedItems count="91">
         <x:s v="2003Q1"/>
         <x:s v="2003Q2"/>
         <x:s v="2003Q3"/>
         <x:s v="2003Q4"/>
         <x:s v="2004Q1"/>
         <x:s v="2004Q2"/>
         <x:s v="2004Q3"/>
         <x:s v="2004Q4"/>
         <x:s v="2005Q1"/>
         <x:s v="2005Q2"/>
         <x:s v="2005Q3"/>
         <x:s v="2005Q4"/>
         <x:s v="2006Q1"/>
         <x:s v="2006Q2"/>
         <x:s v="2006Q3"/>
         <x:s v="2006Q4"/>
         <x:s v="2007Q1"/>
         <x:s v="2007Q2"/>
         <x:s v="2007Q3"/>
         <x:s v="2007Q4"/>
         <x:s v="2008Q1"/>
         <x:s v="2008Q2"/>
         <x:s v="2008Q3"/>
         <x:s v="2008Q4"/>
         <x:s v="2009Q1"/>
@@ -16669,79 +16227,80 @@
         <x:s v="2019Q2"/>
         <x:s v="2019Q3"/>
         <x:s v="2019Q4"/>
         <x:s v="2020Q1"/>
         <x:s v="2020Q2"/>
         <x:s v="2020Q3"/>
         <x:s v="2020Q4"/>
         <x:s v="2021Q1"/>
         <x:s v="2021Q2"/>
         <x:s v="2021Q3"/>
         <x:s v="2021Q4"/>
         <x:s v="2022Q1"/>
         <x:s v="2022Q2"/>
         <x:s v="2022Q3"/>
         <x:s v="2022Q4"/>
         <x:s v="2023Q1"/>
         <x:s v="2023Q2"/>
         <x:s v="2023Q3"/>
         <x:s v="2023Q4"/>
         <x:s v="2024Q1"/>
         <x:s v="2024Q2"/>
         <x:s v="2024Q3"/>
         <x:s v="2024Q4"/>
         <x:s v="2025Q1"/>
         <x:s v="2025Q2"/>
+        <x:s v="2025Q3"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="BPASSET">
       <x:sharedItems count="6">
         <x:s v="0"/>
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="03"/>
         <x:s v="04"/>
         <x:s v="05"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Security">
       <x:sharedItems count="6">
         <x:s v="Reserve Assets: Total"/>
         <x:s v="Monetary Gold"/>
         <x:s v="Special Drawing Rights"/>
         <x:s v="Reserve Position in the IMF"/>
         <x:s v="Foreign Exchange"/>
         <x:s v="Other Reserve Assets"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="UNIT">
       <x:sharedItems count="1">
         <x:s v="Euro Million"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="VALUE">
-      <x:sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" containsInteger="1" minValue="-1818" maxValue="4081" count="201">
+      <x:sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" minValue="-1818" maxValue="4081" count="206">
         <x:n v="-1818"/>
         <x:n v="0"/>
         <x:n v="2"/>
         <x:n v="-27"/>
         <x:n v="-1793"/>
         <x:n v="43"/>
         <x:n v="1"/>
         <x:n v="-1"/>
         <x:n v="84"/>
         <x:n v="26"/>
         <x:n v="55"/>
         <x:n v="-79"/>
         <x:n v="-3"/>
         <x:n v="44"/>
         <x:n v="-120"/>
         <x:n v="-1189"/>
         <x:n v="-65"/>
         <x:n v="-1128"/>
         <x:n v="-135"/>
         <x:n v="-8"/>
         <x:n v="-39"/>
         <x:n v="-88"/>
         <x:n v="129"/>
         <x:n v="-19"/>
         <x:n v="147"/>
@@ -16899,34 +16458,5500 @@
         <x:n v="41"/>
         <x:n v="9"/>
         <x:n v="-529"/>
         <x:n v="-26"/>
         <x:n v="-458"/>
         <x:n v="-90"/>
         <x:n v="107"/>
         <x:n v="172"/>
         <x:n v="52"/>
         <x:n v="-85"/>
         <x:n v="-361"/>
         <x:n v="254"/>
         <x:n v="-54"/>
         <x:n v="48"/>
         <x:n v="-305"/>
         <x:n v="-321"/>
         <x:n v="245"/>
         <x:n v="528"/>
         <x:n v="-225"/>
         <x:n v="238"/>
         <x:n v="132"/>
         <x:n v="53"/>
         <x:n v="-291"/>
         <x:n v="-172"/>
         <x:n v="-149"/>
+        <x:n v="106.91"/>
+        <x:n v="80.99"/>
+        <x:n v="3.17"/>
+        <x:n v="105.76"/>
+        <x:n v="-83.01"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <n v="-1818"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="Euro Million"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="Euro Million"/>
+    <n v="-27"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="Euro Million"/>
+    <n v="-1793"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="Euro Million"/>
+    <n v="-1"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="Euro Million"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="Euro Million"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="Euro Million"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="Euro Million"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <n v="-79"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="Euro Million"/>
+    <n v="-3"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="Euro Million"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="Euro Million"/>
+    <n v="-120"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <n v="-1189"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="Euro Million"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="Euro Million"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="Euro Million"/>
+    <n v="-65"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="Euro Million"/>
+    <n v="-1128"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <n v="-135"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="Euro Million"/>
+    <n v="-8"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="Euro Million"/>
+    <n v="-39"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="Euro Million"/>
+    <n v="-88"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="Euro Million"/>
+    <n v="-1"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="Euro Million"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="Euro Million"/>
+    <n v="-19"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="Euro Million"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="Euro Million"/>
+    <n v="-4"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="Euro Million"/>
+    <n v="-39"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="Euro Million"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <n v="-48"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="Euro Million"/>
+    <n v="-14"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="Euro Million"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="Euro Million"/>
+    <n v="-3"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="Euro Million"/>
+    <n v="-33"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <n v="-69"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="Euro Million"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="Euro Million"/>
+    <n v="-45"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="Euro Million"/>
+    <n v="-28"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <n v="-10"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="Euro Million"/>
+    <n v="-9"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="Euro Million"/>
+    <n v="-2"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <n v="-1345"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="Euro Million"/>
+    <n v="-108"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="Euro Million"/>
+    <n v="-1238"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <n v="-83"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="Euro Million"/>
+    <n v="-62"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="Euro Million"/>
+    <n v="-22"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="Euro Million"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="Euro Million"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <n v="-68"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="Euro Million"/>
+    <n v="-17"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="Euro Million"/>
+    <n v="-52"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <n v="-46"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="Euro Million"/>
+    <n v="-7"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="Euro Million"/>
+    <n v="-40"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="Euro Million"/>
+    <n v="-33"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="Euro Million"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <n v="-9"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="Euro Million"/>
+    <n v="-4"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="Euro Million"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="Euro Million"/>
+    <n v="-7"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="Euro Million"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="Euro Million"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="Euro Million"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <n v="-64"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="Euro Million"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="Euro Million"/>
+    <n v="-24"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="Euro Million"/>
+    <n v="-44"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <n v="-74"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="Euro Million"/>
+    <n v="-1"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="Euro Million"/>
+    <n v="-9"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="Euro Million"/>
+    <n v="-12"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="Euro Million"/>
+    <n v="-52"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="Euro Million"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="Euro Million"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="Euro Million"/>
+    <n v="-6"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="Euro Million"/>
+    <n v="-19"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="Euro Million"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="Euro Million"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="Euro Million"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <n v="-41"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="Euro Million"/>
+    <n v="-6"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="Euro Million"/>
+    <n v="-3"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="Euro Million"/>
+    <n v="-32"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="Euro Million"/>
+    <n v="-1"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="Euro Million"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="Euro Million"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <n v="-3"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="Euro Million"/>
+    <n v="-6"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="Euro Million"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="Euro Million"/>
+    <n v="-21"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <n v="-97"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="Euro Million"/>
+    <n v="-35"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="Euro Million"/>
+    <n v="-63"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <n v="-32"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="Euro Million"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="Euro Million"/>
+    <n v="-46"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="Euro Million"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="Euro Million"/>
+    <n v="-32"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="Euro Million"/>
+    <n v="-16"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="Euro Million"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <n v="-68"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="Euro Million"/>
+    <n v="-41"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="Euro Million"/>
+    <n v="-30"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="Euro Million"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <n v="-65"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="Euro Million"/>
+    <n v="-106"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="Euro Million"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="Euro Million"/>
+    <n v="-78"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="Euro Million"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="Euro Million"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <n v="-24"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="Euro Million"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="Euro Million"/>
+    <n v="-29"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <n v="-269"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="Euro Million"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="Euro Million"/>
+    <n v="-272"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <n v="-12"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="Euro Million"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="Euro Million"/>
+    <n v="-1"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="Euro Million"/>
+    <n v="-17"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="Euro Million"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="Euro Million"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="Euro Million"/>
+    <n v="-1"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <n v="-1"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="Euro Million"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="Euro Million"/>
+    <n v="-2"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="Euro Million"/>
+    <n v="-1"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <n v="-5"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="Euro Million"/>
+    <n v="-5"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="Euro Million"/>
+    <n v="-1"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="Euro Million"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="Euro Million"/>
+    <n v="-1"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="Euro Million"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="Euro Million"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="Euro Million"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="Euro Million"/>
+    <n v="-1"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="Euro Million"/>
+    <n v="-1"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="Euro Million"/>
+    <n v="-2"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="Euro Million"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="Euro Million"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <n v="307"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="Euro Million"/>
+    <n v="-1"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="Euro Million"/>
+    <n v="308"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <n v="-24"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="Euro Million"/>
+    <n v="-25"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="Euro Million"/>
+    <n v="-1"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="Euro Million"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <n v="1095"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="Euro Million"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="Euro Million"/>
+    <n v="730"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="Euro Million"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <n v="-224"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="Euro Million"/>
+    <n v="-19"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="Euro Million"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="Euro Million"/>
+    <n v="-207"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <n v="379"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="Euro Million"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="Euro Million"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="Euro Million"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="Euro Million"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="Euro Million"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="Euro Million"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <n v="-101"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="Euro Million"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="Euro Million"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="Euro Million"/>
+    <n v="-156"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="Euro Million"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="Euro Million"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="Euro Million"/>
+    <n v="-39"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="Euro Million"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="Euro Million"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="Euro Million"/>
+    <n v="-16"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="Euro Million"/>
+    <n v="-123"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="Euro Million"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="Euro Million"/>
+    <n v="-1"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="Euro Million"/>
+    <n v="-14"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="Euro Million"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <n v="-8"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="Euro Million"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="Euro Million"/>
+    <n v="-11"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="Euro Million"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="Euro Million"/>
+    <n v="-36"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="Euro Million"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <n v="570"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="Euro Million"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="Euro Million"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="Euro Million"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <n v="-7"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="Euro Million"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="Euro Million"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="Euro Million"/>
+    <n v="-136"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="Euro Million"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="Euro Million"/>
+    <n v="-102"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="Euro Million"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="Euro Million"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="Euro Million"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="Euro Million"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="Euro Million"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="Euro Million"/>
+    <n v="-41"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="Euro Million"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="Euro Million"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="Euro Million"/>
+    <n v="-148"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="Euro Million"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <n v="-14"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="Euro Million"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="Euro Million"/>
+    <n v="-7"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="Euro Million"/>
+    <n v="-10"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="Euro Million"/>
+    <n v="-10"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <n v="761"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="Euro Million"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="Euro Million"/>
+    <n v="650"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <n v="396"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="Euro Million"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="Euro Million"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="Euro Million"/>
+    <n v="370"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="Euro Million"/>
+    <n v="-198"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="Euro Million"/>
+    <n v="-199"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="Euro Million"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <n v="4081"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="Euro Million"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="Euro Million"/>
+    <n v="4003"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="Euro Million"/>
+    <n v="-127"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="Euro Million"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <n v="654"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="Euro Million"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="Euro Million"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="Euro Million"/>
+    <n v="520"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="Euro Million"/>
+    <n v="-73"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <n v="-129"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="Euro Million"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="Euro Million"/>
+    <n v="-333"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="Euro Million"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="Euro Million"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="Euro Million"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="Euro Million"/>
+    <n v="-36"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <n v="603"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="Euro Million"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="Euro Million"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="Euro Million"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="Euro Million"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <n v="-22"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="Euro Million"/>
+    <n v="-8"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="Euro Million"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="Euro Million"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="Euro Million"/>
+    <n v="-69"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="Euro Million"/>
+    <n v="-7"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="Euro Million"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="Euro Million"/>
+    <n v="-24"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <n v="-24"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="Euro Million"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="Euro Million"/>
+    <n v="-79"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="Euro Million"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <n v="-529"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="Euro Million"/>
+    <n v="-26"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="Euro Million"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="Euro Million"/>
+    <n v="-458"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="Euro Million"/>
+    <n v="-90"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="Euro Million"/>
+    <n v="-64"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="Euro Million"/>
+    <n v="-52"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="Euro Million"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="Euro Million"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <n v="-85"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="Euro Million"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="Euro Million"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="Euro Million"/>
+    <n v="-361"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="Euro Million"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="Euro Million"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="Euro Million"/>
+    <n v="-54"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="Euro Million"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20243"/>
+    <s v="2024Q3"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <n v="-305"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20243"/>
+    <s v="2024Q3"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20243"/>
+    <s v="2024Q3"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="Euro Million"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20243"/>
+    <s v="2024Q3"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="Euro Million"/>
+    <n v="-8"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20243"/>
+    <s v="2024Q3"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="Euro Million"/>
+    <n v="-321"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20243"/>
+    <s v="2024Q3"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="Euro Million"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20244"/>
+    <s v="2024Q4"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20244"/>
+    <s v="2024Q4"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20244"/>
+    <s v="2024Q4"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="Euro Million"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20244"/>
+    <s v="2024Q4"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="Euro Million"/>
+    <n v="-69"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20244"/>
+    <s v="2024Q4"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="Euro Million"/>
+    <n v="528"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20244"/>
+    <s v="2024Q4"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="Euro Million"/>
+    <n v="-225"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20251"/>
+    <s v="2025Q1"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20251"/>
+    <s v="2025Q1"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20251"/>
+    <s v="2025Q1"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="Euro Million"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20251"/>
+    <s v="2025Q1"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="Euro Million"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20251"/>
+    <s v="2025Q1"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="Euro Million"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20251"/>
+    <s v="2025Q1"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="Euro Million"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20252"/>
+    <s v="2025Q2"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <n v="-291"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20252"/>
+    <s v="2025Q2"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20252"/>
+    <s v="2025Q2"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="Euro Million"/>
+    <n v="-3"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20252"/>
+    <s v="2025Q2"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="Euro Million"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20252"/>
+    <s v="2025Q2"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="Euro Million"/>
+    <n v="-172"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20252"/>
+    <s v="2025Q2"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="Euro Million"/>
+    <n v="-149"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20253"/>
+    <s v="2025Q3"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <n v="106.91"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20253"/>
+    <s v="2025Q3"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20253"/>
+    <s v="2025Q3"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="Euro Million"/>
+    <n v="80.99"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20253"/>
+    <s v="2025Q3"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="Euro Million"/>
+    <n v="3.17"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20253"/>
+    <s v="2025Q3"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="Euro Million"/>
+    <n v="105.76"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20253"/>
+    <s v="2025Q3"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="Euro Million"/>
+    <n v="-83.01"/>
+  </r>
+</pivotCacheRecords>
 </file>