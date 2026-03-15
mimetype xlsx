--- v1 (2026-01-29)
+++ v2 (2026-03-15)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a9a7f79180a4c14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/11eb17452f8d490e947c24c52deedf11.psmdcp" Id="R7b457826f55f43bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85aff59a99714ebc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9133d0149e194f58b0811c75a8432075.psmdcp" Id="R1b2fc40c12be4ab7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>BPQ18</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Reserve Assets BPM6</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Quarterly</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>04/12/2025 11:00:00</x:t>
+    <x:t>05/03/2026 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/BPQ18/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>IAQ</x:t>
   </x:si>
   <x:si>
     <x:t>BOP/International Accounts - Quarterly Series</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Lucia Perez Alfaro</x:t>
   </x:si>
@@ -744,50 +744,56 @@
     <x:t>2024Q3</x:t>
   </x:si>
   <x:si>
     <x:t>20244</x:t>
   </x:si>
   <x:si>
     <x:t>2024Q4</x:t>
   </x:si>
   <x:si>
     <x:t>20251</x:t>
   </x:si>
   <x:si>
     <x:t>2025Q1</x:t>
   </x:si>
   <x:si>
     <x:t>20252</x:t>
   </x:si>
   <x:si>
     <x:t>2025Q2</x:t>
   </x:si>
   <x:si>
     <x:t>20253</x:t>
   </x:si>
   <x:si>
     <x:t>2025Q3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20254</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025Q4</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
@@ -939,51 +945,51 @@
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
 <pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
   <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
   <pivotFields count="8">
     <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
       <items count="1">
         <item x="0"/>
       </items>
     </pivotField>
     <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
       <items count="1">
         <item x="0"/>
       </items>
     </pivotField>
     <pivotField name="TLIST(Q1)" axis="axisRow" showAll="0" defaultSubtotal="0">
-      <items count="91">
+      <items count="92">
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
         <item x="5"/>
         <item x="6"/>
         <item x="7"/>
         <item x="8"/>
         <item x="9"/>
         <item x="10"/>
         <item x="11"/>
         <item x="12"/>
         <item x="13"/>
         <item x="14"/>
         <item x="15"/>
         <item x="16"/>
         <item x="17"/>
         <item x="18"/>
         <item x="19"/>
         <item x="20"/>
         <item x="21"/>
         <item x="22"/>
         <item x="23"/>
         <item x="24"/>
@@ -1031,54 +1037,55 @@
         <item x="66"/>
         <item x="67"/>
         <item x="68"/>
         <item x="69"/>
         <item x="70"/>
         <item x="71"/>
         <item x="72"/>
         <item x="73"/>
         <item x="74"/>
         <item x="75"/>
         <item x="76"/>
         <item x="77"/>
         <item x="78"/>
         <item x="79"/>
         <item x="80"/>
         <item x="81"/>
         <item x="82"/>
         <item x="83"/>
         <item x="84"/>
         <item x="85"/>
         <item x="86"/>
         <item x="87"/>
         <item x="88"/>
         <item x="89"/>
         <item x="90"/>
+        <item x="91"/>
       </items>
     </pivotField>
     <pivotField name="Quarter" axis="axisRow" showAll="0" defaultSubtotal="0">
-      <items count="91">
+      <items count="92">
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
         <item x="5"/>
         <item x="6"/>
         <item x="7"/>
         <item x="8"/>
         <item x="9"/>
         <item x="10"/>
         <item x="11"/>
         <item x="12"/>
         <item x="13"/>
         <item x="14"/>
         <item x="15"/>
         <item x="16"/>
         <item x="17"/>
         <item x="18"/>
         <item x="19"/>
         <item x="20"/>
         <item x="21"/>
         <item x="22"/>
         <item x="23"/>
         <item x="24"/>
@@ -1126,98 +1133,99 @@
         <item x="66"/>
         <item x="67"/>
         <item x="68"/>
         <item x="69"/>
         <item x="70"/>
         <item x="71"/>
         <item x="72"/>
         <item x="73"/>
         <item x="74"/>
         <item x="75"/>
         <item x="76"/>
         <item x="77"/>
         <item x="78"/>
         <item x="79"/>
         <item x="80"/>
         <item x="81"/>
         <item x="82"/>
         <item x="83"/>
         <item x="84"/>
         <item x="85"/>
         <item x="86"/>
         <item x="87"/>
         <item x="88"/>
         <item x="89"/>
         <item x="90"/>
+        <item x="91"/>
       </items>
     </pivotField>
     <pivotField name="BPASSET" axis="axisRow" showAll="0" defaultSubtotal="0">
       <items count="6">
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
         <item x="5"/>
       </items>
     </pivotField>
     <pivotField name="Security" axis="axisRow" showAll="0" defaultSubtotal="0">
       <items count="6">
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
         <item x="5"/>
       </items>
     </pivotField>
     <pivotField showAll="0"/>
     <pivotField dataField="1" showAll="0"/>
   </pivotFields>
   <rowFields count="6">
     <field x="0"/>
     <field x="1"/>
     <field x="2"/>
     <field x="3"/>
     <field x="4"/>
     <field x="5"/>
   </rowFields>
   <dataFields count="1">
     <dataField name="VALUE" fld="7"/>
   </dataFields>
   <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
       <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
     </ext>
   </extLst>
 </pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H547" totalsRowShown="0">
-  <x:autoFilter ref="A1:H547"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H553" totalsRowShown="0">
+  <x:autoFilter ref="A1:H553"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(Q1)"/>
     <x:tableColumn id="4" name="Quarter"/>
     <x:tableColumn id="5" name="BPASSET"/>
     <x:tableColumn id="6" name="Security"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -1716,51 +1724,51 @@
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:H547"/>
+  <x:dimension ref="A1:H553"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="19.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.567768" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="10.996339" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="25.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.567768" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -15952,50 +15960,206 @@
     </x:row>
     <x:row r="547" spans="1:8">
       <x:c r="A547" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B547" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C547" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="D547" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="E547" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F547" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G547" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H547" s="0">
         <x:v>-83.01</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="548" spans="1:8">
+      <x:c r="A548" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B548" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C548" s="0" t="s">
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="D548" s="0" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="E548" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="F548" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="G548" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H548" s="0">
+        <x:v>-54.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="549" spans="1:8">
+      <x:c r="A549" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B549" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C549" s="0" t="s">
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="D549" s="0" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="E549" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="F549" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G549" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H549" s="0">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="550" spans="1:8">
+      <x:c r="A550" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B550" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C550" s="0" t="s">
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="D550" s="0" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="E550" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="F550" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="G550" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H550" s="0">
+        <x:v>9.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="551" spans="1:8">
+      <x:c r="A551" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B551" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C551" s="0" t="s">
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="D551" s="0" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="E551" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F551" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="G551" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H551" s="0">
+        <x:v>-0.78</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="552" spans="1:8">
+      <x:c r="A552" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B552" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C552" s="0" t="s">
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="D552" s="0" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="E552" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="F552" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="G552" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H552" s="0">
+        <x:v>-214.24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="553" spans="1:8">
+      <x:c r="A553" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B553" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C553" s="0" t="s">
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="D553" s="0" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="E553" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="F553" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="G553" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H553" s="0">
+        <x:v>151.22</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
@@ -16041,51 +16205,51 @@
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
     <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="BPQ18"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Reserve Assets BPM6"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(Q1)">
-      <x:sharedItems count="91">
+      <x:sharedItems count="92">
         <x:s v="20031"/>
         <x:s v="20032"/>
         <x:s v="20033"/>
         <x:s v="20034"/>
         <x:s v="20041"/>
         <x:s v="20042"/>
         <x:s v="20043"/>
         <x:s v="20044"/>
         <x:s v="20051"/>
         <x:s v="20052"/>
         <x:s v="20053"/>
         <x:s v="20054"/>
         <x:s v="20061"/>
         <x:s v="20062"/>
         <x:s v="20063"/>
         <x:s v="20064"/>
         <x:s v="20071"/>
         <x:s v="20072"/>
         <x:s v="20073"/>
         <x:s v="20074"/>
         <x:s v="20081"/>
         <x:s v="20082"/>
         <x:s v="20083"/>
         <x:s v="20084"/>
         <x:s v="20091"/>
@@ -16133,54 +16297,55 @@
         <x:s v="20193"/>
         <x:s v="20194"/>
         <x:s v="20201"/>
         <x:s v="20202"/>
         <x:s v="20203"/>
         <x:s v="20204"/>
         <x:s v="20211"/>
         <x:s v="20212"/>
         <x:s v="20213"/>
         <x:s v="20214"/>
         <x:s v="20221"/>
         <x:s v="20222"/>
         <x:s v="20223"/>
         <x:s v="20224"/>
         <x:s v="20231"/>
         <x:s v="20232"/>
         <x:s v="20233"/>
         <x:s v="20234"/>
         <x:s v="20241"/>
         <x:s v="20242"/>
         <x:s v="20243"/>
         <x:s v="20244"/>
         <x:s v="20251"/>
         <x:s v="20252"/>
         <x:s v="20253"/>
+        <x:s v="20254"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Quarter">
-      <x:sharedItems count="91">
+      <x:sharedItems count="92">
         <x:s v="2003Q1"/>
         <x:s v="2003Q2"/>
         <x:s v="2003Q3"/>
         <x:s v="2003Q4"/>
         <x:s v="2004Q1"/>
         <x:s v="2004Q2"/>
         <x:s v="2004Q3"/>
         <x:s v="2004Q4"/>
         <x:s v="2005Q1"/>
         <x:s v="2005Q2"/>
         <x:s v="2005Q3"/>
         <x:s v="2005Q4"/>
         <x:s v="2006Q1"/>
         <x:s v="2006Q2"/>
         <x:s v="2006Q3"/>
         <x:s v="2006Q4"/>
         <x:s v="2007Q1"/>
         <x:s v="2007Q2"/>
         <x:s v="2007Q3"/>
         <x:s v="2007Q4"/>
         <x:s v="2008Q1"/>
         <x:s v="2008Q2"/>
         <x:s v="2008Q3"/>
         <x:s v="2008Q4"/>
         <x:s v="2009Q1"/>
@@ -16228,79 +16393,80 @@
         <x:s v="2019Q3"/>
         <x:s v="2019Q4"/>
         <x:s v="2020Q1"/>
         <x:s v="2020Q2"/>
         <x:s v="2020Q3"/>
         <x:s v="2020Q4"/>
         <x:s v="2021Q1"/>
         <x:s v="2021Q2"/>
         <x:s v="2021Q3"/>
         <x:s v="2021Q4"/>
         <x:s v="2022Q1"/>
         <x:s v="2022Q2"/>
         <x:s v="2022Q3"/>
         <x:s v="2022Q4"/>
         <x:s v="2023Q1"/>
         <x:s v="2023Q2"/>
         <x:s v="2023Q3"/>
         <x:s v="2023Q4"/>
         <x:s v="2024Q1"/>
         <x:s v="2024Q2"/>
         <x:s v="2024Q3"/>
         <x:s v="2024Q4"/>
         <x:s v="2025Q1"/>
         <x:s v="2025Q2"/>
         <x:s v="2025Q3"/>
+        <x:s v="2025Q4"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="BPASSET">
       <x:sharedItems count="6">
         <x:s v="0"/>
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="03"/>
         <x:s v="04"/>
         <x:s v="05"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Security">
       <x:sharedItems count="6">
         <x:s v="Reserve Assets: Total"/>
         <x:s v="Monetary Gold"/>
         <x:s v="Special Drawing Rights"/>
         <x:s v="Reserve Position in the IMF"/>
         <x:s v="Foreign Exchange"/>
         <x:s v="Other Reserve Assets"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="UNIT">
       <x:sharedItems count="1">
         <x:s v="Euro Million"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="VALUE">
-      <x:sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" minValue="-1818" maxValue="4081" count="206">
+      <x:sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" minValue="-1818" maxValue="4081" count="211">
         <x:n v="-1818"/>
         <x:n v="0"/>
         <x:n v="2"/>
         <x:n v="-27"/>
         <x:n v="-1793"/>
         <x:n v="43"/>
         <x:n v="1"/>
         <x:n v="-1"/>
         <x:n v="84"/>
         <x:n v="26"/>
         <x:n v="55"/>
         <x:n v="-79"/>
         <x:n v="-3"/>
         <x:n v="44"/>
         <x:n v="-120"/>
         <x:n v="-1189"/>
         <x:n v="-65"/>
         <x:n v="-1128"/>
         <x:n v="-135"/>
         <x:n v="-8"/>
         <x:n v="-39"/>
         <x:n v="-88"/>
         <x:n v="129"/>
         <x:n v="-19"/>
         <x:n v="147"/>
@@ -16463,50 +16629,55 @@
         <x:n v="-90"/>
         <x:n v="107"/>
         <x:n v="172"/>
         <x:n v="52"/>
         <x:n v="-85"/>
         <x:n v="-361"/>
         <x:n v="254"/>
         <x:n v="-54"/>
         <x:n v="48"/>
         <x:n v="-305"/>
         <x:n v="-321"/>
         <x:n v="245"/>
         <x:n v="528"/>
         <x:n v="-225"/>
         <x:n v="238"/>
         <x:n v="132"/>
         <x:n v="53"/>
         <x:n v="-291"/>
         <x:n v="-172"/>
         <x:n v="-149"/>
         <x:n v="106.91"/>
         <x:n v="80.99"/>
         <x:n v="3.17"/>
         <x:n v="105.76"/>
         <x:n v="-83.01"/>
+        <x:n v="-54.5"/>
+        <x:n v="9.3"/>
+        <x:n v="-0.78"/>
+        <x:n v="-214.24"/>
+        <x:n v="151.22"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
 <pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
   <r>
     <s v="BPQ18"/>
     <s v="Reserve Assets BPM6"/>
     <s v="20031"/>
     <s v="2003Q1"/>
     <s v="0"/>
     <s v="Reserve Assets: Total"/>
     <s v="Euro Million"/>
     <n v="-1818"/>
   </r>
   <r>
     <s v="BPQ18"/>
     <s v="Reserve Assets BPM6"/>
     <s v="20031"/>
     <s v="2003Q1"/>
     <s v="01"/>
     <s v="Monetary Gold"/>
@@ -21931,27 +22102,87 @@
     <s v="03"/>
     <s v="Reserve Position in the IMF"/>
     <s v="Euro Million"/>
     <n v="3.17"/>
   </r>
   <r>
     <s v="BPQ18"/>
     <s v="Reserve Assets BPM6"/>
     <s v="20253"/>
     <s v="2025Q3"/>
     <s v="04"/>
     <s v="Foreign Exchange"/>
     <s v="Euro Million"/>
     <n v="105.76"/>
   </r>
   <r>
     <s v="BPQ18"/>
     <s v="Reserve Assets BPM6"/>
     <s v="20253"/>
     <s v="2025Q3"/>
     <s v="05"/>
     <s v="Other Reserve Assets"/>
     <s v="Euro Million"/>
     <n v="-83.01"/>
   </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20254"/>
+    <s v="2025Q4"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <n v="-54.5"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20254"/>
+    <s v="2025Q4"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20254"/>
+    <s v="2025Q4"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="Euro Million"/>
+    <n v="9.3"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20254"/>
+    <s v="2025Q4"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="Euro Million"/>
+    <n v="-0.78"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20254"/>
+    <s v="2025Q4"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="Euro Million"/>
+    <n v="-214.24"/>
+  </r>
+  <r>
+    <s v="BPQ18"/>
+    <s v="Reserve Assets BPM6"/>
+    <s v="20254"/>
+    <s v="2025Q4"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="Euro Million"/>
+    <n v="151.22"/>
+  </r>
 </pivotCacheRecords>
 </file>