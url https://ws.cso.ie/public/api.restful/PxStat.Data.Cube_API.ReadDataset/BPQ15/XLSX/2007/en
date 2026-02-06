--- v0 (2025-10-25)
+++ v1 (2026-02-06)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R237f569ed6e549fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/522ae11891614e6da4b9edc0bd4d738d.psmdcp" Id="R1d72571c62744e26" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25a7f88c852e4327" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3190c1c3d38f4715bf2d999c9ee91c51.psmdcp" Id="Rbf31cb2e77bd4a05" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>BPQ15</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Current, Capital and Financial Account Balances BPM6</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Quarterly</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>9/4/2025 11:00:00 AM</x:t>
+    <x:t>04/12/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/BPQ15/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>IAQ</x:t>
   </x:si>
   <x:si>
     <x:t>BOP/International Accounts - Quarterly Series</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Lucia Perez Alfaro</x:t>
   </x:si>
@@ -799,50 +799,56 @@
   </x:si>
   <x:si>
     <x:t>20243</x:t>
   </x:si>
   <x:si>
     <x:t>2024Q3</x:t>
   </x:si>
   <x:si>
     <x:t>20244</x:t>
   </x:si>
   <x:si>
     <x:t>2024Q4</x:t>
   </x:si>
   <x:si>
     <x:t>20251</x:t>
   </x:si>
   <x:si>
     <x:t>2025Q1</x:t>
   </x:si>
   <x:si>
     <x:t>20252</x:t>
   </x:si>
   <x:si>
     <x:t>2025Q2</x:t>
   </x:si>
+  <x:si>
+    <x:t>20253</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025Q3</x:t>
+  </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
@@ -979,984 +985,319 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...927 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(Q1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="95">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
+        <item x="89"/>
+        <item x="90"/>
+        <item x="91"/>
+        <item x="92"/>
+        <item x="93"/>
+        <item x="94"/>
+      </items>
+    </pivotField>
+    <pivotField name="Quarter" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="95">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
+        <item x="89"/>
+        <item x="90"/>
+        <item x="91"/>
+        <item x="92"/>
+        <item x="93"/>
+        <item x="94"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03142V03794" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sub Head" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H1129" totalsRowShown="0">
-  <x:autoFilter ref="A1:H1129"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H1141" totalsRowShown="0">
+  <x:autoFilter ref="A1:H1141"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(Q1)"/>
     <x:tableColumn id="4" name="Quarter"/>
     <x:tableColumn id="5" name="C03142V03794"/>
     <x:tableColumn id="6" name="Sub Head"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -2220,51 +1561,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/BPQ15/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -2451,68 +1792,68 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:H1129"/>
+  <x:dimension ref="A1:H1141"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="49.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.567768" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="23.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.567768" style="0" customWidth="1"/>
-    <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
+    <x:col min="8" max="8" width="9.424911" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="D1" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="E1" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F1" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="G1" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="H1" s="0" t="s">
@@ -31823,65 +31164,377 @@
     </x:row>
     <x:row r="1129" spans="1:8">
       <x:c r="A1129" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1129" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1129" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="D1129" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="E1129" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F1129" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G1129" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H1129" s="0">
         <x:v>-60351</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1130" spans="1:8">
+      <x:c r="A1130" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B1130" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C1130" s="0" t="s">
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="D1130" s="0" t="s">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="E1130" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="F1130" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="G1130" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H1130" s="0">
+        <x:v>13940.96</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1131" spans="1:8">
+      <x:c r="A1131" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B1131" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C1131" s="0" t="s">
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="D1131" s="0" t="s">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="E1131" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="F1131" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G1131" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H1131" s="0">
+        <x:v>-1917.24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1132" spans="1:8">
+      <x:c r="A1132" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B1132" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C1132" s="0" t="s">
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="D1132" s="0" t="s">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="E1132" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="F1132" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="G1132" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H1132" s="0">
+        <x:v>55397.66</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1133" spans="1:8">
+      <x:c r="A1133" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B1133" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C1133" s="0" t="s">
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="D1133" s="0" t="s">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="E1133" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F1133" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="G1133" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H1133" s="0">
+        <x:v>6144.29</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1134" spans="1:8">
+      <x:c r="A1134" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B1134" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C1134" s="0" t="s">
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="D1134" s="0" t="s">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="E1134" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="F1134" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="G1134" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H1134" s="0">
+        <x:v>-46381.66</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1135" spans="1:8">
+      <x:c r="A1135" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B1135" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C1135" s="0" t="s">
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="D1135" s="0" t="s">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="E1135" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="F1135" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="G1135" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H1135" s="0">
+        <x:v>-41456.71</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1136" spans="1:8">
+      <x:c r="A1136" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B1136" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C1136" s="0" t="s">
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="D1136" s="0" t="s">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="E1136" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="F1136" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="G1136" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H1136" s="0">
+        <x:v>-1219.34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1137" spans="1:8">
+      <x:c r="A1137" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B1137" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C1137" s="0" t="s">
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="D1137" s="0" t="s">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="E1137" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F1137" s="0" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="G1137" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H1137" s="0">
+        <x:v>6488.06</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1138" spans="1:8">
+      <x:c r="A1138" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B1138" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C1138" s="0" t="s">
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="D1138" s="0" t="s">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="E1138" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="F1138" s="0" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="G1138" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H1138" s="0">
+        <x:v>-5535.66</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1139" spans="1:8">
+      <x:c r="A1139" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B1139" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C1139" s="0" t="s">
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="D1139" s="0" t="s">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="E1139" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="F1139" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="G1139" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H1139" s="0">
+        <x:v>-19137.48</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1140" spans="1:8">
+      <x:c r="A1140" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B1140" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C1140" s="0" t="s">
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="D1140" s="0" t="s">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="E1140" s="0" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="F1140" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="G1140" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H1140" s="0">
+        <x:v>30787.53</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="1141" spans="1:8">
+      <x:c r="A1141" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B1141" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C1141" s="0" t="s">
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="D1141" s="0" t="s">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="E1141" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="F1141" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="G1141" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H1141" s="0">
+        <x:v>-5268.89</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -31898,65 +31551,65 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H1129" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="BPQ15"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Current, Capital and Financial Account Balances BPM6"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(Q1)">
-      <x:sharedItems count="94">
+      <x:sharedItems count="95">
         <x:s v="20021"/>
         <x:s v="20022"/>
         <x:s v="20023"/>
         <x:s v="20024"/>
         <x:s v="20031"/>
         <x:s v="20032"/>
         <x:s v="20033"/>
         <x:s v="20034"/>
         <x:s v="20041"/>
         <x:s v="20042"/>
         <x:s v="20043"/>
         <x:s v="20044"/>
         <x:s v="20051"/>
         <x:s v="20052"/>
         <x:s v="20053"/>
         <x:s v="20054"/>
         <x:s v="20061"/>
         <x:s v="20062"/>
         <x:s v="20063"/>
         <x:s v="20064"/>
         <x:s v="20071"/>
         <x:s v="20072"/>
         <x:s v="20073"/>
         <x:s v="20074"/>
         <x:s v="20081"/>
@@ -32007,54 +31660,55 @@
         <x:s v="20192"/>
         <x:s v="20193"/>
         <x:s v="20194"/>
         <x:s v="20201"/>
         <x:s v="20202"/>
         <x:s v="20203"/>
         <x:s v="20204"/>
         <x:s v="20211"/>
         <x:s v="20212"/>
         <x:s v="20213"/>
         <x:s v="20214"/>
         <x:s v="20221"/>
         <x:s v="20222"/>
         <x:s v="20223"/>
         <x:s v="20224"/>
         <x:s v="20231"/>
         <x:s v="20232"/>
         <x:s v="20233"/>
         <x:s v="20234"/>
         <x:s v="20241"/>
         <x:s v="20242"/>
         <x:s v="20243"/>
         <x:s v="20244"/>
         <x:s v="20251"/>
         <x:s v="20252"/>
+        <x:s v="20253"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Quarter">
-      <x:sharedItems count="94">
+      <x:sharedItems count="95">
         <x:s v="2002Q1"/>
         <x:s v="2002Q2"/>
         <x:s v="2002Q3"/>
         <x:s v="2002Q4"/>
         <x:s v="2003Q1"/>
         <x:s v="2003Q2"/>
         <x:s v="2003Q3"/>
         <x:s v="2003Q4"/>
         <x:s v="2004Q1"/>
         <x:s v="2004Q2"/>
         <x:s v="2004Q3"/>
         <x:s v="2004Q4"/>
         <x:s v="2005Q1"/>
         <x:s v="2005Q2"/>
         <x:s v="2005Q3"/>
         <x:s v="2005Q4"/>
         <x:s v="2006Q1"/>
         <x:s v="2006Q2"/>
         <x:s v="2006Q3"/>
         <x:s v="2006Q4"/>
         <x:s v="2007Q1"/>
         <x:s v="2007Q2"/>
         <x:s v="2007Q3"/>
         <x:s v="2007Q4"/>
         <x:s v="2008Q1"/>
@@ -32105,91 +31759,92 @@
         <x:s v="2019Q2"/>
         <x:s v="2019Q3"/>
         <x:s v="2019Q4"/>
         <x:s v="2020Q1"/>
         <x:s v="2020Q2"/>
         <x:s v="2020Q3"/>
         <x:s v="2020Q4"/>
         <x:s v="2021Q1"/>
         <x:s v="2021Q2"/>
         <x:s v="2021Q3"/>
         <x:s v="2021Q4"/>
         <x:s v="2022Q1"/>
         <x:s v="2022Q2"/>
         <x:s v="2022Q3"/>
         <x:s v="2022Q4"/>
         <x:s v="2023Q1"/>
         <x:s v="2023Q2"/>
         <x:s v="2023Q3"/>
         <x:s v="2023Q4"/>
         <x:s v="2024Q1"/>
         <x:s v="2024Q2"/>
         <x:s v="2024Q3"/>
         <x:s v="2024Q4"/>
         <x:s v="2025Q1"/>
         <x:s v="2025Q2"/>
+        <x:s v="2025Q3"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C03142V03794">
       <x:sharedItems count="12">
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="03"/>
         <x:s v="04"/>
         <x:s v="05"/>
         <x:s v="06"/>
         <x:s v="07"/>
         <x:s v="08"/>
         <x:s v="09"/>
         <x:s v="10"/>
         <x:s v="11"/>
         <x:s v="12"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sub Head">
       <x:sharedItems count="12">
         <x:s v="Current account"/>
         <x:s v="Capital account"/>
         <x:s v="Merchandise"/>
         <x:s v="Services"/>
         <x:s v="Primary income"/>
         <x:s v="Invisibles"/>
         <x:s v="Secondary income"/>
         <x:s v="Financial account"/>
         <x:s v="Net Errors and omissions"/>
         <x:s v="Direct investment"/>
         <x:s v="Portfolio investment"/>
         <x:s v="Other investment"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="UNIT">
       <x:sharedItems count="1">
         <x:s v="Euro Million"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="VALUE">
-      <x:sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" containsInteger="1" minValue="-94293" maxValue="103299" count="1100">
+      <x:sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" minValue="-94293" maxValue="103299" count="1112">
         <x:n v="-147"/>
         <x:n v="5"/>
         <x:n v="9581"/>
         <x:n v="-3828"/>
         <x:n v="-5592"/>
         <x:n v="-9728"/>
         <x:n v="-308"/>
         <x:n v="-2200"/>
         <x:n v="-2058"/>
         <x:n v="-6205"/>
         <x:n v="13891"/>
         <x:n v="-9621"/>
         <x:n v="-749"/>
         <x:n v="21"/>
         <x:n v="9087"/>
         <x:n v="-3651"/>
         <x:n v="-5871"/>
         <x:n v="-9836"/>
         <x:n v="-314"/>
         <x:n v="-123"/>
         <x:n v="605"/>
         <x:n v="-1379"/>
         <x:n v="-940"/>
         <x:n v="2432"/>
         <x:n v="474"/>
@@ -33246,34 +32901,11447 @@
         <x:n v="14697"/>
         <x:n v="-964"/>
         <x:n v="5837"/>
         <x:n v="-11"/>
         <x:n v="74219"/>
         <x:n v="-66959"/>
         <x:n v="-68382"/>
         <x:n v="-1048"/>
         <x:n v="15027"/>
         <x:n v="9201"/>
         <x:n v="-3788"/>
         <x:n v="6626"/>
         <x:n v="11949"/>
         <x:n v="19494"/>
         <x:n v="-4842"/>
         <x:n v="58431"/>
         <x:n v="12440"/>
         <x:n v="-50128"/>
         <x:n v="-38937"/>
         <x:n v="-1249"/>
         <x:n v="20293"/>
         <x:n v="5641"/>
         <x:n v="38802"/>
         <x:n v="42133"/>
         <x:n v="-60351"/>
+        <x:n v="13940.96"/>
+        <x:n v="-1917.24"/>
+        <x:n v="55397.66"/>
+        <x:n v="6144.29"/>
+        <x:n v="-46381.66"/>
+        <x:n v="-41456.71"/>
+        <x:n v="-1219.34"/>
+        <x:n v="6488.06"/>
+        <x:n v="-5535.66"/>
+        <x:n v="-19137.48"/>
+        <x:n v="30787.53"/>
+        <x:n v="-5268.89"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="-147"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="9581"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="-3828"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-5592"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-9728"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-308"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="-2200"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="-2058"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="-6205"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="13891"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="-9621"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="-749"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="9087"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="-3651"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-5871"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-9836"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-314"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="-123"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="605"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="-1379"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="-940"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="2432"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="474"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="9540"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="-3441"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-5328"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-9066"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-297"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="-1672"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="-2174"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="-8473"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="11495"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="-4824"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="758"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="534"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="8775"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="-2699"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-5118"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-8017"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-200"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="2763"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="1471"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="-3387"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="13534"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="-7411"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="-568"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="7641"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="-2362"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-5482"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-8210"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-366"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="-761"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="-212"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="-4065"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="8773"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="-3651"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="520"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="-19"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="8687"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="-2629"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-5160"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-8167"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-378"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="901"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="400"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="-11407"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="10431"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="1834"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="8527"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="-3161"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-4740"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-8266"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-365"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="422"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="-3830"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="23201"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="-19033"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="501"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="425"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="8099"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="-2751"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-4654"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-7599"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-194"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="-375"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="-1301"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="4032"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="-2428"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="-1900"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="-231"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="-3"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="8576"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="-3034"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-5357"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-8807"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-416"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="1614"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="1848"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="8076"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="-10665"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="5392"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="-38"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="9081"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="-2954"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-5621"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-8880"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-306"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="-521"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="-684"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="4869"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="-9346"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="4091"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="-89"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="8620"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="-3158"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-5310"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-8708"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-240"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="-3041"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="-2990"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="-158"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="4805"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="-7817"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="-34"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="358"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="8311"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="-2995"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-5057"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-8345"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-294"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="-2591"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="-2915"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="10308"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="919"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="-13836"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="-1696"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="7677"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="-2920"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-5881"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-9373"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-572"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="2898"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="4495"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="-808"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="-4080"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="7834"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="-1183"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="-2"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="8648"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="-2913"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-6576"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-9831"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-342"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="-3732"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="-2547"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="7177"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="428"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="-11268"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="-2109"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="7618"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="-3740"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-5608"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-9727"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-379"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="559"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="2633"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="15925"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="-25927"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="10571"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="-1038"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="8241"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="-4082"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-4721"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-9279"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-475"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="-872"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="-42"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="15365"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="-23119"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="8227"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="-3794"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="5539"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="-2627"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-6057"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-9334"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-649"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="3987"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="4276"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="15069"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="-18972"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="-2885"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="6790"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="-3280"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-5948"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-9675"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-448"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="-2506"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="9436"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="5782"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="-17834"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="-1676"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="8085"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="-2501"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-6733"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-9761"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-526"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="-1961"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="-295"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="-5560"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="-2601"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="6269"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="-1550"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="6780"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="-3905"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-3984"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-8330"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-440"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="-4839"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="-3454"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="7689"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="-26385"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="13903"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="-4172"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="6297"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="-2262"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-7430"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-10469"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-777"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="-2874"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="1231"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="-1000"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="976"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="-2897"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="-3637"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="7375"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="-2917"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-7625"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-11012"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-470"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="-1615"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="2007"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="3245"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="17579"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="-22430"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="-2693"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="7094"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="-2973"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-6204"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-9787"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-609"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="-4183"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="-1499"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="1256"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="-22769"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="17293"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="-2324"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="7932"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="-4232"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-5370"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-10256"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-654"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="-5741"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="-3441"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="-5122"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="11497"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="-12052"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="-4784"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="6304"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="-3766"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-6375"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-11088"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-947"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="-9363"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="-4621"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="2933"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="-8182"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="-4040"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="-3120"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="7819"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="-3654"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-6681"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-10939"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-604"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="-10053"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="-6998"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="2925"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="5541"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="-18565"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="-2460"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="8881"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="-3523"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-7290"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-11341"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-528"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="1041"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="3502"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="9139"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="12083"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="-20220"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="-1351"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="9619"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="-5525"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-4795"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-10970"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-650"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="1557"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="2898"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="8291"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="36307"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="-43107"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="-2820"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="-3"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="9692"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="-4189"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-7362"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-12512"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-960"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="1822"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="4646"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="858"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="2331"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="-1326"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="-2270"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="-1"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="10140"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="-3835"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-7826"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-12410"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-748"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="-10249"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="-7978"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="-1409"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="15776"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="-24678"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="-946"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="-10"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="9783"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="-2514"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-7582"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-10729"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-633"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="2113"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="3069"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="7349"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="-26570"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="21337"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="-1868"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="9137"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="-5285"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-5114"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-11005"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-607"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="2796"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="4637"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="-7044"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="-14163"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="24100"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="-1446"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="10235"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="-2824"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-7978"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-11681"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-879"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="7043"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="8439"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="-4772"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="-19821"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="31668"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="-1402"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="10555"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="-3342"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-8026"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-11957"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-590"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="-13001"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="-11602"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="-3249"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="8568"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="-18338"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="1174"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="11985"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="-2955"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-7152"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-10811"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-704"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="-4910"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="-6098"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="1178"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="19581"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="-25745"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="-337"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="8513"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="-4300"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-4022"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-8850"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-528"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="-537"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="-222"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="-9475"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="-94293"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="103299"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="-1422"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="10624"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="-2926"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-8278"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-12046"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-841"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="-4295"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="-2897"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="-8453"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="-7063"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="11286"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="-1336"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="9576"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="-1580"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-8820"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-10913"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-513"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="-2759"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="-1424"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="-7601"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="-22344"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="27157"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="736"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="-1"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="11547"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="-1862"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-8307"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-10810"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-641"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="-4022"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="-4757"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="-6802"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="19456"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="-16652"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="-789"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="9510"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="-2729"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-6906"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-10299"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-664"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="-3772"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="-3194"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="4158"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="-16957"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="9295"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="-2702"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="8969"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="-1805"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-9051"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-11670"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-814"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="-857"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="1784"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="-13176"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="44957"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="-32626"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="-2419"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="9275"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="-2603"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-8488"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-11694"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-603"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="-9061"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="-6643"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="3238"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="-33254"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="20949"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="471"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="10072"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="-327"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-8632"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-9602"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-643"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="-2714"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="-3190"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="-14231"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="-6315"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="17833"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="-1284"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="8580"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="-1547"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-7768"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-9864"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-549"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="2308"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="3573"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="3672"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="-6155"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="4796"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="-456"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="-207"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="7726"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-7394"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-8183"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-828"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="2509"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="3172"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="-5248"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="8252"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="-494"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="734"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="-244"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="9638"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-8215"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-8905"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-700"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="-1083"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="-1573"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="-8701"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="13569"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="-5952"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="3023"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="-259"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="9816"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="1163"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-7292"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-6792"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-663"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="1891"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="-873"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="-2471"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="9553"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="-5196"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="1086"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="-226"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="7326"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="407"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-5907"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-6240"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-740"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="973"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="-1890"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="18422"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="-15564"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="-794"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="-1691"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="8939"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="-1051"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-7783"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-9733"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-899"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="844"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="3329"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="1158"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="-12758"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="12445"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="1697"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="-1717"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="11286"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="-720"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-8260"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-9588"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-608"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="2930"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="2950"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="-4465"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="-4507"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="11901"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="3193"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="-1649"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="10985"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="875"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-8122"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-7792"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-545"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="-5168"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="-6712"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="-2454"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="-15244"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="12526"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="-1712"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="9521"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="-1694"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-7086"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-9478"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-698"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="-5605"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="-3935"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="-4337"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="4722"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="-6123"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="4989"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="-707"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="26790"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="-4471"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-16343"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-21800"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-986"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="3777"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="-505"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="40300"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="-72413"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="35780"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="7576"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="-226"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="26894"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="-6830"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-11694"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-19318"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-794"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="4816"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="-2534"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="-960"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="14754"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="-9286"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="6216"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="29755"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="-6151"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-16795"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-23539"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-593"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="9035"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="2719"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="10429"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="-15637"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="14268"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="-2069"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="-470"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="29955"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="-15149"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-15910"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-32024"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-965"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="-5228"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="-2689"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="-92446"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="-10708"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="97824"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="1779"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="-2670"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="27367"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="-13070"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-11497"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-25587"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-1020"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="7876"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="8767"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="12895"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="-5514"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="-600"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="270"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="-586"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="24440"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="-12286"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-11117"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-24171"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-768"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="-9948"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="-9632"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="1982"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="3882"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="-15589"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="-267"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="26315"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="-10958"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-14804"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-26582"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-820"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="-5676"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="-5570"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="-1695"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="12528"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="-16888"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="-5216"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="-1236"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="28043"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="-18394"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-13659"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-33258"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-1205"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="2182"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="8634"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="1020"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="23729"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="-22772"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="6597"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="-8538"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="24968"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="-1314"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-16441"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-18371"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-616"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="-11206"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="-9265"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="-6608"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="-14015"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="9518"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="-31349"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="-12079"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="24327"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="-36726"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-17781"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-55677"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-1170"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="-34333"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="9095"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="-24153"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="-39145"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="28803"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="14857"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="-4640"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="28445"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="2205"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-15168"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-13589"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-626"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="885"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="-9332"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="2681"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="9996"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="-12027"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="13423"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="-598"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="30504"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="638"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-17025"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-17081"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-694"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="22099"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="9274"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="-34193"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="8664"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="47527"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="9655"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="-109"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="28269"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="2290"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-19930"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-18614"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-974"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="305"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="-9241"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="15470"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="20655"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="-35824"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="9389"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="27912"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="1604"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-19068"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-18524"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-1060"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="14847"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="5399"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="7736"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="-15699"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="22818"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="9766"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="27126"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="2911"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-19441"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-17360"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-830"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="5534"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="-4295"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="10896"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="8067"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="-13626"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="-14440"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="-52032"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="25288"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="-16590"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-22347"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-39729"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-792"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="-58541"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="7931"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="-25078"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="26867"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="-60901"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="8620"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="-6936"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="30338"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="1646"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-22020"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-21718"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-1344"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="14228"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="12544"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="8739"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="5672"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="-175"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="-34950"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="-17385"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="26916"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="-37315"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-23925"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-61866"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-626"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="-53802"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="-1467"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="-51647"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="-16764"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="14493"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="10361"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="-5093"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="31036"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="2720"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-22544"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-20674"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-850"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="-4922"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="-10190"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="-3093"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="-7609"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="5636"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="-59400"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="-5896"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="28975"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="-66870"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-20846"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-88375"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-659"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="-62442"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="2854"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="-69721"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="31336"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="-24226"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="-47277"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="-3061"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="36197"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="-57566"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-24838"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-83473"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-1069"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="-58695"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="-8357"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="-49575"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="-82024"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="72766"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="11743"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="-7552"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="34324"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="2688"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-24286"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-22580"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-982"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="8110"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="3919"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="-49604"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="59979"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="-2251"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="10883"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="-2080"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="37523"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="4852"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-30755"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-26639"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-736"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="3184"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="-5619"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="-9988"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="-6585"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="18997"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="-2373"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="816"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="34401"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="-12852"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-22877"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-36774"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-1045"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="4827"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="6384"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="4027"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="20272"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="-19869"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="15682"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="2974"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="42172"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="9412"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-34612"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-26490"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-1290"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="9906"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="-8750"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="15274"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="16826"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="-22368"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="15146"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="914"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="39900"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="9527"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-33275"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-24754"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-1006"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="21386"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="5326"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="3022"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="-4691"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="22982"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="20816"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="-333"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="45021"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="9529"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-33039"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-24205"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-695"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="12029"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="-8454"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="3382"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="-6259"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="10825"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="3004"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="-2053"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="41322"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="-9600"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-27273"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-38318"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-1445"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="9336"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="8385"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="19826"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="-16354"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="5210"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="14578"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="772"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="46228"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="9386"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-39858"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-31650"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-1178"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="19493"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="4143"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="16015"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="-39856"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="43463"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="12244"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="-124"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="47812"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="3969"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-38363"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-35568"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-1174"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="4048"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="-8072"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="22088"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="-25022"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="6948"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="10937"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="-878"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="56515"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="1192"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-45642"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-45578"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-1128"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="9923"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="-136"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="-25095"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="-46790"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="81206"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="7884"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="-697"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="54578"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="-4849"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-40621"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-46694"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-1224"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="10900"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="3713"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="11956"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="-27127"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="26093"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="10924"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="-492"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="54091"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="2575"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-44541"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-43167"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-1201"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="5875"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="-4557"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="13465"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="-24241"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="16640"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="11054"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="-5680"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="36888"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="8983"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-33674"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-25834"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-1143"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="5616"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="8726"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="86983"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="-90067"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="16184"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="-1673"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="36183"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="12995"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-31907"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-20000"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-1088"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="12544"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="-1967"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="-21691"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="44794"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="-10029"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="-1246"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="-880"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="29524"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="-5964"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-23578"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-30769"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-1227"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="5555"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="7681"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="13168"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="-8961"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="1241"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="17912"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="-1634"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="39060"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="14876"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-34858"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-21149"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-1167"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="10661"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="-5617"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="20348"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="29638"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="-39238"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="35211"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="-426"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="38578"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="26524"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-28731"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-3368"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-1161"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="40907"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="6122"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="47519"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="-5109"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="-1509"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20243"/>
+    <s v="2024Q3"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="19696"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20243"/>
+    <s v="2024Q3"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="-379"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20243"/>
+    <s v="2024Q3"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="42911"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20243"/>
+    <s v="2024Q3"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="11427"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20243"/>
+    <s v="2024Q3"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-33600"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20243"/>
+    <s v="2024Q3"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-23214"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20243"/>
+    <s v="2024Q3"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-1041"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20243"/>
+    <s v="2024Q3"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="16631"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20243"/>
+    <s v="2024Q3"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="-2686"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20243"/>
+    <s v="2024Q3"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="-16847"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20243"/>
+    <s v="2024Q3"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="23753"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20243"/>
+    <s v="2024Q3"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="10030"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20244"/>
+    <s v="2024Q4"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="18152"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20244"/>
+    <s v="2024Q4"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="-142"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20244"/>
+    <s v="2024Q4"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="55004"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20244"/>
+    <s v="2024Q4"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="6863"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20244"/>
+    <s v="2024Q4"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-42496"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20244"/>
+    <s v="2024Q4"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-36852"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20244"/>
+    <s v="2024Q4"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-1219"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20244"/>
+    <s v="2024Q4"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="25087"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20244"/>
+    <s v="2024Q4"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="7077"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20244"/>
+    <s v="2024Q4"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="11109"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20244"/>
+    <s v="2024Q4"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="14697"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20244"/>
+    <s v="2024Q4"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="-964"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20251"/>
+    <s v="2025Q1"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="5837"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20251"/>
+    <s v="2025Q1"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="-11"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20251"/>
+    <s v="2025Q1"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="74219"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20251"/>
+    <s v="2025Q1"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="-375"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20251"/>
+    <s v="2025Q1"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-66959"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20251"/>
+    <s v="2025Q1"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-68382"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20251"/>
+    <s v="2025Q1"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-1048"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20251"/>
+    <s v="2025Q1"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="15027"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20251"/>
+    <s v="2025Q1"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="9201"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20251"/>
+    <s v="2025Q1"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="-3788"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20251"/>
+    <s v="2025Q1"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="6626"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20251"/>
+    <s v="2025Q1"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="11949"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20252"/>
+    <s v="2025Q2"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="19494"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20252"/>
+    <s v="2025Q2"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="-4842"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20252"/>
+    <s v="2025Q2"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="58431"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20252"/>
+    <s v="2025Q2"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="12440"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20252"/>
+    <s v="2025Q2"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-50128"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20252"/>
+    <s v="2025Q2"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-38937"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20252"/>
+    <s v="2025Q2"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-1249"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20252"/>
+    <s v="2025Q2"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="20293"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20252"/>
+    <s v="2025Q2"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="5641"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20252"/>
+    <s v="2025Q2"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="38802"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20252"/>
+    <s v="2025Q2"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="42133"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20252"/>
+    <s v="2025Q2"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="-60351"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20253"/>
+    <s v="2025Q3"/>
+    <s v="01"/>
+    <s v="Current account"/>
+    <s v="Euro Million"/>
+    <n v="13940.96"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20253"/>
+    <s v="2025Q3"/>
+    <s v="02"/>
+    <s v="Capital account"/>
+    <s v="Euro Million"/>
+    <n v="-1917.24"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20253"/>
+    <s v="2025Q3"/>
+    <s v="03"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="55397.66"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20253"/>
+    <s v="2025Q3"/>
+    <s v="04"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="6144.29"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20253"/>
+    <s v="2025Q3"/>
+    <s v="05"/>
+    <s v="Primary income"/>
+    <s v="Euro Million"/>
+    <n v="-46381.66"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20253"/>
+    <s v="2025Q3"/>
+    <s v="06"/>
+    <s v="Invisibles"/>
+    <s v="Euro Million"/>
+    <n v="-41456.71"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20253"/>
+    <s v="2025Q3"/>
+    <s v="07"/>
+    <s v="Secondary income"/>
+    <s v="Euro Million"/>
+    <n v="-1219.34"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20253"/>
+    <s v="2025Q3"/>
+    <s v="08"/>
+    <s v="Financial account"/>
+    <s v="Euro Million"/>
+    <n v="6488.06"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20253"/>
+    <s v="2025Q3"/>
+    <s v="09"/>
+    <s v="Net Errors and omissions"/>
+    <s v="Euro Million"/>
+    <n v="-5535.66"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20253"/>
+    <s v="2025Q3"/>
+    <s v="10"/>
+    <s v="Direct investment"/>
+    <s v="Euro Million"/>
+    <n v="-19137.48"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20253"/>
+    <s v="2025Q3"/>
+    <s v="11"/>
+    <s v="Portfolio investment"/>
+    <s v="Euro Million"/>
+    <n v="30787.53"/>
+  </r>
+  <r>
+    <s v="BPQ15"/>
+    <s v="Current, Capital and Financial Account Balances BPM6"/>
+    <s v="20253"/>
+    <s v="2025Q3"/>
+    <s v="12"/>
+    <s v="Other investment"/>
+    <s v="Euro Million"/>
+    <n v="-5268.89"/>
+  </r>
+</pivotCacheRecords>
 </file>