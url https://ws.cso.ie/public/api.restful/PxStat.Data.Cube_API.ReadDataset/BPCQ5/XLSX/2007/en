--- v0 (2025-11-06)
+++ v1 (2026-02-13)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R820d887d27d344d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fc0b1925d03244a4ac66d7c6243436c2.psmdcp" Id="R2da3bc6e1c244309" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1cb419ec3d6f42f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a7e58d9110104905adf35ac90f084042.psmdcp" Id="R82e08c79c96d4d28" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>BPCQ5</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Reserve Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Quarterly</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>11/6/2020 11:00:00 AM</x:t>
+    <x:t>06/11/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/BPCQ5/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>IAQ</x:t>
   </x:si>
   <x:si>
     <x:t>BOP/International Accounts - Quarterly Series</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Anne O Brien</x:t>
   </x:si>
@@ -763,691 +763,240 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...639 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="BPASSET" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Security" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(Q1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="64">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+      </items>
+    </pivotField>
+    <pivotField name="Quarter" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="64">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H385" totalsRowShown="0">
   <x:autoFilter ref="A1:H385"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="BPASSET"/>
     <x:tableColumn id="4" name="Security"/>
     <x:tableColumn id="5" name="TLIST(Q1)"/>
     <x:tableColumn id="6" name="Quarter"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1716,51 +1265,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/BPCQ5/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1947,51 +1496,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H385"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="15.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="10.996339" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="25.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.567768" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.282054" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.567768" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>39</x:v>
@@ -11989,51 +11538,51 @@
       <x:c r="E385" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="F385" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="G385" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H385" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -12050,51 +11599,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H385" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="BPCQ5"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Reserve Assets"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="BPASSET">
       <x:sharedItems count="6">
         <x:s v="0"/>
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="03"/>
         <x:s v="04"/>
         <x:s v="05"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Security">
       <x:sharedItems count="6">
         <x:s v="Reserve Assets: Total"/>
@@ -12375,27 +11924,3868 @@
         <x:n v="1238"/>
         <x:n v="22"/>
         <x:n v="-65"/>
         <x:n v="40"/>
         <x:n v="-79"/>
         <x:n v="44"/>
         <x:n v="-64"/>
         <x:n v="-17"/>
         <x:n v="-34"/>
         <x:n v="21"/>
         <x:n v="63"/>
         <x:n v="-92"/>
         <x:n v="78"/>
         <x:n v="29"/>
         <x:n v="272"/>
         <x:n v="-10"/>
         <x:n v="-15"/>
         <x:n v="93"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="Euro Million"/>
+    <n v="-165"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="Euro Million"/>
+    <n v="-1011"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="Euro Million"/>
+    <n v="-333"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="Euro Million"/>
+    <n v="-771"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="Euro Million"/>
+    <n v="1887"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="Euro Million"/>
+    <n v="-93"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="Euro Million"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="Euro Million"/>
+    <n v="-61"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="Euro Million"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="Euro Million"/>
+    <n v="-55"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="Euro Million"/>
+    <n v="-38"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="Euro Million"/>
+    <n v="-88"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="Euro Million"/>
+    <n v="-67"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="Euro Million"/>
+    <n v="-199"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="Euro Million"/>
+    <n v="-45"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="Euro Million"/>
+    <n v="-130"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="Euro Million"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="Euro Million"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="Euro Million"/>
+    <n v="-130"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="Euro Million"/>
+    <n v="-28"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="Euro Million"/>
+    <n v="1818"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="Euro Million"/>
+    <n v="-43"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="Euro Million"/>
+    <n v="-84"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="Euro Million"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="Euro Million"/>
+    <n v="1189"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="Euro Million"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="Euro Million"/>
+    <n v="-129"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="Euro Million"/>
+    <n v="-18"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="Euro Million"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="Euro Million"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="Euro Million"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="Euro Million"/>
+    <n v="1345"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="Euro Million"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="Euro Million"/>
+    <n v="-110"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="Euro Million"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="Euro Million"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="Euro Million"/>
+    <n v="-47"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="Euro Million"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="Euro Million"/>
+    <n v="-38"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="Euro Million"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="Euro Million"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="Euro Million"/>
+    <n v="-46"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="Euro Million"/>
+    <n v="-39"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="Euro Million"/>
+    <n v="-67"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="Euro Million"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="Euro Million"/>
+    <n v="-62"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="Euro Million"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="Euro Million"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="Euro Million"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="Euro Million"/>
+    <n v="-19"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="Euro Million"/>
+    <n v="-76"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="Euro Million"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="Euro Million"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="Euro Million"/>
+    <n v="-29"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="Euro Million"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="Euro Million"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="Euro Million"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="Euro Million"/>
+    <n v="-6"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="Euro Million"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="Euro Million"/>
+    <n v="-2"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="Euro Million"/>
+    <n v="-1"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="Euro Million"/>
+    <n v="-4"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="0"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="Euro Million"/>
+    <n v="-4"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="Euro Million"/>
+    <n v="-3"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="Euro Million"/>
+    <n v="-1"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="Euro Million"/>
+    <n v="-24"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="Euro Million"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="Euro Million"/>
+    <n v="-1"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="Euro Million"/>
+    <n v="-1"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="Euro Million"/>
+    <n v="-1"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="Euro Million"/>
+    <n v="-1"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="Euro Million"/>
+    <n v="-1"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="Euro Million"/>
+    <n v="-2"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="Euro Million"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="Euro Million"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="Euro Million"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="Euro Million"/>
+    <n v="-1"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="Euro Million"/>
+    <n v="-1"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="01"/>
+    <s v="Monetary Gold"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="Euro Million"/>
+    <n v="-2"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="Euro Million"/>
+    <n v="-5"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="Euro Million"/>
+    <n v="-4"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="Euro Million"/>
+    <n v="-5"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="Euro Million"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="Euro Million"/>
+    <n v="-3"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="Euro Million"/>
+    <n v="-3"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="Euro Million"/>
+    <n v="-3"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="Euro Million"/>
+    <n v="-2"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="Euro Million"/>
+    <n v="-3"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="Euro Million"/>
+    <n v="-3"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="Euro Million"/>
+    <n v="-2"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="Euro Million"/>
+    <n v="-3"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="Euro Million"/>
+    <n v="-2"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="Euro Million"/>
+    <n v="-2"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="Euro Million"/>
+    <n v="-1"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="Euro Million"/>
+    <n v="-2"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="Euro Million"/>
+    <n v="-2"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="Euro Million"/>
+    <n v="-2"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="Euro Million"/>
+    <n v="-2"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="Euro Million"/>
+    <n v="-2"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="Euro Million"/>
+    <n v="-1"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="Euro Million"/>
+    <n v="-2"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="Euro Million"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="Euro Million"/>
+    <n v="-2"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="Euro Million"/>
+    <n v="-2"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="Euro Million"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="Euro Million"/>
+    <n v="-2"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="Euro Million"/>
+    <n v="-4"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="Euro Million"/>
+    <n v="-1"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="Euro Million"/>
+    <n v="-1"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="Euro Million"/>
+    <n v="-1"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="Euro Million"/>
+    <n v="-1"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="Euro Million"/>
+    <n v="-1"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="Euro Million"/>
+    <n v="-1"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="Euro Million"/>
+    <n v="-3"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="Euro Million"/>
+    <n v="-4"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="Euro Million"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="Euro Million"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="Euro Million"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="Euro Million"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="Euro Million"/>
+    <n v="-1"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="Euro Million"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="Euro Million"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="Euro Million"/>
+    <n v="-5"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="Euro Million"/>
+    <n v="-5"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="Euro Million"/>
+    <n v="-3"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="Euro Million"/>
+    <n v="-6"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="Euro Million"/>
+    <n v="-5"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="Euro Million"/>
+    <n v="-2"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="Euro Million"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="Euro Million"/>
+    <n v="-1"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="Euro Million"/>
+    <n v="-2"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="Euro Million"/>
+    <n v="-3"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="02"/>
+    <s v="Special Drawing Rights"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="Euro Million"/>
+    <n v="-4"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="Euro Million"/>
+    <n v="-127"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="Euro Million"/>
+    <n v="-44"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="Euro Million"/>
+    <n v="-22"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="Euro Million"/>
+    <n v="-6"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="Euro Million"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="Euro Million"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="Euro Million"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="Euro Million"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="Euro Million"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="Euro Million"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="Euro Million"/>
+    <n v="-3"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="Euro Million"/>
+    <n v="-8"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="Euro Million"/>
+    <n v="-29"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="Euro Million"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="Euro Million"/>
+    <n v="-44"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="Euro Million"/>
+    <n v="-28"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="Euro Million"/>
+    <n v="-45"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="Euro Million"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="Euro Million"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="Euro Million"/>
+    <n v="-26"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="Euro Million"/>
+    <n v="-44"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="Euro Million"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="Euro Million"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="Euro Million"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="Euro Million"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="Euro Million"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="Euro Million"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="Euro Million"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="Euro Million"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="Euro Million"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="Euro Million"/>
+    <n v="-45"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="Euro Million"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="Euro Million"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="Euro Million"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="Euro Million"/>
+    <n v="-2"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="Euro Million"/>
+    <n v="-7"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="Euro Million"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="Euro Million"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="Euro Million"/>
+    <n v="-20"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="Euro Million"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="Euro Million"/>
+    <n v="-50"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="Euro Million"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="Euro Million"/>
+    <n v="-28"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="Euro Million"/>
+    <n v="-24"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="Euro Million"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="Euro Million"/>
+    <n v="-14"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="Euro Million"/>
+    <n v="-51"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="Euro Million"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="Euro Million"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="Euro Million"/>
+    <n v="-119"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="03"/>
+    <s v="Reserve Position in the IMF"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="Euro Million"/>
+    <n v="-41"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="Euro Million"/>
+    <n v="-958"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="Euro Million"/>
+    <n v="-306"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="Euro Million"/>
+    <n v="-726"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="Euro Million"/>
+    <n v="1660"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="Euro Million"/>
+    <n v="-143"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="Euro Million"/>
+    <n v="-36"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="Euro Million"/>
+    <n v="-59"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="Euro Million"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="Euro Million"/>
+    <n v="-99"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="Euro Million"/>
+    <n v="-9"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="Euro Million"/>
+    <n v="-179"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="Euro Million"/>
+    <n v="-61"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="Euro Million"/>
+    <n v="-190"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="Euro Million"/>
+    <n v="-13"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="Euro Million"/>
+    <n v="-149"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="Euro Million"/>
+    <n v="311"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="Euro Million"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="Euro Million"/>
+    <n v="-83"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="Euro Million"/>
+    <n v="-37"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="Euro Million"/>
+    <n v="1793"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="Euro Million"/>
+    <n v="-43"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="Euro Million"/>
+    <n v="-55"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="Euro Million"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="Euro Million"/>
+    <n v="1128"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="Euro Million"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="Euro Million"/>
+    <n v="-147"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="Euro Million"/>
+    <n v="-61"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="Euro Million"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="Euro Million"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="Euro Million"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="Euro Million"/>
+    <n v="1238"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="Euro Million"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="Euro Million"/>
+    <n v="-65"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="Euro Million"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="Euro Million"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="Euro Million"/>
+    <n v="-79"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="Euro Million"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="Euro Million"/>
+    <n v="-28"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="Euro Million"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="Euro Million"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="Euro Million"/>
+    <n v="-26"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="Euro Million"/>
+    <n v="-64"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="Euro Million"/>
+    <n v="-17"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="Euro Million"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="Euro Million"/>
+    <n v="-34"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="Euro Million"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="Euro Million"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="Euro Million"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="Euro Million"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="Euro Million"/>
+    <n v="-92"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="Euro Million"/>
+    <n v="-2"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="Euro Million"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="Euro Million"/>
+    <n v="-24"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="Euro Million"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="Euro Million"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="Euro Million"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="Euro Million"/>
+    <n v="-1"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="Euro Million"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="Euro Million"/>
+    <n v="-1"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="Euro Million"/>
+    <n v="-1"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="04"/>
+    <s v="Foreign Exchange"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="Euro Million"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="Euro Million"/>
+    <n v="-5"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="Euro Million"/>
+    <n v="-10"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="Euro Million"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="Euro Million"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="Euro Million"/>
+    <n v="-3"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="Euro Million"/>
+    <n v="-15"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="Euro Million"/>
+    <n v="-10"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="Euro Million"/>
+    <n v="-38"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="Euro Million"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ5"/>
+    <s v="Reserve Assets"/>
+    <s v="05"/>
+    <s v="Other Reserve Assets"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+</pivotCacheRecords>
 </file>