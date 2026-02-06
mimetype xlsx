--- v0 (2025-11-04)
+++ v1 (2026-02-06)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6852988180ac4580" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c67331226c6745079310326ad25e1f98.psmdcp" Id="R60ac119cfd9147ee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44a6599dcaa04669" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b9def726f4de4d7b8909182b250ed665.psmdcp" Id="R73bd41a32e924b09" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>BPCQ4</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Financial Account</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Quarterly</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>8/5/2020 11:00:00 AM</x:t>
+    <x:t>05/08/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/BPCQ4/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>IAQ</x:t>
   </x:si>
   <x:si>
     <x:t>BOP/International Accounts - Quarterly Series</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Lucia Perez Alfaro</x:t>
   </x:si>
@@ -619,50 +619,53 @@
   </x:si>
   <x:si>
     <x:t>021</x:t>
   </x:si>
   <x:si>
     <x:t>Loans, Currency and Deposits</x:t>
   </x:si>
   <x:si>
     <x:t>022</x:t>
   </x:si>
   <x:si>
     <x:t>Other Investment: Other(excl. Loans, Currency and Deposits)</x:t>
   </x:si>
   <x:si>
     <x:t>03</x:t>
   </x:si>
   <x:si>
     <x:t>Memorandum Item: Government Financial Transactions</x:t>
   </x:si>
   <x:si>
     <x:t>04</x:t>
   </x:si>
   <x:si>
     <x:t>Reserve Assets: Total</x:t>
   </x:si>
+  <x:si>
+    <x:t/>
+  </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
@@ -799,731 +802,250 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...679 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="BPINVES" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Investment" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(Q1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="64">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+      </items>
+    </pivotField>
+    <pivotField name="Quarter" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="64">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H1281" totalsRowShown="0">
   <x:autoFilter ref="A1:H1281"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="BPINVES"/>
     <x:tableColumn id="2" name="Type of Investment"/>
     <x:tableColumn id="3" name="TLIST(Q1)"/>
     <x:tableColumn id="4" name="Quarter"/>
     <x:tableColumn id="5" name="STATISTIC"/>
     <x:tableColumn id="6" name="Statistic Label"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1792,51 +1314,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/BPCQ4/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -2023,51 +1545,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H1281"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="10.853482" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="55.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.567768" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.996339" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="15.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.567768" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>39</x:v>
@@ -32069,3151 +31591,3343 @@
         <x:v>-165</x:v>
       </x:c>
     </x:row>
     <x:row r="1155" spans="1:8">
       <x:c r="A1155" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1155" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1155" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D1155" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E1155" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1155" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1155" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1155" s="0" t="s">
+        <x:v>199</x:v>
+      </x:c>
     </x:row>
     <x:row r="1156" spans="1:8">
       <x:c r="A1156" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1156" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1156" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="D1156" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="E1156" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1156" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1156" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1156" s="0">
         <x:v>-1011</x:v>
       </x:c>
     </x:row>
     <x:row r="1157" spans="1:8">
       <x:c r="A1157" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1157" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1157" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="D1157" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="E1157" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1157" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1157" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1157" s="0" t="s">
+        <x:v>199</x:v>
+      </x:c>
     </x:row>
     <x:row r="1158" spans="1:8">
       <x:c r="A1158" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1158" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1158" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="D1158" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="E1158" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1158" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1158" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1158" s="0">
         <x:v>-333</x:v>
       </x:c>
     </x:row>
     <x:row r="1159" spans="1:8">
       <x:c r="A1159" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1159" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1159" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="D1159" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="E1159" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1159" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1159" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1159" s="0" t="s">
+        <x:v>199</x:v>
+      </x:c>
     </x:row>
     <x:row r="1160" spans="1:8">
       <x:c r="A1160" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1160" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1160" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D1160" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="E1160" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1160" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1160" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1160" s="0">
         <x:v>-771</x:v>
       </x:c>
     </x:row>
     <x:row r="1161" spans="1:8">
       <x:c r="A1161" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1161" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1161" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D1161" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="E1161" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1161" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1161" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1161" s="0" t="s">
+        <x:v>199</x:v>
+      </x:c>
     </x:row>
     <x:row r="1162" spans="1:8">
       <x:c r="A1162" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1162" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1162" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D1162" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="E1162" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1162" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1162" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1162" s="0">
         <x:v>1887</x:v>
       </x:c>
     </x:row>
     <x:row r="1163" spans="1:8">
       <x:c r="A1163" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1163" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1163" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D1163" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="E1163" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1163" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1163" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1163" s="0" t="s">
+        <x:v>199</x:v>
+      </x:c>
     </x:row>
     <x:row r="1164" spans="1:8">
       <x:c r="A1164" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1164" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1164" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D1164" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E1164" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1164" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1164" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1164" s="0">
         <x:v>-93</x:v>
       </x:c>
     </x:row>
     <x:row r="1165" spans="1:8">
       <x:c r="A1165" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1165" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1165" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D1165" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E1165" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1165" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1165" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1165" s="0" t="s">
+        <x:v>199</x:v>
+      </x:c>
     </x:row>
     <x:row r="1166" spans="1:8">
       <x:c r="A1166" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1166" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1166" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D1166" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E1166" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1166" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1166" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1166" s="0">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="1167" spans="1:8">
       <x:c r="A1167" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1167" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1167" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D1167" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E1167" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1167" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1167" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1167" s="0" t="s">
+        <x:v>199</x:v>
+      </x:c>
     </x:row>
     <x:row r="1168" spans="1:8">
       <x:c r="A1168" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1168" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1168" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D1168" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E1168" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1168" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1168" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1168" s="0">
         <x:v>-61</x:v>
       </x:c>
     </x:row>
     <x:row r="1169" spans="1:8">
       <x:c r="A1169" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1169" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1169" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D1169" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E1169" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1169" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1169" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1169" s="0" t="s">
+        <x:v>199</x:v>
+      </x:c>
     </x:row>
     <x:row r="1170" spans="1:8">
       <x:c r="A1170" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1170" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1170" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D1170" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E1170" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1170" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1170" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1170" s="0">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="1171" spans="1:8">
       <x:c r="A1171" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1171" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1171" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D1171" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E1171" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1171" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1171" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1171" s="0" t="s">
+        <x:v>199</x:v>
+      </x:c>
     </x:row>
     <x:row r="1172" spans="1:8">
       <x:c r="A1172" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1172" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1172" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D1172" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E1172" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1172" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1172" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1172" s="0">
         <x:v>-55</x:v>
       </x:c>
     </x:row>
     <x:row r="1173" spans="1:8">
       <x:c r="A1173" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1173" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1173" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D1173" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E1173" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1173" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1173" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1173" s="0" t="s">
+        <x:v>199</x:v>
+      </x:c>
     </x:row>
     <x:row r="1174" spans="1:8">
       <x:c r="A1174" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1174" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1174" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D1174" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E1174" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1174" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1174" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1174" s="0">
         <x:v>-38</x:v>
       </x:c>
     </x:row>
     <x:row r="1175" spans="1:8">
       <x:c r="A1175" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1175" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1175" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D1175" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E1175" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1175" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1175" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1175" s="0" t="s">
+        <x:v>199</x:v>
+      </x:c>
     </x:row>
     <x:row r="1176" spans="1:8">
       <x:c r="A1176" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1176" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1176" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D1176" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E1176" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1176" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1176" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1176" s="0">
         <x:v>-88</x:v>
       </x:c>
     </x:row>
     <x:row r="1177" spans="1:8">
       <x:c r="A1177" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1177" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1177" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D1177" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E1177" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1177" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1177" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1177" s="0" t="s">
+        <x:v>199</x:v>
+      </x:c>
     </x:row>
     <x:row r="1178" spans="1:8">
       <x:c r="A1178" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1178" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1178" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D1178" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E1178" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1178" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1178" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1178" s="0">
         <x:v>-67</x:v>
       </x:c>
     </x:row>
     <x:row r="1179" spans="1:8">
       <x:c r="A1179" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1179" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1179" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D1179" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E1179" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1179" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1179" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1179" s="0" t="s">
+        <x:v>199</x:v>
+      </x:c>
     </x:row>
     <x:row r="1180" spans="1:8">
       <x:c r="A1180" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1180" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1180" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D1180" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E1180" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1180" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1180" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1180" s="0">
         <x:v>-199</x:v>
       </x:c>
     </x:row>
     <x:row r="1181" spans="1:8">
       <x:c r="A1181" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1181" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1181" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D1181" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E1181" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1181" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1181" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1181" s="0" t="s">
+        <x:v>199</x:v>
+      </x:c>
     </x:row>
     <x:row r="1182" spans="1:8">
       <x:c r="A1182" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1182" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1182" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D1182" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E1182" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1182" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1182" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1182" s="0">
         <x:v>-45</x:v>
       </x:c>
     </x:row>
     <x:row r="1183" spans="1:8">
       <x:c r="A1183" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1183" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1183" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D1183" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E1183" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1183" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1183" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1183" s="0" t="s">
+        <x:v>199</x:v>
+      </x:c>
     </x:row>
     <x:row r="1184" spans="1:8">
       <x:c r="A1184" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1184" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1184" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D1184" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E1184" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1184" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1184" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1184" s="0">
         <x:v>-130</x:v>
       </x:c>
     </x:row>
     <x:row r="1185" spans="1:8">
       <x:c r="A1185" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1185" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1185" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D1185" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E1185" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1185" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1185" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1185" s="0" t="s">
+        <x:v>199</x:v>
+      </x:c>
     </x:row>
     <x:row r="1186" spans="1:8">
       <x:c r="A1186" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1186" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1186" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D1186" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E1186" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1186" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1186" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1186" s="0">
         <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="1187" spans="1:8">
       <x:c r="A1187" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1187" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1187" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D1187" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E1187" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1187" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1187" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1187" s="0" t="s">
+        <x:v>199</x:v>
+      </x:c>
     </x:row>
     <x:row r="1188" spans="1:8">
       <x:c r="A1188" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1188" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1188" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D1188" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="E1188" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1188" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1188" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1188" s="0">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="1189" spans="1:8">
       <x:c r="A1189" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1189" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1189" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D1189" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="E1189" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1189" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1189" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1189" s="0" t="s">
+        <x:v>199</x:v>
+      </x:c>
     </x:row>
     <x:row r="1190" spans="1:8">
       <x:c r="A1190" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1190" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1190" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D1190" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E1190" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1190" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1190" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1190" s="0">
         <x:v>-130</x:v>
       </x:c>
     </x:row>
     <x:row r="1191" spans="1:8">
       <x:c r="A1191" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1191" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1191" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D1191" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E1191" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1191" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1191" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1191" s="0" t="s">
+        <x:v>199</x:v>
+      </x:c>
     </x:row>
     <x:row r="1192" spans="1:8">
       <x:c r="A1192" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1192" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1192" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="D1192" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E1192" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1192" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1192" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1192" s="0">
         <x:v>-28</x:v>
       </x:c>
     </x:row>
     <x:row r="1193" spans="1:8">
       <x:c r="A1193" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1193" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1193" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="D1193" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E1193" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1193" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1193" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1193" s="0" t="s">
+        <x:v>199</x:v>
+      </x:c>
     </x:row>
     <x:row r="1194" spans="1:8">
       <x:c r="A1194" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1194" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1194" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D1194" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E1194" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1194" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1194" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1194" s="0">
         <x:v>1818</x:v>
       </x:c>
     </x:row>
     <x:row r="1195" spans="1:8">
       <x:c r="A1195" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1195" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1195" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D1195" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="E1195" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1195" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1195" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1195" s="0" t="s">
+        <x:v>199</x:v>
+      </x:c>
     </x:row>
     <x:row r="1196" spans="1:8">
       <x:c r="A1196" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1196" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1196" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D1196" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E1196" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1196" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1196" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1196" s="0">
         <x:v>-43</x:v>
       </x:c>
     </x:row>
     <x:row r="1197" spans="1:8">
       <x:c r="A1197" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1197" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1197" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D1197" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E1197" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1197" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1197" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1197" s="0" t="s">
+        <x:v>199</x:v>
+      </x:c>
     </x:row>
     <x:row r="1198" spans="1:8">
       <x:c r="A1198" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1198" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1198" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="D1198" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E1198" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1198" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1198" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1198" s="0">
         <x:v>-84</x:v>
       </x:c>
     </x:row>
     <x:row r="1199" spans="1:8">
       <x:c r="A1199" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1199" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1199" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="D1199" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E1199" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1199" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1199" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1199" s="0" t="s">
+        <x:v>199</x:v>
+      </x:c>
     </x:row>
     <x:row r="1200" spans="1:8">
       <x:c r="A1200" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1200" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1200" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D1200" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="E1200" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1200" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1200" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1200" s="0">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="1201" spans="1:8">
       <x:c r="A1201" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1201" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1201" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D1201" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="E1201" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1201" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1201" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1201" s="0" t="s">
+        <x:v>199</x:v>
+      </x:c>
     </x:row>
     <x:row r="1202" spans="1:8">
       <x:c r="A1202" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1202" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1202" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="D1202" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="E1202" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1202" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1202" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1202" s="0">
         <x:v>1189</x:v>
       </x:c>
     </x:row>
     <x:row r="1203" spans="1:8">
       <x:c r="A1203" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1203" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1203" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="D1203" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="E1203" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1203" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1203" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1203" s="0" t="s">
+        <x:v>199</x:v>
+      </x:c>
     </x:row>
     <x:row r="1204" spans="1:8">
       <x:c r="A1204" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1204" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1204" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="D1204" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="E1204" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1204" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1204" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1204" s="0">
         <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="1205" spans="1:8">
       <x:c r="A1205" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1205" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1205" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="D1205" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="E1205" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1205" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1205" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1205" s="0" t="s">
+        <x:v>199</x:v>
+      </x:c>
     </x:row>
     <x:row r="1206" spans="1:8">
       <x:c r="A1206" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1206" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1206" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="D1206" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="E1206" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1206" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1206" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1206" s="0">
         <x:v>-129</x:v>
       </x:c>
     </x:row>
     <x:row r="1207" spans="1:8">
       <x:c r="A1207" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1207" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1207" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="D1207" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="E1207" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1207" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1207" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1207" s="0" t="s">
+        <x:v>199</x:v>
+      </x:c>
     </x:row>
     <x:row r="1208" spans="1:8">
       <x:c r="A1208" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1208" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1208" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="D1208" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="E1208" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1208" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1208" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1208" s="0">
         <x:v>-18</x:v>
       </x:c>
     </x:row>
     <x:row r="1209" spans="1:8">
       <x:c r="A1209" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1209" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1209" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="D1209" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="E1209" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1209" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1209" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1209" s="0" t="s">
+        <x:v>199</x:v>
+      </x:c>
     </x:row>
     <x:row r="1210" spans="1:8">
       <x:c r="A1210" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1210" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1210" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="D1210" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="E1210" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1210" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1210" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1210" s="0">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="1211" spans="1:8">
       <x:c r="A1211" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1211" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1211" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="D1211" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="E1211" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1211" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1211" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1211" s="0" t="s">
+        <x:v>199</x:v>
+      </x:c>
     </x:row>
     <x:row r="1212" spans="1:8">
       <x:c r="A1212" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1212" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1212" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="D1212" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="E1212" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1212" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1212" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1212" s="0">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="1213" spans="1:8">
       <x:c r="A1213" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1213" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1213" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="D1213" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="E1213" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1213" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1213" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1213" s="0" t="s">
+        <x:v>199</x:v>
+      </x:c>
     </x:row>
     <x:row r="1214" spans="1:8">
       <x:c r="A1214" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1214" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1214" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="D1214" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="E1214" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1214" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1214" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1214" s="0">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="1215" spans="1:8">
       <x:c r="A1215" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1215" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1215" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="D1215" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="E1215" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1215" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1215" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1215" s="0" t="s">
+        <x:v>199</x:v>
+      </x:c>
     </x:row>
     <x:row r="1216" spans="1:8">
       <x:c r="A1216" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1216" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1216" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="D1216" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="E1216" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1216" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1216" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1216" s="0">
         <x:v>1345</x:v>
       </x:c>
     </x:row>
     <x:row r="1217" spans="1:8">
       <x:c r="A1217" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1217" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1217" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="D1217" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="E1217" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1217" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1217" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1217" s="0" t="s">
+        <x:v>199</x:v>
+      </x:c>
     </x:row>
     <x:row r="1218" spans="1:8">
       <x:c r="A1218" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1218" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1218" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="D1218" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="E1218" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1218" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1218" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1218" s="0">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="1219" spans="1:8">
       <x:c r="A1219" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1219" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1219" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="D1219" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="E1219" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1219" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1219" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1219" s="0" t="s">
+        <x:v>199</x:v>
+      </x:c>
     </x:row>
     <x:row r="1220" spans="1:8">
       <x:c r="A1220" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1220" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1220" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="D1220" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="E1220" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1220" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1220" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1220" s="0">
         <x:v>-110</x:v>
       </x:c>
     </x:row>
     <x:row r="1221" spans="1:8">
       <x:c r="A1221" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1221" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1221" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="D1221" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="E1221" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1221" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1221" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1221" s="0" t="s">
+        <x:v>199</x:v>
+      </x:c>
     </x:row>
     <x:row r="1222" spans="1:8">
       <x:c r="A1222" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1222" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1222" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="D1222" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="E1222" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1222" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1222" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1222" s="0">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="1223" spans="1:8">
       <x:c r="A1223" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1223" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1223" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="D1223" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="E1223" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1223" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1223" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1223" s="0" t="s">
+        <x:v>199</x:v>
+      </x:c>
     </x:row>
     <x:row r="1224" spans="1:8">
       <x:c r="A1224" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1224" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1224" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="D1224" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1224" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1224" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1224" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1224" s="0">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="1225" spans="1:8">
       <x:c r="A1225" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1225" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1225" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="D1225" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E1225" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1225" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1225" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1225" s="0" t="s">
+        <x:v>199</x:v>
+      </x:c>
     </x:row>
     <x:row r="1226" spans="1:8">
       <x:c r="A1226" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1226" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1226" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="D1226" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="E1226" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1226" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1226" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1226" s="0">
         <x:v>-47</x:v>
       </x:c>
     </x:row>
     <x:row r="1227" spans="1:8">
       <x:c r="A1227" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1227" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1227" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="D1227" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="E1227" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1227" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1227" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1227" s="0" t="s">
+        <x:v>199</x:v>
+      </x:c>
     </x:row>
     <x:row r="1228" spans="1:8">
       <x:c r="A1228" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1228" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1228" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="D1228" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="E1228" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1228" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1228" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1228" s="0">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="1229" spans="1:8">
       <x:c r="A1229" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1229" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1229" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="D1229" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="E1229" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1229" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1229" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1229" s="0" t="s">
+        <x:v>199</x:v>
+      </x:c>
     </x:row>
     <x:row r="1230" spans="1:8">
       <x:c r="A1230" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1230" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1230" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="D1230" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="E1230" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1230" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1230" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1230" s="0">
         <x:v>-38</x:v>
       </x:c>
     </x:row>
     <x:row r="1231" spans="1:8">
       <x:c r="A1231" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1231" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1231" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="D1231" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="E1231" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1231" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1231" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1231" s="0" t="s">
+        <x:v>199</x:v>
+      </x:c>
     </x:row>
     <x:row r="1232" spans="1:8">
       <x:c r="A1232" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1232" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1232" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="D1232" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="E1232" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1232" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1232" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1232" s="0">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="1233" spans="1:8">
       <x:c r="A1233" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1233" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1233" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="D1233" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="E1233" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1233" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1233" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1233" s="0" t="s">
+        <x:v>199</x:v>
+      </x:c>
     </x:row>
     <x:row r="1234" spans="1:8">
       <x:c r="A1234" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1234" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1234" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="D1234" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="E1234" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1234" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1234" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1234" s="0">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="1235" spans="1:8">
       <x:c r="A1235" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1235" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1235" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="D1235" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="E1235" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1235" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1235" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1235" s="0" t="s">
+        <x:v>199</x:v>
+      </x:c>
     </x:row>
     <x:row r="1236" spans="1:8">
       <x:c r="A1236" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1236" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1236" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="D1236" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="E1236" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1236" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1236" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1236" s="0">
         <x:v>-46</x:v>
       </x:c>
     </x:row>
     <x:row r="1237" spans="1:8">
       <x:c r="A1237" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1237" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1237" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="D1237" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="E1237" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1237" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1237" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1237" s="0" t="s">
+        <x:v>199</x:v>
+      </x:c>
     </x:row>
     <x:row r="1238" spans="1:8">
       <x:c r="A1238" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1238" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1238" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="D1238" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="E1238" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1238" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1238" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1238" s="0">
         <x:v>-39</x:v>
       </x:c>
     </x:row>
     <x:row r="1239" spans="1:8">
       <x:c r="A1239" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1239" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1239" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="D1239" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="E1239" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1239" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1239" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1239" s="0" t="s">
+        <x:v>199</x:v>
+      </x:c>
     </x:row>
     <x:row r="1240" spans="1:8">
       <x:c r="A1240" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1240" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1240" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="D1240" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="E1240" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1240" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1240" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1240" s="0">
         <x:v>-67</x:v>
       </x:c>
     </x:row>
     <x:row r="1241" spans="1:8">
       <x:c r="A1241" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1241" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1241" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="D1241" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="E1241" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1241" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1241" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1241" s="0" t="s">
+        <x:v>199</x:v>
+      </x:c>
     </x:row>
     <x:row r="1242" spans="1:8">
       <x:c r="A1242" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1242" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1242" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="D1242" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="E1242" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1242" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1242" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1242" s="0">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="1243" spans="1:8">
       <x:c r="A1243" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1243" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1243" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="D1243" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="E1243" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1243" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1243" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1243" s="0" t="s">
+        <x:v>199</x:v>
+      </x:c>
     </x:row>
     <x:row r="1244" spans="1:8">
       <x:c r="A1244" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1244" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1244" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="D1244" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="E1244" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1244" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1244" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1244" s="0">
         <x:v>-62</x:v>
       </x:c>
     </x:row>
     <x:row r="1245" spans="1:8">
       <x:c r="A1245" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1245" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1245" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="D1245" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="E1245" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1245" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1245" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1245" s="0" t="s">
+        <x:v>199</x:v>
+      </x:c>
     </x:row>
     <x:row r="1246" spans="1:8">
       <x:c r="A1246" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1246" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1246" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="D1246" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="E1246" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1246" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1246" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1246" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="1247" spans="1:8">
       <x:c r="A1247" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1247" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1247" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="D1247" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="E1247" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1247" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1247" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1247" s="0" t="s">
+        <x:v>199</x:v>
+      </x:c>
     </x:row>
     <x:row r="1248" spans="1:8">
       <x:c r="A1248" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1248" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1248" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="D1248" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="E1248" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1248" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1248" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1248" s="0">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="1249" spans="1:8">
       <x:c r="A1249" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1249" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1249" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="D1249" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="E1249" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1249" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1249" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1249" s="0" t="s">
+        <x:v>199</x:v>
+      </x:c>
     </x:row>
     <x:row r="1250" spans="1:8">
       <x:c r="A1250" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1250" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1250" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="D1250" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="E1250" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1250" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1250" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1250" s="0">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="1251" spans="1:8">
       <x:c r="A1251" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1251" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1251" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="D1251" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="E1251" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1251" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1251" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1251" s="0" t="s">
+        <x:v>199</x:v>
+      </x:c>
     </x:row>
     <x:row r="1252" spans="1:8">
       <x:c r="A1252" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1252" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1252" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="D1252" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="E1252" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1252" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1252" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1252" s="0">
         <x:v>-19</x:v>
       </x:c>
     </x:row>
     <x:row r="1253" spans="1:8">
       <x:c r="A1253" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1253" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1253" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="D1253" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="E1253" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1253" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1253" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1253" s="0" t="s">
+        <x:v>199</x:v>
+      </x:c>
     </x:row>
     <x:row r="1254" spans="1:8">
       <x:c r="A1254" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1254" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1254" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="D1254" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="E1254" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1254" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1254" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1254" s="0">
         <x:v>-76</x:v>
       </x:c>
     </x:row>
     <x:row r="1255" spans="1:8">
       <x:c r="A1255" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1255" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1255" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="D1255" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="E1255" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1255" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1255" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1255" s="0" t="s">
+        <x:v>199</x:v>
+      </x:c>
     </x:row>
     <x:row r="1256" spans="1:8">
       <x:c r="A1256" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1256" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1256" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="D1256" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="E1256" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1256" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1256" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1256" s="0">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="1257" spans="1:8">
       <x:c r="A1257" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1257" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1257" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="D1257" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="E1257" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1257" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1257" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1257" s="0" t="s">
+        <x:v>199</x:v>
+      </x:c>
     </x:row>
     <x:row r="1258" spans="1:8">
       <x:c r="A1258" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1258" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1258" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="D1258" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="E1258" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1258" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1258" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1258" s="0">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="1259" spans="1:8">
       <x:c r="A1259" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1259" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1259" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="D1259" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="E1259" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1259" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1259" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1259" s="0" t="s">
+        <x:v>199</x:v>
+      </x:c>
     </x:row>
     <x:row r="1260" spans="1:8">
       <x:c r="A1260" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1260" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1260" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="D1260" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="E1260" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1260" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1260" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1260" s="0">
         <x:v>-29</x:v>
       </x:c>
     </x:row>
     <x:row r="1261" spans="1:8">
       <x:c r="A1261" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1261" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1261" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="D1261" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="E1261" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1261" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1261" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1261" s="0" t="s">
+        <x:v>199</x:v>
+      </x:c>
     </x:row>
     <x:row r="1262" spans="1:8">
       <x:c r="A1262" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1262" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1262" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="D1262" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="E1262" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1262" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1262" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1262" s="0">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="1263" spans="1:8">
       <x:c r="A1263" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1263" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1263" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="D1263" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="E1263" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1263" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1263" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1263" s="0" t="s">
+        <x:v>199</x:v>
+      </x:c>
     </x:row>
     <x:row r="1264" spans="1:8">
       <x:c r="A1264" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1264" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1264" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="D1264" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="E1264" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1264" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1264" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1264" s="0">
         <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="1265" spans="1:8">
       <x:c r="A1265" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1265" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1265" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="D1265" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="E1265" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1265" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1265" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1265" s="0" t="s">
+        <x:v>199</x:v>
+      </x:c>
     </x:row>
     <x:row r="1266" spans="1:8">
       <x:c r="A1266" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1266" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1266" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="D1266" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="E1266" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1266" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1266" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1266" s="0">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="1267" spans="1:8">
       <x:c r="A1267" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1267" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1267" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="D1267" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="E1267" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1267" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1267" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1267" s="0" t="s">
+        <x:v>199</x:v>
+      </x:c>
     </x:row>
     <x:row r="1268" spans="1:8">
       <x:c r="A1268" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1268" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1268" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="D1268" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="E1268" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1268" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1268" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1268" s="0">
         <x:v>-6</x:v>
       </x:c>
     </x:row>
     <x:row r="1269" spans="1:8">
       <x:c r="A1269" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1269" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1269" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="D1269" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="E1269" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1269" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1269" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1269" s="0" t="s">
+        <x:v>199</x:v>
+      </x:c>
     </x:row>
     <x:row r="1270" spans="1:8">
       <x:c r="A1270" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1270" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1270" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="D1270" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="E1270" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1270" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1270" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1270" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="1271" spans="1:8">
       <x:c r="A1271" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1271" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1271" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="D1271" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="E1271" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1271" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1271" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1271" s="0" t="s">
+        <x:v>199</x:v>
+      </x:c>
     </x:row>
     <x:row r="1272" spans="1:8">
       <x:c r="A1272" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1272" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1272" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="D1272" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="E1272" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1272" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1272" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1272" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="1273" spans="1:8">
       <x:c r="A1273" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1273" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1273" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="D1273" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="E1273" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1273" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1273" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1273" s="0" t="s">
+        <x:v>199</x:v>
+      </x:c>
     </x:row>
     <x:row r="1274" spans="1:8">
       <x:c r="A1274" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1274" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1274" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="D1274" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="E1274" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1274" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1274" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1274" s="0">
         <x:v>-2</x:v>
       </x:c>
     </x:row>
     <x:row r="1275" spans="1:8">
       <x:c r="A1275" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1275" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1275" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="D1275" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="E1275" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1275" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1275" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1275" s="0" t="s">
+        <x:v>199</x:v>
+      </x:c>
     </x:row>
     <x:row r="1276" spans="1:8">
       <x:c r="A1276" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1276" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1276" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="D1276" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="E1276" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1276" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1276" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1276" s="0">
         <x:v>-1</x:v>
       </x:c>
     </x:row>
     <x:row r="1277" spans="1:8">
       <x:c r="A1277" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1277" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1277" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="D1277" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="E1277" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1277" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1277" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1277" s="0" t="s">
+        <x:v>199</x:v>
+      </x:c>
     </x:row>
     <x:row r="1278" spans="1:8">
       <x:c r="A1278" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1278" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1278" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="D1278" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="E1278" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1278" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1278" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1278" s="0">
         <x:v>-4</x:v>
       </x:c>
     </x:row>
     <x:row r="1279" spans="1:8">
       <x:c r="A1279" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1279" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1279" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="D1279" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="E1279" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1279" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1279" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H1279" s="0" t="s">
+        <x:v>199</x:v>
+      </x:c>
     </x:row>
     <x:row r="1280" spans="1:8">
       <x:c r="A1280" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1280" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1280" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="D1280" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="E1280" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F1280" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G1280" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1280" s="0">
         <x:v>-4</x:v>
       </x:c>
     </x:row>
     <x:row r="1281" spans="1:8">
       <x:c r="A1281" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B1281" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C1281" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="D1281" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="E1281" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F1281" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G1281" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H1281" s="0" t="s">
+        <x:v>199</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -35230,51 +34944,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H1281" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="BPINVES">
       <x:sharedItems count="10">
         <x:s v="01"/>
         <x:s v="011"/>
         <x:s v="012"/>
         <x:s v="013"/>
         <x:s v="014"/>
         <x:s v="02"/>
         <x:s v="021"/>
         <x:s v="022"/>
         <x:s v="03"/>
         <x:s v="04"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Type of Investment">
       <x:sharedItems count="10">
         <x:s v="Portfolio Investment: Total"/>
         <x:s v="Portfolio Investment: Equity"/>
         <x:s v="Portfolio Investment: Debt Instruments"/>
         <x:s v="Portfolio Investment: Bonds and Notes"/>
         <x:s v="Portfolio Investment: Money Market Instruments"/>
         <x:s v="Other Investment: Total"/>
         <x:s v="Loans, Currency and Deposits"/>
@@ -36614,27 +36328,12828 @@
         <x:n v="-46"/>
         <x:n v="41"/>
         <x:n v="-62"/>
         <x:n v="3"/>
         <x:n v="97"/>
         <x:n v="32"/>
         <x:n v="-19"/>
         <x:n v="-76"/>
         <x:n v="65"/>
         <x:n v="-29"/>
         <x:n v="269"/>
         <x:n v="12"/>
         <x:n v="-6"/>
         <x:n v="1"/>
         <x:n v="5"/>
         <x:n v="-2"/>
         <x:n v="-1"/>
         <x:n v="-4"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-12619"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="11364"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-9136"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="7835"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-15421"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="10009"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-9745"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="9247"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-14597"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="9792"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-21391"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="16164"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-18750"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="14360"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-23281"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="23360"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-26000"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="20778"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-20780"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="25541"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-31861"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="26047"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-10605"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="11522"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-27824"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="29674"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-33401"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="26807"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-22285"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="10641"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-40978"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="32206"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-43829"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="29938"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-21641"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="22581"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-20879"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="9384"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-26745"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="13211"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-28855"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="20082"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-45989"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="35558"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-35881"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="12680"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-33957"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="36385"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-45319"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="55985"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-19360"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="28706"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-30260"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="25454"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-40177"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="39258"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-36085"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="40166"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-40730"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="40303"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-6300"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="32226"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-37644"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="60764"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-67196"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="52127"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-34918"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="29135"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-69095"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="71696"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-42209"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="68595"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-60223"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="59248"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-58052"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="40472"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-9809"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="32578"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-42763"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="31266"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-59836"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="68018"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-39816"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="34274"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="61855"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-73938"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="10368"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-46676"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="19575"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-21906"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-20795"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="5019"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="4049"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="22521"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-2531"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="16694"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-6824"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="26645"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-10881"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="2313"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-43704"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="24123"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="71731"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="22562"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="4217"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="2846"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-2139"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="24484"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-7709"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-11747"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="2987"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="13970"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-62133"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="15867"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="30285"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="3258"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-20029"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="26841"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-21696"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="27386"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-56918"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="36712"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="1633"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-8697"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-17574"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="17740"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-21684"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="5979"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-7049"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="9947"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-3755"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="6320"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-3372"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="9707"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-5245"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="7725"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-5044"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="5891"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-9166"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="12656"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-12164"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="13776"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-7955"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="16987"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-8115"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="17798"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-3699"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="21722"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-14478"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="25562"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-4946"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="9961"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-1522"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="22284"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-7758"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="21828"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-4695"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="17535"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-12792"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="26952"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-15039"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="27300"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-1536"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="18543"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-1954"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="12015"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-10725"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="16390"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-4397"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="11736"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-7542"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="21102"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-4598"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="6512"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-9338"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="27694"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-14317"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="21043"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-5058"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="10449"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-6588"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="12102"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-10855"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="21660"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-9763"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="13580"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-9041"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="21962"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-14329"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="13945"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-15072"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="26155"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-28229"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="43417"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-7767"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="15093"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-11424"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="36293"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-12227"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="33412"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-10418"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="34342"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-6753"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="26521"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-5680"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="15482"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="790"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="25084"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="2694"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="42032"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-6408"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="18269"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="18895"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-53426"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="7564"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-14505"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="9188"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-14244"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-1141"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="7877"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-8618"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="14286"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-7938"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="12326"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-6523"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="14285"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-4702"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="17866"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-7855"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="41334"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-10082"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="41591"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-3836"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="17860"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-1278"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="26405"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="7416"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-3224"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="3970"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="20298"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-5921"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="27051"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="5621"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="8392"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="1395"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="20070"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-12562"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="26284"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-15939"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="33015"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-9861"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="5200"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-9368"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="27269"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-23539"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="16628"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-5570"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="1417"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-5381"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="1514"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-12048"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-4500"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="1523"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-9553"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="3901"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-12226"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="3508"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-6586"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="584"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-15325"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="6373"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-17885"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="2980"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-17081"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="3819"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-17383"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="485"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-5659"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="1561"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-26301"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="7390"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-25643"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="4978"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-17590"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-6893"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-28185"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="5254"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-28790"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="2638"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-20105"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="4038"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-18925"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-2631"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-16020"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-3179"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-24458"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="8346"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-38446"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="14456"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-31283"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="6167"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-24619"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="8691"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-31003"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="34942"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-14302"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="18257"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-23672"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="13352"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-29322"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="17598"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-26322"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="26586"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-31690"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="18341"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="8029"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="18281"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-22572"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="34608"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-38967"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="8709"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-27151"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="14042"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-57671"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="35404"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-29982"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="35183"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-49806"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="24905"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-51299"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="13951"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-4128"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="17096"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-43553"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="6183"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-62530"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="25986"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-33408"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="16006"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="42959"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-20512"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="2804"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-32170"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="10387"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-7662"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-19654"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-2858"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="12667"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="8235"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="5408"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="4368"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-301"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="12360"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-6180"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-15554"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-35849"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-17210"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="81813"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-19029"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="8053"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-15014"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-861"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-1921"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-15125"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-8522"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-983"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-6328"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-56212"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-11185"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="24664"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-5134"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-21424"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="6771"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-9134"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="1102"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-40979"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="3697"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="11494"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-13897"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-8206"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-9529"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="1854"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-10649"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-3433"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="430"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-3946"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="1268"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-9958"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="443"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-659"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-320"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-9023"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="1565"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-9460"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="2213"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-5246"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="2276"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-6009"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="1329"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-10911"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="850"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-7044"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="487"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-8984"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="693"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-5556"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-350"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-12629"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="3466"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-15024"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="2290"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-7176"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-3136"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-15603"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-4117"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-12766"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="2552"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-9209"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="3811"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-7486"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-2251"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-9006"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-3203"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-16934"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="4710"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-25649"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="12812"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-27170"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="7989"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-12788"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="12957"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-16435"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="25764"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-8140"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="19382"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-12846"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="12733"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-25814"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="7195"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-20461"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="19508"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-25863"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="16690"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-11226"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="11416"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-16118"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="13435"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-28186"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="13040"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-19394"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="21648"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-27470"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="23969"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-12491"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="27987"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-21838"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="21511"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-29826"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="13080"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-5832"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="11057"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-27245"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="5525"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-25346"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="21402"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-35241"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="18740"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="13273"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-23309"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="436"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-34924"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="18334"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-4756"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="9494"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-5274"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-2601"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="18131"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="10882"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="8956"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="3701"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="11413"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-70"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="2894"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-40033"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-19047"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="93387"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-2932"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="11505"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-11676"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-8655"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="779"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-2276"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-1312"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-3037"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-6124"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-10263"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-9829"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="1385"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-3831"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-11900"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="4652"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-34828"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-2618"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-28427"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="1749"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="1419"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-13858"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-4064"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-7493"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-11143"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-3236"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-2136"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="987"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-1434"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-2091"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-141"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-3841"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="1843"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-530"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="2336"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-2766"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="1296"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-1341"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-1692"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-9317"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="5045"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-6974"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="2130"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-10037"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="3332"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-8399"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-208"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-103"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="1911"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-13672"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="3924"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-10618"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="2688"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-10414"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-3757"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-12583"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="9371"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-16024"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-10896"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-11439"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-381"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-7013"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-7523"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="3636"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-12798"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="1645"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-4113"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-1822"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-11831"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-4266"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-14567"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="9178"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-6162"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-1125"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-10826"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="619"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-3507"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="10403"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-5861"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="7078"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-5827"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="1651"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="19255"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="6866"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-6455"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="21173"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-10782"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-4331"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-7757"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-7606"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-30201"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="11434"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-17491"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="7196"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-27968"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="3394"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-21473"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="871"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="1704"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="6039"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-16308"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="658"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-37184"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="4584"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="1833"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-2735"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="29686"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="2797"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="2368"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="2753"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-7947"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-2905"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-29148"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="2416"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="15268"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-9896"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-5474"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-4588"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-4001"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="946"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-6109"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-18448"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="4183"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="1836"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-11575"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-16097"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-3453"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-3338"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="7794"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-2700"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-12849"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-7210"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="2054"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-204"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-45948"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-1356"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="23279"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-1303"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-9524"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="2119"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="25694"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="3720"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-12552"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="1948"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="10075"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-39"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-4142"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-2036"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="12997"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-7413"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-3292"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="5232"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-8130"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="8236"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-8767"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="13012"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="2153"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-984"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-9859"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="10743"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-7180"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="5446"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-14910"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="14898"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-4105"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="3993"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-9209"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="12937"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-9823"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="2695"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-8996"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="11648"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-11774"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="3485"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-16443"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="13125"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="693"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="3081"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-7090"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="18157"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-1252"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="8768"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-2305"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="11984"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-11751"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="9406"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-11173"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="15865"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-7801"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="15038"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-17561"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="20758"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-13017"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="11141"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-5492"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="24405"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-22284"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="23618"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-22932"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="17248"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-14201"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="9920"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-4702"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="12396"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-6023"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="19724"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-31186"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="23290"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-21655"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="32529"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-31318"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="19646"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-27083"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="18112"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-442"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="18161"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-36577"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="53126"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-16770"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="10114"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-65179"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="50748"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-32355"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="34629"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-49343"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="72119"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-45318"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="25377"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-30618"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="42253"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-64275"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="67415"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-2993"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="21406"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="7109"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="14726"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-7506"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="50245"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="6968"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-6539"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="30442"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-7098"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="6077"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-28097"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="19916"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-44785"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-14977"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-17155"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-6449"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="23222"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-2122"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="27757"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-8607"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-95810"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="18052"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-29629"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="1866"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-30795"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-7291"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="23179"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="1191"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-11511"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="61220"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-30356"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-16316"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-6130"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="641"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-18405"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="29638"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-34502"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="1571"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="8699"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="16492"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-16517"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="7846"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-10624"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="31102"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-15277"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-1358"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="3895"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-8784"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="7021"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-8336"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="12173"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="2338"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-1084"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-6946"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="10690"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-6422"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="4767"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-13550"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="13636"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-4974"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="4163"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-8921"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="12693"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-8080"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="3193"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-9789"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="10092"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-6021"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="4367"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-10892"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="10068"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="3270"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-276"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-5894"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="13891"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="1726"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="4243"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-2833"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="8447"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-10938"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="7653"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-8969"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="11093"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-4022"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="11266"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-16553"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="18392"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-13405"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="10257"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-6649"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="24351"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-19963"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="22062"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-21683"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="16701"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-12804"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="8049"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-5686"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="10047"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-5558"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="16150"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-26420"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="18440"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-15998"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="29273"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-24056"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="21815"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-21628"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="18447"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="3651"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="8176"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-26859"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="43672"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-25373"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="11797"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-62258"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="43327"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-30441"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="28624"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-48106"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="67108"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-40258"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="19496"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-20883"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="40981"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-61840"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="66393"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-299"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="20355"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="4500"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="17492"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-21028"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="49193"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="1837"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="5313"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="28846"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-4305"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="5377"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-32460"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="18981"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-43127"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-11234"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-25399"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-7731"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="22120"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="1879"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="19210"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="6120"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-94263"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="18332"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-24020"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-322"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-28547"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-3857"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="17115"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-1783"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-4971"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="59017"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-29968"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-18859"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-289"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="2532"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-24712"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="31988"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-24537"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="15612"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-12263"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="18245"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-8389"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="7539"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-5690"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="16549"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-252"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-1934"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="1336"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="654"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="1215"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-430"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="838"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-185"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-2914"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-758"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="679"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-1360"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="1262"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="869"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-169"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-288"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-1743"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-498"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="793"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="1556"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-5753"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-882"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-5551"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="3057"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-2577"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="3357"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-1196"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="4266"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-2978"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="4525"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="529"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="3537"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-813"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="1753"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-2204"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="4772"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-3780"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="3772"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-1008"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="2367"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="388"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="884"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="1157"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-2322"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="1555"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-1249"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="548"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-1397"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="1871"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="984"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="2349"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-464"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="3574"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-4766"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="4850"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-5657"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="3256"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-7263"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-2169"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-5455"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-336"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-4092"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="9986"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-9718"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="9454"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="8603"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-1683"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-2921"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="7421"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-1914"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="6006"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-1236"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="5010"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-5060"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="5881"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-9735"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="1272"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-2435"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="1022"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-2694"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="1052"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="2609"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-2766"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="13522"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="1052"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="5130"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-11852"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="1596"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-2793"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="700"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="4363"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="935"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-1658"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-3743"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="8244"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="1282"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="1102"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-4001"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="8547"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-14727"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-1547"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-280"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-5609"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="2188"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-2247"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-3434"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="6064"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="2974"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-6539"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="2202"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-388"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="2543"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-5841"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-1892"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="6308"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-2351"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-9965"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-14041"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="20962"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-1752"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-8128"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="306"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-4934"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="14553"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-15025"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-90"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-944"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-70"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-291"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-429"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-750"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-3181"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-481"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="749"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="1508"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-2060"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="1769"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-2410"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="1293"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="2487"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-2025"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="414"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-438"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-306"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-2032"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-71"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-531"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="1922"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="3769"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="2057"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-313"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="853"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-1657"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="322"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-331"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-673"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-293"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-908"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="385"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-777"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="2122"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-102"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-192"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-243"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-530"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-949"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="1461"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-243"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="3490"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-346"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-1937"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-426"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-960"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-588"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-314"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="721"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-330"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="425"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-268"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-960"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-838"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-87"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="317"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="457"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-462"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-159"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-730"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="430"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-1976"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="1415"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="697"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="7927"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="531"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-6769"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-1225"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="3950"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="852"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="8964"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="323"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="7915"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-192"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="6390"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-353"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="4044"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-518"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="10296"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="2912"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="1720"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="2598"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="1202"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-323"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="7873"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-1351"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-3396"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-1356"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="5515"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="2983"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-4955"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="1813"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="14662"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="3651"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="3037"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="666"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="996"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-216"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="3796"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-753"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="5490"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="520"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="4498"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-454"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="8587"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-2047"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="1900"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-958"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="6972"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-852"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-379"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-176"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-1688"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-1755"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-165"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-1011"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-333"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-771"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="1887"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-93"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-61"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-55"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-38"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-88"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-67"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-199"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-45"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-130"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-130"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-28"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="1818"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-43"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-84"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="1189"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-129"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-18"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="1345"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-110"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-47"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-38"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-46"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-39"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-67"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-62"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-19"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-76"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-29"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-6"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-2"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-1"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-4"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="BPCQC6"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-4"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="BPCQC7"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+</pivotCacheRecords>
 </file>