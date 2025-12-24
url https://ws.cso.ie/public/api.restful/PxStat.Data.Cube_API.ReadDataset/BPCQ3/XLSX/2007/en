--- v0 (2025-11-05)
+++ v1 (2025-12-24)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99553905ec4442f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/059225fd70234fdcbe68803e4ddf9dee.psmdcp" Id="R2db17ba4aaed4e06" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae1ad9605a7346a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1c7b9734fdf148c3b96f01d5f721508c.psmdcp" Id="Rcc9ffda4272f45c9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>BPCQ3</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Direct Investment</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Quarterly</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>6/9/2020 11:00:00 AM</x:t>
+    <x:t>09/06/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>.. Suppressed for confidentiality reasons</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/BPCQ3/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>IAQ</x:t>
   </x:si>
   <x:si>
     <x:t>BOP/International Accounts - Quarterly Series</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -575,50 +575,53 @@
   <x:si>
     <x:t>20132</x:t>
   </x:si>
   <x:si>
     <x:t>2013Q2</x:t>
   </x:si>
   <x:si>
     <x:t>20133</x:t>
   </x:si>
   <x:si>
     <x:t>2013Q3</x:t>
   </x:si>
   <x:si>
     <x:t>20134</x:t>
   </x:si>
   <x:si>
     <x:t>2013Q4</x:t>
   </x:si>
   <x:si>
     <x:t>01</x:t>
   </x:si>
   <x:si>
     <x:t>Equity</x:t>
   </x:si>
   <x:si>
+    <x:t/>
+  </x:si>
+  <x:si>
     <x:t>02</x:t>
   </x:si>
   <x:si>
     <x:t>Reinvested Earnings</x:t>
   </x:si>
   <x:si>
     <x:t>03</x:t>
   </x:si>
   <x:si>
     <x:t>Other Capital</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
@@ -766,683 +769,238 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...631 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="BPDIRIN" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Investment" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(Q1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="64">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+      </items>
+    </pivotField>
+    <pivotField name="Quarter" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="64">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H513" totalsRowShown="0">
   <x:autoFilter ref="A1:H513"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="BPDIRIN"/>
     <x:tableColumn id="2" name="Type of Investment"/>
     <x:tableColumn id="3" name="TLIST(Q1)"/>
     <x:tableColumn id="4" name="Quarter"/>
     <x:tableColumn id="5" name="STATISTIC"/>
     <x:tableColumn id="6" name="Statistic Label"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1711,51 +1269,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/BPCQ3/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1944,51 +1502,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H513"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="10.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="20.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.567768" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.996339" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="25.853482" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.567768" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -6224,148 +5782,157 @@
         <x:v>3406</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:8">
       <x:c r="A164" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C164" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="D164" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E164" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F164" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G164" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
+      <x:c r="H164" s="0" t="s">
+        <x:v>184</x:v>
+      </x:c>
     </x:row>
     <x:row r="165" spans="1:8">
       <x:c r="A165" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C165" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="D165" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E165" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F165" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H165" s="0">
         <x:v>5055</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:8">
       <x:c r="A166" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C166" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D166" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="E166" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F166" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G166" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
+      <x:c r="H166" s="0" t="s">
+        <x:v>184</x:v>
+      </x:c>
     </x:row>
     <x:row r="167" spans="1:8">
       <x:c r="A167" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C167" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D167" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="E167" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F167" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G167" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H167" s="0">
         <x:v>1881</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:8">
       <x:c r="A168" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C168" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="D168" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="E168" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F168" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G168" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
+      <x:c r="H168" s="0" t="s">
+        <x:v>184</x:v>
+      </x:c>
     </x:row>
     <x:row r="169" spans="1:8">
       <x:c r="A169" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C169" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="D169" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="E169" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F169" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H169" s="0">
         <x:v>4203</x:v>
@@ -6631,99 +6198,105 @@
         <x:v>-1496</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:8">
       <x:c r="A180" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C180" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="D180" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="E180" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F180" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G180" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
+      <x:c r="H180" s="0" t="s">
+        <x:v>184</x:v>
+      </x:c>
     </x:row>
     <x:row r="181" spans="1:8">
       <x:c r="A181" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C181" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="D181" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="E181" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F181" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G181" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H181" s="0">
         <x:v>-1385</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:8">
       <x:c r="A182" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C182" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="D182" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="E182" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F182" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G182" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
+      <x:c r="H182" s="0" t="s">
+        <x:v>184</x:v>
+      </x:c>
     </x:row>
     <x:row r="183" spans="1:8">
       <x:c r="A183" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C183" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="D183" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="E183" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F183" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G183" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H183" s="0">
         <x:v>1505</x:v>
@@ -7197,99 +6770,105 @@
         <x:v>-2921</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:8">
       <x:c r="A202" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C202" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="D202" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="E202" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F202" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G202" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
+      <x:c r="H202" s="0" t="s">
+        <x:v>184</x:v>
+      </x:c>
     </x:row>
     <x:row r="203" spans="1:8">
       <x:c r="A203" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C203" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="D203" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="E203" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F203" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G203" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H203" s="0">
         <x:v>1839</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:8">
       <x:c r="A204" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B204" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C204" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="D204" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="E204" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F204" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G204" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
+      <x:c r="H204" s="0" t="s">
+        <x:v>184</x:v>
+      </x:c>
     </x:row>
     <x:row r="205" spans="1:8">
       <x:c r="A205" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C205" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="D205" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="E205" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F205" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G205" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H205" s="0">
         <x:v>-2185</x:v>
@@ -7451,99 +7030,105 @@
         <x:v>-1282</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:8">
       <x:c r="A212" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B212" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C212" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="D212" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="E212" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F212" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G212" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
+      <x:c r="H212" s="0" t="s">
+        <x:v>184</x:v>
+      </x:c>
     </x:row>
     <x:row r="213" spans="1:8">
       <x:c r="A213" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C213" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="D213" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="E213" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F213" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G213" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H213" s="0">
         <x:v>-2340</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:8">
       <x:c r="A214" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B214" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C214" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="D214" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="E214" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F214" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G214" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
+      <x:c r="H214" s="0" t="s">
+        <x:v>184</x:v>
+      </x:c>
     </x:row>
     <x:row r="215" spans="1:8">
       <x:c r="A215" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C215" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="D215" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="E215" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F215" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G215" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H215" s="0">
         <x:v>-1591</x:v>
@@ -8121,99 +7706,105 @@
         <x:v>4151</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:8">
       <x:c r="A238" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B238" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C238" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="D238" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="E238" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F238" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G238" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
+      <x:c r="H238" s="0" t="s">
+        <x:v>184</x:v>
+      </x:c>
     </x:row>
     <x:row r="239" spans="1:8">
       <x:c r="A239" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C239" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="D239" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="E239" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F239" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G239" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H239" s="0">
         <x:v>1280</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:8">
       <x:c r="A240" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B240" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C240" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="D240" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="E240" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F240" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G240" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
+      <x:c r="H240" s="0" t="s">
+        <x:v>184</x:v>
+      </x:c>
     </x:row>
     <x:row r="241" spans="1:8">
       <x:c r="A241" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C241" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="D241" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="E241" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F241" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G241" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H241" s="0">
         <x:v>-6689</x:v>
@@ -8271,197 +7862,209 @@
         <x:v>4288</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:8">
       <x:c r="A244" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B244" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C244" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="D244" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="E244" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F244" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G244" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
+      <x:c r="H244" s="0" t="s">
+        <x:v>184</x:v>
+      </x:c>
     </x:row>
     <x:row r="245" spans="1:8">
       <x:c r="A245" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C245" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="D245" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="E245" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F245" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G245" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H245" s="0">
         <x:v>3537</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:8">
       <x:c r="A246" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B246" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C246" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="D246" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="E246" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F246" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G246" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
+      <x:c r="H246" s="0" t="s">
+        <x:v>184</x:v>
+      </x:c>
     </x:row>
     <x:row r="247" spans="1:8">
       <x:c r="A247" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C247" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="D247" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="E247" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F247" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G247" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H247" s="0">
         <x:v>2707</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:8">
       <x:c r="A248" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B248" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C248" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="D248" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="E248" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F248" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G248" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
+      <x:c r="H248" s="0" t="s">
+        <x:v>184</x:v>
+      </x:c>
     </x:row>
     <x:row r="249" spans="1:8">
       <x:c r="A249" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C249" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="D249" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="E249" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F249" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G249" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H249" s="0">
         <x:v>816</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:8">
       <x:c r="A250" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B250" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C250" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="D250" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="E250" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F250" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G250" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
+      <x:c r="H250" s="0" t="s">
+        <x:v>184</x:v>
+      </x:c>
     </x:row>
     <x:row r="251" spans="1:8">
       <x:c r="A251" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C251" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="D251" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="E251" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F251" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G251" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H251" s="0">
         <x:v>11200</x:v>
@@ -8571,6698 +8174,6749 @@
         <x:v>-1182</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:8">
       <x:c r="A256" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B256" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C256" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="D256" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="E256" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F256" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G256" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
+      <x:c r="H256" s="0" t="s">
+        <x:v>184</x:v>
+      </x:c>
     </x:row>
     <x:row r="257" spans="1:8">
       <x:c r="A257" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C257" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="D257" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="E257" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F257" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G257" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H257" s="0">
         <x:v>-1800</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:8">
       <x:c r="A258" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B258" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C258" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D258" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E258" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F258" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G258" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H258" s="0">
         <x:v>-352</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:8">
       <x:c r="A259" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C259" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D259" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E259" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F259" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G259" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H259" s="0">
         <x:v>1681</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:8">
       <x:c r="A260" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B260" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C260" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="D260" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="E260" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F260" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G260" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H260" s="0">
         <x:v>-415</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:8">
       <x:c r="A261" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C261" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="D261" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="E261" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F261" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G261" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H261" s="0">
         <x:v>1811</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:8">
       <x:c r="A262" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B262" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C262" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D262" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="E262" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F262" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G262" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H262" s="0">
         <x:v>-443</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:8">
       <x:c r="A263" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C263" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D263" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="E263" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F263" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G263" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H263" s="0">
         <x:v>1344</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:8">
       <x:c r="A264" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B264" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C264" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D264" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E264" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F264" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G264" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H264" s="0">
         <x:v>-317</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:8">
       <x:c r="A265" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C265" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D265" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E265" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F265" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G265" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H265" s="0">
         <x:v>-439</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:8">
       <x:c r="A266" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B266" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C266" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D266" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E266" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F266" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G266" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H266" s="0">
         <x:v>-399</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:8">
       <x:c r="A267" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C267" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D267" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E267" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F267" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G267" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H267" s="0">
         <x:v>1417</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:8">
       <x:c r="A268" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B268" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C268" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D268" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E268" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F268" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G268" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H268" s="0">
         <x:v>-446</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:8">
       <x:c r="A269" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C269" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D269" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E269" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F269" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G269" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H269" s="0">
         <x:v>2517</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:8">
       <x:c r="A270" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B270" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C270" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D270" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E270" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F270" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G270" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H270" s="0">
         <x:v>-445</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:8">
       <x:c r="A271" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C271" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D271" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E271" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F271" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G271" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H271" s="0">
         <x:v>2830</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:8">
       <x:c r="A272" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B272" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C272" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D272" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E272" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F272" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G272" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H272" s="0">
         <x:v>-462</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:8">
       <x:c r="A273" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C273" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D273" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E273" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F273" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G273" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H273" s="0">
         <x:v>1998</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:8">
       <x:c r="A274" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B274" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C274" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="D274" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E274" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F274" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G274" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H274" s="0">
         <x:v>-381</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:8">
       <x:c r="A275" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C275" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="D275" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E275" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F275" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G275" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H275" s="0">
         <x:v>1654</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:8">
       <x:c r="A276" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B276" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C276" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D276" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="E276" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F276" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G276" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H276" s="0">
         <x:v>-428</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:8">
       <x:c r="A277" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C277" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D277" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="E277" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F277" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G277" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H277" s="0">
         <x:v>3052</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:8">
       <x:c r="A278" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B278" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C278" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D278" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E278" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F278" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G278" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H278" s="0">
         <x:v>-366</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:8">
       <x:c r="A279" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C279" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D279" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E279" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F279" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G279" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H279" s="0">
         <x:v>3650</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:8">
       <x:c r="A280" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B280" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C280" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D280" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E280" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F280" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G280" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H280" s="0">
         <x:v>-215</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:8">
       <x:c r="A281" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C281" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D281" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E281" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F281" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G281" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H281" s="0">
         <x:v>2206</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:8">
       <x:c r="A282" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B282" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C282" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D282" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E282" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F282" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G282" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H282" s="0">
         <x:v>-563</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:8">
       <x:c r="A283" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C283" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D283" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E283" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F283" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G283" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H283" s="0">
         <x:v>2705</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:8">
       <x:c r="A284" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B284" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C284" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D284" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E284" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F284" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G284" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H284" s="0">
         <x:v>-376</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:8">
       <x:c r="A285" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C285" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D285" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E285" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F285" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G285" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H285" s="0">
         <x:v>3478</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:8">
       <x:c r="A286" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B286" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C286" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D286" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E286" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F286" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G286" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H286" s="0">
         <x:v>-558</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:8">
       <x:c r="A287" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C287" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D287" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E287" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F287" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G287" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H287" s="0">
         <x:v>2530</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:8">
       <x:c r="A288" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B288" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C288" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D288" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E288" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F288" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G288" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H288" s="0">
         <x:v>-750</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:8">
       <x:c r="A289" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C289" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D289" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E289" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F289" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G289" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H289" s="0">
         <x:v>1657</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:8">
       <x:c r="A290" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B290" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C290" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D290" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="E290" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F290" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G290" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H290" s="0">
         <x:v>-498</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:8">
       <x:c r="A291" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C291" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D291" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="E291" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F291" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G291" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H291" s="0">
         <x:v>2952</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:8">
       <x:c r="A292" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B292" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C292" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="D292" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E292" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F292" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G292" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
+      <x:c r="H292" s="0" t="s">
+        <x:v>184</x:v>
+      </x:c>
     </x:row>
     <x:row r="293" spans="1:8">
       <x:c r="A293" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C293" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="D293" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E293" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F293" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G293" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H293" s="0">
         <x:v>4037</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:8">
       <x:c r="A294" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B294" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C294" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D294" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="E294" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F294" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G294" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
+      <x:c r="H294" s="0" t="s">
+        <x:v>184</x:v>
+      </x:c>
     </x:row>
     <x:row r="295" spans="1:8">
       <x:c r="A295" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C295" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D295" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="E295" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F295" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G295" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H295" s="0">
         <x:v>2618</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:8">
       <x:c r="A296" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B296" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C296" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="D296" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="E296" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F296" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G296" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
+      <x:c r="H296" s="0" t="s">
+        <x:v>184</x:v>
+      </x:c>
     </x:row>
     <x:row r="297" spans="1:8">
       <x:c r="A297" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C297" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="D297" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="E297" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F297" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G297" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H297" s="0">
         <x:v>4979</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:8">
       <x:c r="A298" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B298" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C298" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="D298" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E298" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F298" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G298" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H298" s="0">
         <x:v>-554</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:8">
       <x:c r="A299" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C299" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="D299" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E299" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F299" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G299" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H299" s="0">
         <x:v>4818</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:8">
       <x:c r="A300" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B300" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C300" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D300" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="E300" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F300" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G300" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H300" s="0">
         <x:v>-677</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:8">
       <x:c r="A301" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C301" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D301" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="E301" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F301" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G301" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H301" s="0">
         <x:v>4487</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:8">
       <x:c r="A302" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B302" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C302" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="D302" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="E302" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F302" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G302" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H302" s="0">
         <x:v>-750</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:8">
       <x:c r="A303" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C303" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="D303" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="E303" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F303" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G303" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H303" s="0">
         <x:v>3193</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:8">
       <x:c r="A304" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B304" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C304" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="D304" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="E304" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F304" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G304" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H304" s="0">
         <x:v>-688</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:8">
       <x:c r="A305" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C305" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="D305" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="E305" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F305" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G305" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H305" s="0">
         <x:v>3395</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:8">
       <x:c r="A306" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B306" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C306" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="D306" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="E306" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F306" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G306" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H306" s="0">
         <x:v>-592</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:8">
       <x:c r="A307" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C307" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="D307" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="E307" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F307" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G307" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H307" s="0">
         <x:v>4635</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:8">
       <x:c r="A308" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B308" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C308" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="D308" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="E308" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F308" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G308" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
+      <x:c r="H308" s="0" t="s">
+        <x:v>184</x:v>
+      </x:c>
     </x:row>
     <x:row r="309" spans="1:8">
       <x:c r="A309" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C309" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="D309" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="E309" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F309" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G309" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H309" s="0">
         <x:v>-434</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:8">
       <x:c r="A310" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B310" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C310" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="D310" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="E310" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F310" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G310" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
+      <x:c r="H310" s="0" t="s">
+        <x:v>184</x:v>
+      </x:c>
     </x:row>
     <x:row r="311" spans="1:8">
       <x:c r="A311" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C311" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="D311" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="E311" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F311" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G311" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H311" s="0">
         <x:v>3738</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:8">
       <x:c r="A312" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B312" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C312" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="D312" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="E312" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F312" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G312" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H312" s="0">
         <x:v>-1181</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:8">
       <x:c r="A313" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C313" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="D313" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="E313" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F313" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G313" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H313" s="0">
         <x:v>1352</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:8">
       <x:c r="A314" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B314" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C314" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="D314" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="E314" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F314" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G314" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H314" s="0">
         <x:v>-605</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:8">
       <x:c r="A315" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C315" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="D315" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="E315" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F315" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G315" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H315" s="0">
         <x:v>2638</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:8">
       <x:c r="A316" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B316" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C316" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="D316" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="E316" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F316" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G316" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H316" s="0">
         <x:v>-763</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:8">
       <x:c r="A317" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C317" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="D317" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="E317" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F317" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G317" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H317" s="0">
         <x:v>4454</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:8">
       <x:c r="A318" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B318" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C318" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="D318" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="E318" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F318" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G318" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H318" s="0">
         <x:v>-1223</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:8">
       <x:c r="A319" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C319" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="D319" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="E319" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F319" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G319" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H319" s="0">
         <x:v>-879</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:8">
       <x:c r="A320" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B320" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C320" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="D320" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="E320" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F320" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G320" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H320" s="0">
         <x:v>-1091</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:8">
       <x:c r="A321" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C321" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="D321" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="E321" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F321" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G321" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H321" s="0">
         <x:v>-1956</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:8">
       <x:c r="A322" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B322" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C322" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="D322" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="E322" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F322" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G322" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H322" s="0">
         <x:v>-900</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:8">
       <x:c r="A323" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C323" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="D323" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="E323" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F323" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G323" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H323" s="0">
         <x:v>5146</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:8">
       <x:c r="A324" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B324" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C324" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="D324" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="E324" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F324" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G324" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H324" s="0">
         <x:v>-608</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:8">
       <x:c r="A325" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C325" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="D325" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="E325" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F325" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G325" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H325" s="0">
         <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:8">
       <x:c r="A326" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B326" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C326" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="D326" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="E326" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F326" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G326" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H326" s="0">
         <x:v>-1093</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:8">
       <x:c r="A327" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C327" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="D327" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="E327" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F327" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G327" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H327" s="0">
         <x:v>4271</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:8">
       <x:c r="A328" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B328" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C328" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D328" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="E328" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F328" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G328" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H328" s="0">
         <x:v>-1226</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:8">
       <x:c r="A329" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C329" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D329" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="E329" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F329" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G329" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H329" s="0">
         <x:v>-119</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:8">
       <x:c r="A330" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B330" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C330" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="D330" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="E330" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F330" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G330" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
+      <x:c r="H330" s="0" t="s">
+        <x:v>184</x:v>
+      </x:c>
     </x:row>
     <x:row r="331" spans="1:8">
       <x:c r="A331" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C331" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="D331" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="E331" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F331" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G331" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H331" s="0">
         <x:v>5659</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:8">
       <x:c r="A332" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B332" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C332" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="D332" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="E332" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F332" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G332" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
+      <x:c r="H332" s="0" t="s">
+        <x:v>184</x:v>
+      </x:c>
     </x:row>
     <x:row r="333" spans="1:8">
       <x:c r="A333" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C333" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="D333" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="E333" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F333" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G333" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H333" s="0">
         <x:v>5507</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:8">
       <x:c r="A334" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B334" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C334" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="D334" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="E334" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F334" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G334" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H334" s="0">
         <x:v>-1508</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:8">
       <x:c r="A335" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C335" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="D335" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="E335" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F335" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G335" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H335" s="0">
         <x:v>3473</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:8">
       <x:c r="A336" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B336" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C336" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="D336" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="E336" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F336" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G336" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H336" s="0">
         <x:v>-1572</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:8">
       <x:c r="A337" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C337" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="D337" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="E337" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F337" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G337" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H337" s="0">
         <x:v>3607</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:8">
       <x:c r="A338" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B338" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C338" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="D338" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="E338" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F338" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G338" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H338" s="0">
         <x:v>-1234</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:8">
       <x:c r="A339" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C339" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="D339" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="E339" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F339" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G339" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H339" s="0">
         <x:v>4656</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:8">
       <x:c r="A340" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B340" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C340" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="D340" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="E340" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F340" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G340" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
+      <x:c r="H340" s="0" t="s">
+        <x:v>184</x:v>
+      </x:c>
     </x:row>
     <x:row r="341" spans="1:8">
       <x:c r="A341" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C341" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="D341" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="E341" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F341" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G341" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H341" s="0">
         <x:v>3851</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:8">
       <x:c r="A342" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B342" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C342" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="D342" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="E342" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F342" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G342" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
+      <x:c r="H342" s="0" t="s">
+        <x:v>184</x:v>
+      </x:c>
     </x:row>
     <x:row r="343" spans="1:8">
       <x:c r="A343" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C343" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="D343" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="E343" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F343" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G343" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H343" s="0">
         <x:v>4684</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:8">
       <x:c r="A344" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B344" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C344" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="D344" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="E344" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F344" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G344" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H344" s="0">
         <x:v>-891</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:8">
       <x:c r="A345" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C345" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="D345" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="E345" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F345" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G345" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H345" s="0">
         <x:v>1929</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:8">
       <x:c r="A346" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B346" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C346" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="D346" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="E346" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F346" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G346" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H346" s="0">
         <x:v>-779</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:8">
       <x:c r="A347" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C347" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="D347" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="E347" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F347" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G347" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H347" s="0">
         <x:v>5468</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:8">
       <x:c r="A348" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B348" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C348" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="D348" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="E348" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F348" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G348" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H348" s="0">
         <x:v>-1011</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:8">
       <x:c r="A349" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C349" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="D349" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="E349" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F349" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G349" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H349" s="0">
         <x:v>4016</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:8">
       <x:c r="A350" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B350" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C350" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="D350" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="E350" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F350" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G350" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H350" s="0">
         <x:v>-1350</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:8">
       <x:c r="A351" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C351" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="D351" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="E351" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F351" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G351" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H351" s="0">
         <x:v>4386</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:8">
       <x:c r="A352" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B352" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C352" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="D352" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="E352" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F352" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G352" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H352" s="0">
         <x:v>-1535</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:8">
       <x:c r="A353" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C353" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="D353" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="E353" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F353" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G353" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H353" s="0">
         <x:v>3431</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:8">
       <x:c r="A354" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B354" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C354" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="D354" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="E354" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F354" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G354" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H354" s="0">
         <x:v>-2157</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:8">
       <x:c r="A355" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C355" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="D355" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="E355" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F355" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G355" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H355" s="0">
         <x:v>7091</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:8">
       <x:c r="A356" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B356" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C356" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="D356" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="E356" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F356" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G356" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H356" s="0">
         <x:v>-2171</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:8">
       <x:c r="A357" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C357" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="D357" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="E357" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F357" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G357" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H357" s="0">
         <x:v>6458</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:8">
       <x:c r="A358" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B358" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C358" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="D358" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="E358" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F358" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G358" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H358" s="0">
         <x:v>-3416</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:8">
       <x:c r="A359" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C359" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="D359" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="E359" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F359" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G359" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H359" s="0">
         <x:v>5756</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:8">
       <x:c r="A360" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B360" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C360" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="D360" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="E360" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F360" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G360" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H360" s="0">
         <x:v>-2777</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:8">
       <x:c r="A361" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C361" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="D361" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="E361" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F361" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G361" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H361" s="0">
         <x:v>1049</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:8">
       <x:c r="A362" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B362" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C362" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="D362" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="E362" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F362" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G362" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H362" s="0">
         <x:v>-2277</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:8">
       <x:c r="A363" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C363" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="D363" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="E363" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F363" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G363" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H363" s="0">
         <x:v>6522</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:8">
       <x:c r="A364" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B364" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C364" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="D364" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="E364" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F364" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G364" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H364" s="0">
         <x:v>-2343</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:8">
       <x:c r="A365" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C365" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="D365" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="E365" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F365" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G365" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H365" s="0">
         <x:v>7044</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:8">
       <x:c r="A366" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B366" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C366" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="D366" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="E366" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F366" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G366" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
+      <x:c r="H366" s="0" t="s">
+        <x:v>184</x:v>
+      </x:c>
     </x:row>
     <x:row r="367" spans="1:8">
       <x:c r="A367" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C367" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="D367" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="E367" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F367" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G367" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H367" s="0">
         <x:v>7383</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:8">
       <x:c r="A368" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B368" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C368" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="D368" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="E368" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F368" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G368" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
+      <x:c r="H368" s="0" t="s">
+        <x:v>184</x:v>
+      </x:c>
     </x:row>
     <x:row r="369" spans="1:8">
       <x:c r="A369" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C369" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="D369" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="E369" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F369" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G369" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H369" s="0">
         <x:v>2683</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:8">
       <x:c r="A370" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B370" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C370" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="D370" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="E370" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F370" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G370" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H370" s="0">
         <x:v>-3303</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:8">
       <x:c r="A371" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C371" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="D371" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="E371" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F371" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G371" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H371" s="0">
         <x:v>6768</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:8">
       <x:c r="A372" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B372" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C372" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="D372" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="E372" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F372" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G372" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
+      <x:c r="H372" s="0" t="s">
+        <x:v>184</x:v>
+      </x:c>
     </x:row>
     <x:row r="373" spans="1:8">
       <x:c r="A373" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C373" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="D373" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="E373" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F373" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G373" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H373" s="0">
         <x:v>5838</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:8">
       <x:c r="A374" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B374" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C374" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="D374" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="E374" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F374" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G374" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
+      <x:c r="H374" s="0" t="s">
+        <x:v>184</x:v>
+      </x:c>
     </x:row>
     <x:row r="375" spans="1:8">
       <x:c r="A375" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C375" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="D375" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="E375" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F375" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G375" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H375" s="0">
         <x:v>5353</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:8">
       <x:c r="A376" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B376" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C376" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="D376" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="E376" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F376" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G376" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
+      <x:c r="H376" s="0" t="s">
+        <x:v>184</x:v>
+      </x:c>
     </x:row>
     <x:row r="377" spans="1:8">
       <x:c r="A377" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C377" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="D377" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="E377" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F377" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G377" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H377" s="0">
         <x:v>4010</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:8">
       <x:c r="A378" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B378" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C378" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="D378" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="E378" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F378" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G378" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
+      <x:c r="H378" s="0" t="s">
+        <x:v>184</x:v>
+      </x:c>
     </x:row>
     <x:row r="379" spans="1:8">
       <x:c r="A379" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C379" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="D379" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="E379" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F379" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G379" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H379" s="0">
         <x:v>4753</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:8">
       <x:c r="A380" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B380" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C380" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="D380" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="E380" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F380" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G380" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H380" s="0">
         <x:v>-2302</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:8">
       <x:c r="A381" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C381" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="D381" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="E381" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F381" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G381" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H381" s="0">
         <x:v>4513</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:8">
       <x:c r="A382" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B382" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C382" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="D382" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="E382" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F382" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G382" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H382" s="0">
         <x:v>-3485</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:8">
       <x:c r="A383" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C383" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="D383" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="E383" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F383" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G383" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H383" s="0">
         <x:v>6270</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:8">
       <x:c r="A384" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B384" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C384" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="D384" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="E384" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F384" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G384" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
+      <x:c r="H384" s="0" t="s">
+        <x:v>184</x:v>
+      </x:c>
     </x:row>
     <x:row r="385" spans="1:8">
       <x:c r="A385" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C385" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="D385" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="E385" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F385" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G385" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H385" s="0">
         <x:v>2989</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:8">
       <x:c r="A386" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B386" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C386" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D386" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E386" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F386" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G386" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H386" s="0">
         <x:v>-256</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:8">
       <x:c r="A387" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C387" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D387" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E387" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F387" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G387" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H387" s="0">
         <x:v>-749</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:8">
       <x:c r="A388" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B388" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C388" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="D388" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="E388" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F388" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G388" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H388" s="0">
         <x:v>-256</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:8">
       <x:c r="A389" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C389" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="D389" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="E389" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F389" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G389" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H389" s="0">
         <x:v>-518</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:8">
       <x:c r="A390" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B390" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C390" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D390" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="E390" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F390" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G390" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H390" s="0">
         <x:v>-279</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:8">
       <x:c r="A391" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C391" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D391" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="E391" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F391" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G391" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H391" s="0">
         <x:v>-142</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:8">
       <x:c r="A392" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B392" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C392" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D392" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E392" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F392" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G392" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H392" s="0">
         <x:v>-256</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:8">
       <x:c r="A393" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C393" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D393" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E393" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F393" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G393" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H393" s="0">
         <x:v>-943</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:8">
       <x:c r="A394" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B394" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C394" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D394" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E394" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F394" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G394" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H394" s="0">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:8">
       <x:c r="A395" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C395" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D395" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E395" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F395" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G395" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H395" s="0">
         <x:v>1357</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:8">
       <x:c r="A396" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B396" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C396" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D396" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E396" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F396" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G396" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H396" s="0">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:8">
       <x:c r="A397" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C397" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D397" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E397" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F397" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G397" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H397" s="0">
         <x:v>-883</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:8">
       <x:c r="A398" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B398" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C398" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D398" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E398" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F398" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G398" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H398" s="0">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:8">
       <x:c r="A399" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C399" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D399" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E399" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F399" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G399" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H399" s="0">
         <x:v>1952</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:8">
       <x:c r="A400" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B400" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C400" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D400" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E400" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F400" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G400" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H400" s="0">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:8">
       <x:c r="A401" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C401" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D401" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E401" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F401" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G401" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H401" s="0">
         <x:v>-1256</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:8">
       <x:c r="A402" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B402" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C402" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="D402" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E402" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F402" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G402" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H402" s="0">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:8">
       <x:c r="A403" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C403" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="D403" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E403" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F403" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G403" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H403" s="0">
         <x:v>-986</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:8">
       <x:c r="A404" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B404" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C404" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D404" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="E404" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F404" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G404" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H404" s="0">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:8">
       <x:c r="A405" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C405" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D405" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="E405" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F405" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G405" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H405" s="0">
         <x:v>1994</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:8">
       <x:c r="A406" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B406" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C406" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D406" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E406" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F406" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G406" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H406" s="0">
         <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:8">
       <x:c r="A407" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C407" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D407" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E407" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F407" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G407" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H407" s="0">
         <x:v>-144</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:8">
       <x:c r="A408" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B408" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C408" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D408" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E408" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F408" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G408" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H408" s="0">
         <x:v>-65</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:8">
       <x:c r="A409" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C409" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D409" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E409" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F409" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G409" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H409" s="0">
         <x:v>31962</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:8">
       <x:c r="A410" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B410" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C410" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D410" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E410" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F410" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G410" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H410" s="0">
         <x:v>-783</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:8">
       <x:c r="A411" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C411" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D411" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E411" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F411" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G411" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H411" s="0">
         <x:v>-527</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:8">
       <x:c r="A412" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B412" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C412" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D412" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E412" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F412" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G412" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H412" s="0">
         <x:v>-18</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:8">
       <x:c r="A413" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C413" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D413" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E413" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F413" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G413" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H413" s="0">
         <x:v>-2078</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:8">
       <x:c r="A414" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B414" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C414" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D414" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E414" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F414" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G414" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H414" s="0">
         <x:v>-314</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:8">
       <x:c r="A415" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C415" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D415" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E415" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F415" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G415" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H415" s="0">
         <x:v>-3695</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:8">
       <x:c r="A416" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B416" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C416" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D416" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E416" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F416" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G416" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H416" s="0">
         <x:v>388</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:8">
       <x:c r="A417" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C417" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D417" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E417" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F417" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G417" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H417" s="0">
         <x:v>-3325</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:8">
       <x:c r="A418" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B418" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C418" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D418" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="E418" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F418" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G418" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H418" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:8">
       <x:c r="A419" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C419" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D419" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="E419" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F419" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G419" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H419" s="0">
         <x:v>858</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:8">
       <x:c r="A420" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B420" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C420" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="D420" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E420" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F420" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G420" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H420" s="0">
         <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:8">
       <x:c r="A421" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C421" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="D421" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E421" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F421" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G421" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H421" s="0">
         <x:v>-1494</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:8">
       <x:c r="A422" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B422" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C422" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D422" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="E422" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F422" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G422" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H422" s="0">
         <x:v>687</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:8">
       <x:c r="A423" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C423" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D423" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="E423" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F423" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G423" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H423" s="0">
         <x:v>4087</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:8">
       <x:c r="A424" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B424" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C424" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="D424" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="E424" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F424" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G424" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H424" s="0">
         <x:v>502</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:8">
       <x:c r="A425" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C425" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="D425" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="E425" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F425" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G425" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H425" s="0">
         <x:v>-1423</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:8">
       <x:c r="A426" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B426" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C426" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="D426" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E426" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F426" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G426" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H426" s="0">
         <x:v>-94</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:8">
       <x:c r="A427" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C427" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="D427" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E427" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F427" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G427" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H427" s="0">
         <x:v>2291</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:8">
       <x:c r="A428" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B428" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C428" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D428" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="E428" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F428" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G428" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H428" s="0">
         <x:v>-1025</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:8">
       <x:c r="A429" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C429" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D429" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="E429" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F429" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G429" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H429" s="0">
         <x:v>4144</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:8">
       <x:c r="A430" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B430" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C430" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="D430" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="E430" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F430" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G430" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H430" s="0">
         <x:v>387</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:8">
       <x:c r="A431" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C431" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="D431" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="E431" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F431" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G431" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H431" s="0">
         <x:v>1359</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:8">
       <x:c r="A432" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B432" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C432" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="D432" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="E432" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F432" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G432" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H432" s="0">
         <x:v>803</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:8">
       <x:c r="A433" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C433" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="D433" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="E433" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F433" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G433" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H433" s="0">
         <x:v>-6996</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:8">
       <x:c r="A434" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B434" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C434" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="D434" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="E434" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F434" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G434" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H434" s="0">
         <x:v>-1502</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:8">
       <x:c r="A435" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C435" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="D435" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="E435" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F435" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G435" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H435" s="0">
         <x:v>-7872</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:8">
       <x:c r="A436" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B436" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C436" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="D436" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="E436" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F436" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G436" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H436" s="0">
         <x:v>-4302</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:8">
       <x:c r="A437" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C437" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="D437" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="E437" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F437" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G437" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H437" s="0">
         <x:v>2359</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:8">
       <x:c r="A438" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B438" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C438" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="D438" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="E438" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F438" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G438" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H438" s="0">
         <x:v>1010</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:8">
       <x:c r="A439" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C439" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="D439" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="E439" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F439" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G439" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H439" s="0">
         <x:v>-3894</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:8">
       <x:c r="A440" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B440" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C440" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="D440" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="E440" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F440" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G440" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H440" s="0">
         <x:v>-1999</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:8">
       <x:c r="A441" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C441" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="D441" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="E441" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F441" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G441" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H441" s="0">
         <x:v>-3764</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:8">
       <x:c r="A442" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B442" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C442" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="D442" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="E442" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F442" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G442" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H442" s="0">
         <x:v>-3585</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:8">
       <x:c r="A443" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C443" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="D443" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="E443" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F443" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G443" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H443" s="0">
         <x:v>3599</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:8">
       <x:c r="A444" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B444" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C444" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="D444" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="E444" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F444" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G444" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H444" s="0">
         <x:v>-1352</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:8">
       <x:c r="A445" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C445" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="D445" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="E445" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F445" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G445" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H445" s="0">
         <x:v>-10155</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:8">
       <x:c r="A446" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B446" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C446" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="D446" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="E446" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F446" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G446" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H446" s="0">
         <x:v>556</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:8">
       <x:c r="A447" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C447" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="D447" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="E447" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F447" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G447" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H447" s="0">
         <x:v>-13174</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:8">
       <x:c r="A448" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B448" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C448" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="D448" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="E448" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F448" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G448" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H448" s="0">
         <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:8">
       <x:c r="A449" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C449" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="D449" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="E449" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F449" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G449" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H449" s="0">
         <x:v>-13968</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:8">
       <x:c r="A450" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B450" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C450" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="D450" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="E450" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F450" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G450" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H450" s="0">
         <x:v>-2248</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:8">
       <x:c r="A451" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C451" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="D451" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="E451" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F451" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G451" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H451" s="0">
         <x:v>-2948</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:8">
       <x:c r="A452" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B452" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C452" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="D452" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="E452" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F452" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G452" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H452" s="0">
         <x:v>3604</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:8">
       <x:c r="A453" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C453" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="D453" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="E453" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F453" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G453" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H453" s="0">
         <x:v>-9279</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:8">
       <x:c r="A454" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B454" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C454" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="D454" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="E454" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F454" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G454" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H454" s="0">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:8">
       <x:c r="A455" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C455" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="D455" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="E455" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F455" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G455" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H455" s="0">
         <x:v>4715</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:8">
       <x:c r="A456" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B456" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C456" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D456" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="E456" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F456" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G456" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H456" s="0">
         <x:v>1606</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:8">
       <x:c r="A457" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C457" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D457" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="E457" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F457" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G457" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H457" s="0">
         <x:v>-2139</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:8">
       <x:c r="A458" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B458" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C458" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="D458" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="E458" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F458" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G458" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H458" s="0">
         <x:v>-3434</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:8">
       <x:c r="A459" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C459" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="D459" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="E459" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F459" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G459" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H459" s="0">
         <x:v>1160</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:8">
       <x:c r="A460" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B460" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C460" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="D460" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="E460" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F460" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G460" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H460" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:8">
       <x:c r="A461" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C461" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="D461" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="E461" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F461" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G461" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H461" s="0">
         <x:v>-4109</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:8">
       <x:c r="A462" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B462" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C462" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="D462" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="E462" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F462" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G462" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H462" s="0">
         <x:v>-850</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:8">
       <x:c r="A463" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C463" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="D463" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="E463" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F463" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G463" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H463" s="0">
         <x:v>1008</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:8">
       <x:c r="A464" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B464" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C464" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="D464" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="E464" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F464" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G464" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H464" s="0">
         <x:v>-816</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:8">
       <x:c r="A465" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C465" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="D465" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="E465" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F465" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G465" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H465" s="0">
         <x:v>3646</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:8">
       <x:c r="A466" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B466" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C466" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="D466" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="E466" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F466" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G466" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H466" s="0">
         <x:v>-668</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:8">
       <x:c r="A467" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C467" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="D467" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="E467" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F467" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G467" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H467" s="0">
         <x:v>-4843</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:8">
       <x:c r="A468" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B468" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C468" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="D468" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="E468" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F468" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G468" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H468" s="0">
         <x:v>-952</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:8">
       <x:c r="A469" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C469" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="D469" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="E469" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F469" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G469" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H469" s="0">
         <x:v>-3503</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:8">
       <x:c r="A470" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B470" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C470" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="D470" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="E470" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F470" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G470" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H470" s="0">
         <x:v>-1346</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:8">
       <x:c r="A471" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C471" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="D471" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="E471" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F471" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G471" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H471" s="0">
         <x:v>-7315</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:8">
       <x:c r="A472" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B472" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C472" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="D472" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="E472" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F472" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G472" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H472" s="0">
         <x:v>-209</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:8">
       <x:c r="A473" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C473" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="D473" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="E473" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F473" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G473" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H473" s="0">
         <x:v>-7607</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:8">
       <x:c r="A474" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B474" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C474" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="D474" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="E474" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F474" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G474" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H474" s="0">
         <x:v>-1533</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:8">
       <x:c r="A475" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B475" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C475" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="D475" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="E475" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F475" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G475" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H475" s="0">
         <x:v>-4325</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:8">
       <x:c r="A476" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B476" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C476" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="D476" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="E476" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F476" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G476" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H476" s="0">
         <x:v>305</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:8">
       <x:c r="A477" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C477" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="D477" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="E477" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F477" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G477" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H477" s="0">
         <x:v>3257</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:8">
       <x:c r="A478" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B478" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C478" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="D478" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="E478" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F478" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G478" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H478" s="0">
         <x:v>-1253</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:8">
       <x:c r="A479" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C479" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="D479" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="E479" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F479" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G479" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H479" s="0">
         <x:v>-6514</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:8">
       <x:c r="A480" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B480" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C480" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="D480" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="E480" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F480" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G480" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H480" s="0">
         <x:v>-1679</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:8">
       <x:c r="A481" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C481" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="D481" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="E481" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F481" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G481" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H481" s="0">
         <x:v>2952</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:8">
       <x:c r="A482" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B482" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C482" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="D482" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="E482" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F482" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G482" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H482" s="0">
         <x:v>-1437</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:8">
       <x:c r="A483" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C483" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="D483" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="E483" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F483" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G483" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H483" s="0">
         <x:v>-426</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:8">
       <x:c r="A484" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B484" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C484" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="D484" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="E484" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F484" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G484" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H484" s="0">
         <x:v>-602</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:8">
       <x:c r="A485" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C485" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="D485" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="E485" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F485" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G485" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H485" s="0">
         <x:v>-3581</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:8">
       <x:c r="A486" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B486" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C486" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="D486" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="E486" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F486" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G486" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H486" s="0">
         <x:v>-1845</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:8">
       <x:c r="A487" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C487" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="D487" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="E487" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F487" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G487" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H487" s="0">
         <x:v>-4969</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:8">
       <x:c r="A488" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B488" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C488" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="D488" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="E488" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F488" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G488" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H488" s="0">
         <x:v>-2139</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:8">
       <x:c r="A489" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B489" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C489" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="D489" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="E489" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F489" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G489" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H489" s="0">
         <x:v>19332</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:8">
       <x:c r="A490" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B490" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C490" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="D490" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="E490" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F490" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G490" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H490" s="0">
         <x:v>-5982</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:8">
       <x:c r="A491" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B491" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C491" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="D491" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="E491" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F491" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G491" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H491" s="0">
         <x:v>35865</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:8">
       <x:c r="A492" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B492" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C492" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="D492" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="E492" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F492" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G492" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H492" s="0">
         <x:v>-1495</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:8">
       <x:c r="A493" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C493" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="D493" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="E493" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F493" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G493" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H493" s="0">
         <x:v>-2891</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:8">
       <x:c r="A494" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B494" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C494" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="D494" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="E494" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F494" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G494" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H494" s="0">
         <x:v>-4655</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:8">
       <x:c r="A495" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C495" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="D495" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="E495" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F495" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G495" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H495" s="0">
         <x:v>2157</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:8">
       <x:c r="A496" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B496" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C496" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="D496" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="E496" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F496" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G496" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H496" s="0">
         <x:v>8421</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:8">
       <x:c r="A497" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C497" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="D497" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="E497" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F497" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G497" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H497" s="0">
         <x:v>-12002</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:8">
       <x:c r="A498" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B498" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C498" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="D498" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="E498" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F498" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G498" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H498" s="0">
         <x:v>-313</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:8">
       <x:c r="A499" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C499" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="D499" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="E499" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F499" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G499" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H499" s="0">
         <x:v>5855</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:8">
       <x:c r="A500" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B500" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C500" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="D500" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="E500" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F500" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G500" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H500" s="0">
         <x:v>-465</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:8">
       <x:c r="A501" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B501" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C501" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="D501" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="E501" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F501" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G501" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H501" s="0">
         <x:v>-9366</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:8">
       <x:c r="A502" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B502" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C502" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="D502" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="E502" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F502" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G502" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H502" s="0">
         <x:v>-1098</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:8">
       <x:c r="A503" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B503" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C503" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="D503" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="E503" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F503" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G503" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H503" s="0">
         <x:v>5194</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:8">
       <x:c r="A504" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B504" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C504" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="D504" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="E504" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F504" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G504" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H504" s="0">
         <x:v>-3102</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:8">
       <x:c r="A505" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B505" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C505" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="D505" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="E505" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F505" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G505" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H505" s="0">
         <x:v>-5180</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:8">
       <x:c r="A506" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B506" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C506" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="D506" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="E506" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F506" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G506" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H506" s="0">
         <x:v>-60</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:8">
       <x:c r="A507" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B507" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C507" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="D507" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="E507" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F507" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G507" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H507" s="0">
         <x:v>754</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:8">
       <x:c r="A508" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B508" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C508" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="D508" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="E508" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F508" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G508" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H508" s="0">
         <x:v>-4987</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:8">
       <x:c r="A509" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B509" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C509" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="D509" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="E509" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F509" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G509" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H509" s="0">
         <x:v>760</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:8">
       <x:c r="A510" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B510" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C510" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="D510" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="E510" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F510" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G510" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H510" s="0">
         <x:v>-1253</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:8">
       <x:c r="A511" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B511" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C511" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="D511" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="E511" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F511" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G511" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H511" s="0">
         <x:v>-1537</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:8">
       <x:c r="A512" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B512" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C512" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="D512" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="E512" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F512" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G512" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H512" s="0">
         <x:v>-1148</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:8">
       <x:c r="A513" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B513" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C513" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="D513" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="E513" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F513" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G513" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H513" s="0">
         <x:v>-583</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -15279,51 +14933,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H513" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="BPDIRIN">
       <x:sharedItems count="4">
         <x:s v="0"/>
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="03"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Type of Investment">
       <x:sharedItems count="4">
         <x:s v="All Direct Investment"/>
         <x:s v="Equity"/>
         <x:s v="Reinvested Earnings"/>
         <x:s v="Other Capital"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(Q1)">
       <x:sharedItems count="64">
         <x:s v="19981"/>
         <x:s v="19982"/>
         <x:s v="19983"/>
         <x:s v="19984"/>
         <x:s v="19991"/>
@@ -15924,27 +15578,5148 @@
         <x:n v="-4655"/>
         <x:n v="2157"/>
         <x:n v="8421"/>
         <x:n v="-12002"/>
         <x:n v="-313"/>
         <x:n v="5855"/>
         <x:n v="-465"/>
         <x:n v="-9366"/>
         <x:n v="-1098"/>
         <x:n v="5194"/>
         <x:n v="-3102"/>
         <x:n v="-5180"/>
         <x:n v="-60"/>
         <x:n v="754"/>
         <x:n v="-4987"/>
         <x:n v="760"/>
         <x:n v="-1148"/>
         <x:n v="-583"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-968"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="2464"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-1071"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="3036"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-623"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="3017"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-821"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="-612"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-1223"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="5438"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-1389"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="3408"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-1768"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="5557"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-1354"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="2689"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-1305"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="3622"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-1251"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="7435"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-1154"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="7973"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-1314"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="8950"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-1594"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="1191"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="457"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="3912"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-2029"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="3989"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-1377"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="1693"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-1011"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="7216"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-6219"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="7598"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-113"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="8585"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-4372"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="7759"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-946"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="5011"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-809"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="12216"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-1482"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="5311"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-1680"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="-2353"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-3344"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="-4732"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-5409"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="540"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-1190"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="1348"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-4609"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="-5699"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-5015"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="5979"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-1851"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="-5215"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-1537"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="-14194"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-3106"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="-12052"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-4460"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="680"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="-10310"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-5731"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="11064"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-2704"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="-5179"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-7610"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="8658"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-2314"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="-787"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-7166"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="6074"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="1640"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="4107"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-1723"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="-1468"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-1086"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="-1991"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-5055"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="-4221"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-5072"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="-3552"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-2194"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="1087"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-6836"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="7984"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-6088"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="-1419"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-4041"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="10859"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-5684"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="10231"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-4196"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="7168"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-2923"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="1568"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-4071"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="13352"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-5617"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="13820"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-932"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="8305"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-4198"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="10820"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="11585"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="-16008"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-4962"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="16911"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-4337"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-512"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="13253"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-4602"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="-353"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-9855"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="16708"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="702"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="5887"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-4259"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="3551"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-3799"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="606"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-360"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="1532"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-401"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="1743"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="1814"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-248"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="771"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-951"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="2664"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-1071"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="1774"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-1450"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="776"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-1020"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="1947"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-938"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="2954"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-837"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="2389"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-991"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="4467"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-1034"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="-25217"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-248"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="-987"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="850"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="2512"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-1158"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="5154"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-1016"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="3361"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-513"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="3406"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="5055"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="1881"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="4203"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-297"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="-2098"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="893"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="3585"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-1119"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="759"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-1795"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="1248"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-1249"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="-1496"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="-1385"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="1505"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-1429"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="-3286"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-825"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="-258"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="487"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-870"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="-141"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-2198"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="3872"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-1312"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="-2191"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-2315"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="-1207"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-4730"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="2077"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-3083"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="-2921"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="1839"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="-2185"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-4808"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="1593"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="4028"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="-3147"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="-1282"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="-2340"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="-1591"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-3972"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="2127"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="-55"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-6130"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="711"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-3485"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="709"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-827"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="4475"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-2089"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="3565"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-1422"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="4291"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="2338"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="781"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="845"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="-7028"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="2642"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="-28567"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="2906"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="4151"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="1280"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="-6689"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-1346"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="4288"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="3537"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="2707"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="816"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="11200"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="7990"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="614"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="479"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="-1182"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="-1800"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-352"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="1681"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-415"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="1811"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-443"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="1344"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-317"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="-439"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-399"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="1417"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-446"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="2517"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-445"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="2830"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-462"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="1998"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-381"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="1654"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-428"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="3052"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-366"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="3650"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-215"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="2206"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-563"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="2705"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-376"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="3478"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-558"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="2530"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-750"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="1657"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-498"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="2952"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="4037"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="2618"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="4979"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-554"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="4818"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-677"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="4487"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-750"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="3193"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-688"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="3395"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-592"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="4635"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="-434"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="3738"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-1181"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="1352"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-605"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="2638"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-763"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="4454"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-1223"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="-879"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-1091"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="-1956"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-900"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="5146"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-608"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-1093"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="4271"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-1226"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="-119"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="5659"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="5507"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-1508"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="3473"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-1572"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="3607"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-1234"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="4656"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="3851"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="4684"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-891"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="1929"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-779"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="5468"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-1011"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="4016"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-1350"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="4386"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-1535"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="3431"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-2157"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="7091"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-2171"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="6458"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-3416"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="5756"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-2777"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="1049"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-2277"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="6522"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-2343"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="7044"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="7383"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="2683"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-3303"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="6768"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="5838"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="5353"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="4010"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="4753"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-2302"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="4513"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-3485"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="6270"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="2989"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-256"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="-749"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-256"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="-518"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-279"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="-142"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-256"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="-943"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="1357"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="-883"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="1952"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="-1256"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="-986"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="1994"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="-144"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-65"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="31962"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-783"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="-527"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-18"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="-2078"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-314"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="-3695"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="388"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="-3325"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="858"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="-1494"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="687"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="4087"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="502"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="-1423"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-94"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="2291"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-1025"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="4144"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="387"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="1359"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="803"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="-6996"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-1502"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="-7872"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-4302"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="2359"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="1010"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="-3894"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-1999"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="-3764"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-3585"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="3599"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-1352"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="-10155"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="556"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="-13174"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="-13968"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-2248"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="-2948"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="3604"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="-9279"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="4715"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="1606"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="-2139"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-3434"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="1160"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="-4109"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-850"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="1008"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-816"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="3646"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-668"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="-4843"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-952"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="-3503"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-1346"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="-7315"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-209"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="-7607"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-1533"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="-4325"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="305"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="3257"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-1253"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="-6514"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-1679"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="2952"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-1437"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="-426"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-602"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="-3581"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-1845"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="-4969"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-2139"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="19332"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-5982"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="35865"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-1495"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="-2891"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-4655"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="2157"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="8421"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="-12002"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-313"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="5855"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-465"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="-9366"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-1098"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="5194"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-3102"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="-5180"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-60"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="754"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-4987"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="760"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-1253"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="-1537"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="BPCQC4"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-1148"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="BPCQC5"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="-583"/>
+  </r>
+</pivotCacheRecords>
 </file>