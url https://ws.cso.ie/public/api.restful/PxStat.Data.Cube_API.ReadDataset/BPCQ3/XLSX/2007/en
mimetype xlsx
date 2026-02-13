--- v1 (2025-12-24)
+++ v2 (2026-02-13)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae1ad9605a7346a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1c7b9734fdf148c3b96f01d5f721508c.psmdcp" Id="Rcc9ffda4272f45c9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0c604fbe37948c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/630f1528f15e482898a935a4440b6dfd.psmdcp" Id="Ra53fbc2589a84f84" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>