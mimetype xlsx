--- v0 (2025-11-05)
+++ v1 (2026-02-16)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb6818aba3f244d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e4fc37e263b74b259e468a4af9b8e7e1.psmdcp" Id="R7ac38cd354ea47b6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5553d51478249b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/af359db73e674eeda6d015b013254f44.psmdcp" Id="R4a10b73452204250" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>BPCQ2</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Current, Capital and Financial Account Balances</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Quarterly</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/18/2020 11:00:00 AM</x:t>
+    <x:t>18/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/BPCQ2/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>IAQ</x:t>
   </x:si>
   <x:si>
     <x:t>BOP/International Accounts - Quarterly Series</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Lucia Perez Alfaro</x:t>
   </x:si>
@@ -799,739 +799,252 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...687 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C01046V01370" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sub Head" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(Q1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="64">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+      </items>
+    </pivotField>
+    <pivotField name="Quarter" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="64">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H769" totalsRowShown="0">
   <x:autoFilter ref="A1:H769"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C01046V01370"/>
     <x:tableColumn id="4" name="Sub Head"/>
     <x:tableColumn id="5" name="TLIST(Q1)"/>
     <x:tableColumn id="6" name="Quarter"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1800,51 +1313,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/BPCQ2/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -2031,51 +1544,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H769"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="43.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="23.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.567768" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.282054" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.567768" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>39</x:v>
@@ -22057,51 +21570,51 @@
       <x:c r="E769" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="F769" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="G769" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H769" s="0">
         <x:v>15825</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -22118,51 +21631,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H769" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="BPCQ2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Current, Capital and Financial Account Balances"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C01046V01370">
       <x:sharedItems count="12">
         <x:s v="001"/>
         <x:s v="002"/>
         <x:s v="003"/>
         <x:s v="004"/>
         <x:s v="005"/>
         <x:s v="012"/>
         <x:s v="006"/>
         <x:s v="007"/>
         <x:s v="008"/>
         <x:s v="009"/>
         <x:s v="010"/>
@@ -23055,27 +22568,7708 @@
         <x:n v="23345"/>
         <x:n v="-22020"/>
         <x:n v="-24870"/>
         <x:n v="-32131"/>
         <x:n v="16773"/>
         <x:n v="25635"/>
         <x:n v="-104417"/>
         <x:n v="-11577"/>
         <x:n v="-28928"/>
         <x:n v="15888"/>
         <x:n v="-10320"/>
         <x:n v="30864"/>
         <x:n v="-22446"/>
         <x:n v="-17764"/>
         <x:n v="-4864"/>
         <x:n v="10270"/>
         <x:n v="-2779"/>
         <x:n v="15825"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="001"/>
+    <s v="Current Account"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="Euro Million"/>
+    <n v="-173"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="001"/>
+    <s v="Current Account"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="Euro Million"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="001"/>
+    <s v="Current Account"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="Euro Million"/>
+    <n v="512"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="001"/>
+    <s v="Current Account"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="Euro Million"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="001"/>
+    <s v="Current Account"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="Euro Million"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="001"/>
+    <s v="Current Account"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="Euro Million"/>
+    <n v="-6"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="001"/>
+    <s v="Current Account"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="Euro Million"/>
+    <n v="-31"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="001"/>
+    <s v="Current Account"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="Euro Million"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="001"/>
+    <s v="Current Account"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="Euro Million"/>
+    <n v="-432"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="001"/>
+    <s v="Current Account"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="Euro Million"/>
+    <n v="505"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="001"/>
+    <s v="Current Account"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="Euro Million"/>
+    <n v="-238"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="001"/>
+    <s v="Current Account"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="Euro Million"/>
+    <n v="-214"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="001"/>
+    <s v="Current Account"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="Euro Million"/>
+    <n v="-508"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="001"/>
+    <s v="Current Account"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="Euro Million"/>
+    <n v="-26"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="001"/>
+    <s v="Current Account"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="Euro Million"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="001"/>
+    <s v="Current Account"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="Euro Million"/>
+    <n v="-349"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="001"/>
+    <s v="Current Account"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="Euro Million"/>
+    <n v="-741"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="001"/>
+    <s v="Current Account"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="Euro Million"/>
+    <n v="-1244"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="001"/>
+    <s v="Current Account"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="Euro Million"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="001"/>
+    <s v="Current Account"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="Euro Million"/>
+    <n v="516"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="001"/>
+    <s v="Current Account"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="Euro Million"/>
+    <n v="-753"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="001"/>
+    <s v="Current Account"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="Euro Million"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="001"/>
+    <s v="Current Account"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="Euro Million"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="001"/>
+    <s v="Current Account"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="Euro Million"/>
+    <n v="560"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="001"/>
+    <s v="Current Account"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="Euro Million"/>
+    <n v="-107"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="001"/>
+    <s v="Current Account"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="Euro Million"/>
+    <n v="-149"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="001"/>
+    <s v="Current Account"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="Euro Million"/>
+    <n v="-359"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="001"/>
+    <s v="Current Account"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="Euro Million"/>
+    <n v="-252"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="001"/>
+    <s v="Current Account"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="Euro Million"/>
+    <n v="-2009"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="001"/>
+    <s v="Current Account"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="Euro Million"/>
+    <n v="-1250"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="001"/>
+    <s v="Current Account"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="Euro Million"/>
+    <n v="-1215"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="001"/>
+    <s v="Current Account"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="Euro Million"/>
+    <n v="-1216"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="001"/>
+    <s v="Current Account"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="Euro Million"/>
+    <n v="-2302"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="001"/>
+    <s v="Current Account"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="Euro Million"/>
+    <n v="-1437"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="001"/>
+    <s v="Current Account"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="Euro Million"/>
+    <n v="-1227"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="001"/>
+    <s v="Current Account"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="Euro Million"/>
+    <n v="-1338"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="001"/>
+    <s v="Current Account"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="Euro Million"/>
+    <n v="-3624"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="001"/>
+    <s v="Current Account"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="Euro Million"/>
+    <n v="-2096"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="001"/>
+    <s v="Current Account"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="Euro Million"/>
+    <n v="-1641"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="001"/>
+    <s v="Current Account"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="Euro Million"/>
+    <n v="-2763"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="001"/>
+    <s v="Current Account"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="Euro Million"/>
+    <n v="-3997"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="001"/>
+    <s v="Current Account"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="Euro Million"/>
+    <n v="-2563"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="001"/>
+    <s v="Current Account"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="Euro Million"/>
+    <n v="-2976"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="001"/>
+    <s v="Current Account"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="Euro Million"/>
+    <n v="-633"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="001"/>
+    <s v="Current Account"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="Euro Million"/>
+    <n v="-2323"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="001"/>
+    <s v="Current Account"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="Euro Million"/>
+    <n v="-1199"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="001"/>
+    <s v="Current Account"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="Euro Million"/>
+    <n v="-322"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="001"/>
+    <s v="Current Account"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="Euro Million"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="001"/>
+    <s v="Current Account"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="Euro Million"/>
+    <n v="-999"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="001"/>
+    <s v="Current Account"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="Euro Million"/>
+    <n v="-135"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="001"/>
+    <s v="Current Account"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="Euro Million"/>
+    <n v="1405"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="001"/>
+    <s v="Current Account"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="Euro Million"/>
+    <n v="1511"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="001"/>
+    <s v="Current Account"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="Euro Million"/>
+    <n v="-1286"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="001"/>
+    <s v="Current Account"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="Euro Million"/>
+    <n v="603"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="001"/>
+    <s v="Current Account"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="Euro Million"/>
+    <n v="1582"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="001"/>
+    <s v="Current Account"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="Euro Million"/>
+    <n v="1103"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="001"/>
+    <s v="Current Account"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="Euro Million"/>
+    <n v="-705"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="001"/>
+    <s v="Current Account"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="Euro Million"/>
+    <n v="2869"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="001"/>
+    <s v="Current Account"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="Euro Million"/>
+    <n v="2191"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="001"/>
+    <s v="Current Account"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="Euro Million"/>
+    <n v="2895"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="001"/>
+    <s v="Current Account"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="Euro Million"/>
+    <n v="1196"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="001"/>
+    <s v="Current Account"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="Euro Million"/>
+    <n v="2900"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="001"/>
+    <s v="Current Account"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="Euro Million"/>
+    <n v="3425"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="001"/>
+    <s v="Current Account"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="Euro Million"/>
+    <n v="3330"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="002"/>
+    <s v="Capital Account"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="Euro Million"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="002"/>
+    <s v="Capital Account"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="Euro Million"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="002"/>
+    <s v="Capital Account"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="Euro Million"/>
+    <n v="336"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="002"/>
+    <s v="Capital Account"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="Euro Million"/>
+    <n v="374"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="002"/>
+    <s v="Capital Account"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="Euro Million"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="002"/>
+    <s v="Capital Account"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="Euro Million"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="002"/>
+    <s v="Capital Account"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="Euro Million"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="002"/>
+    <s v="Capital Account"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="Euro Million"/>
+    <n v="383"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="002"/>
+    <s v="Capital Account"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="Euro Million"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="002"/>
+    <s v="Capital Account"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="Euro Million"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="002"/>
+    <s v="Capital Account"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="Euro Million"/>
+    <n v="-12"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="002"/>
+    <s v="Capital Account"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="Euro Million"/>
+    <n v="702"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="002"/>
+    <s v="Capital Account"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="Euro Million"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="002"/>
+    <s v="Capital Account"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="Euro Million"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="002"/>
+    <s v="Capital Account"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="Euro Million"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="002"/>
+    <s v="Capital Account"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="Euro Million"/>
+    <n v="318"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="002"/>
+    <s v="Capital Account"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="Euro Million"/>
+    <n v="-14"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="002"/>
+    <s v="Capital Account"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="Euro Million"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="002"/>
+    <s v="Capital Account"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="Euro Million"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="002"/>
+    <s v="Capital Account"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="Euro Million"/>
+    <n v="515"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="002"/>
+    <s v="Capital Account"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="002"/>
+    <s v="Capital Account"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="Euro Million"/>
+    <n v="-38"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="002"/>
+    <s v="Capital Account"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="Euro Million"/>
+    <n v="-192"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="002"/>
+    <s v="Capital Account"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="Euro Million"/>
+    <n v="323"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="002"/>
+    <s v="Capital Account"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="Euro Million"/>
+    <n v="-22"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="002"/>
+    <s v="Capital Account"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="Euro Million"/>
+    <n v="-57"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="002"/>
+    <s v="Capital Account"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="Euro Million"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="002"/>
+    <s v="Capital Account"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="Euro Million"/>
+    <n v="339"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="002"/>
+    <s v="Capital Account"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="Euro Million"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="002"/>
+    <s v="Capital Account"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="Euro Million"/>
+    <n v="-21"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="002"/>
+    <s v="Capital Account"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="Euro Million"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="002"/>
+    <s v="Capital Account"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="Euro Million"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="002"/>
+    <s v="Capital Account"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="Euro Million"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="002"/>
+    <s v="Capital Account"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="Euro Million"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="002"/>
+    <s v="Capital Account"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="Euro Million"/>
+    <n v="-9"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="002"/>
+    <s v="Capital Account"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="Euro Million"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="002"/>
+    <s v="Capital Account"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="Euro Million"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="002"/>
+    <s v="Capital Account"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="Euro Million"/>
+    <n v="-4"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="002"/>
+    <s v="Capital Account"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="Euro Million"/>
+    <n v="-10"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="002"/>
+    <s v="Capital Account"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="Euro Million"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="002"/>
+    <s v="Capital Account"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="Euro Million"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="002"/>
+    <s v="Capital Account"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="Euro Million"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="002"/>
+    <s v="Capital Account"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="Euro Million"/>
+    <n v="-19"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="002"/>
+    <s v="Capital Account"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="Euro Million"/>
+    <n v="-4"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="002"/>
+    <s v="Capital Account"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="Euro Million"/>
+    <n v="-18"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="002"/>
+    <s v="Capital Account"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="Euro Million"/>
+    <n v="-16"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="002"/>
+    <s v="Capital Account"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="Euro Million"/>
+    <n v="-25"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="002"/>
+    <s v="Capital Account"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="Euro Million"/>
+    <n v="-1193"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="002"/>
+    <s v="Capital Account"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="Euro Million"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="002"/>
+    <s v="Capital Account"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="Euro Million"/>
+    <n v="-11"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="002"/>
+    <s v="Capital Account"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="Euro Million"/>
+    <n v="-1"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="002"/>
+    <s v="Capital Account"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="Euro Million"/>
+    <n v="-696"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="002"/>
+    <s v="Capital Account"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="Euro Million"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="002"/>
+    <s v="Capital Account"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="Euro Million"/>
+    <n v="-14"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="002"/>
+    <s v="Capital Account"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="Euro Million"/>
+    <n v="-16"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="002"/>
+    <s v="Capital Account"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="Euro Million"/>
+    <n v="-242"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="002"/>
+    <s v="Capital Account"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="Euro Million"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="002"/>
+    <s v="Capital Account"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="Euro Million"/>
+    <n v="-2093"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="002"/>
+    <s v="Capital Account"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="Euro Million"/>
+    <n v="-11"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="002"/>
+    <s v="Capital Account"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="Euro Million"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="002"/>
+    <s v="Capital Account"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="Euro Million"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="002"/>
+    <s v="Capital Account"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="Euro Million"/>
+    <n v="-3"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="002"/>
+    <s v="Capital Account"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="Euro Million"/>
+    <n v="-32"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="002"/>
+    <s v="Capital Account"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="Euro Million"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="003"/>
+    <s v="Merchandise"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="Euro Million"/>
+    <n v="3823"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="003"/>
+    <s v="Merchandise"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="Euro Million"/>
+    <n v="4130"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="003"/>
+    <s v="Merchandise"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="Euro Million"/>
+    <n v="4883"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="003"/>
+    <s v="Merchandise"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="Euro Million"/>
+    <n v="4675"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="003"/>
+    <s v="Merchandise"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="Euro Million"/>
+    <n v="4915"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="003"/>
+    <s v="Merchandise"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="Euro Million"/>
+    <n v="5131"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="003"/>
+    <s v="Merchandise"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="Euro Million"/>
+    <n v="6114"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="003"/>
+    <s v="Merchandise"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="Euro Million"/>
+    <n v="6010"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="003"/>
+    <s v="Merchandise"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="Euro Million"/>
+    <n v="5457"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="003"/>
+    <s v="Merchandise"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="Euro Million"/>
+    <n v="6447"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="003"/>
+    <s v="Merchandise"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="Euro Million"/>
+    <n v="7351"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="003"/>
+    <s v="Merchandise"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="Euro Million"/>
+    <n v="8011"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="003"/>
+    <s v="Merchandise"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="Euro Million"/>
+    <n v="6771"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="003"/>
+    <s v="Merchandise"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="Euro Million"/>
+    <n v="8089"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="003"/>
+    <s v="Merchandise"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="Euro Million"/>
+    <n v="8085"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="003"/>
+    <s v="Merchandise"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="Euro Million"/>
+    <n v="7549"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="003"/>
+    <s v="Merchandise"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="Euro Million"/>
+    <n v="8977"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="003"/>
+    <s v="Merchandise"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="Euro Million"/>
+    <n v="8598"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="003"/>
+    <s v="Merchandise"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="Euro Million"/>
+    <n v="9265"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="003"/>
+    <s v="Merchandise"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="Euro Million"/>
+    <n v="8602"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="003"/>
+    <s v="Merchandise"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="Euro Million"/>
+    <n v="7622"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="003"/>
+    <s v="Merchandise"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="Euro Million"/>
+    <n v="8421"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="003"/>
+    <s v="Merchandise"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="Euro Million"/>
+    <n v="8338"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="003"/>
+    <s v="Merchandise"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="Euro Million"/>
+    <n v="8223"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="003"/>
+    <s v="Merchandise"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="Euro Million"/>
+    <n v="8143"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="003"/>
+    <s v="Merchandise"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="Euro Million"/>
+    <n v="8142"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="003"/>
+    <s v="Merchandise"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="Euro Million"/>
+    <n v="7763"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="003"/>
+    <s v="Merchandise"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="Euro Million"/>
+    <n v="7375"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="003"/>
+    <s v="Merchandise"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="Euro Million"/>
+    <n v="6422"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="003"/>
+    <s v="Merchandise"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="Euro Million"/>
+    <n v="7425"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="003"/>
+    <s v="Merchandise"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="Euro Million"/>
+    <n v="7339"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="003"/>
+    <s v="Merchandise"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="Euro Million"/>
+    <n v="7032"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="003"/>
+    <s v="Merchandise"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="Euro Million"/>
+    <n v="5752"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="003"/>
+    <s v="Merchandise"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="Euro Million"/>
+    <n v="6898"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="003"/>
+    <s v="Merchandise"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="Euro Million"/>
+    <n v="6984"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="003"/>
+    <s v="Merchandise"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="Euro Million"/>
+    <n v="5397"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="003"/>
+    <s v="Merchandise"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="Euro Million"/>
+    <n v="4187"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="003"/>
+    <s v="Merchandise"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="Euro Million"/>
+    <n v="6146"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="003"/>
+    <s v="Merchandise"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="Euro Million"/>
+    <n v="5076"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="003"/>
+    <s v="Merchandise"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="Euro Million"/>
+    <n v="4402"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="003"/>
+    <s v="Merchandise"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="Euro Million"/>
+    <n v="4573"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="003"/>
+    <s v="Merchandise"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="Euro Million"/>
+    <n v="5814"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="003"/>
+    <s v="Merchandise"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="Euro Million"/>
+    <n v="5809"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="003"/>
+    <s v="Merchandise"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="Euro Million"/>
+    <n v="7615"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="003"/>
+    <s v="Merchandise"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="Euro Million"/>
+    <n v="8085"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="003"/>
+    <s v="Merchandise"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="Euro Million"/>
+    <n v="9001"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="003"/>
+    <s v="Merchandise"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="Euro Million"/>
+    <n v="8198"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="003"/>
+    <s v="Merchandise"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="Euro Million"/>
+    <n v="7185"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="003"/>
+    <s v="Merchandise"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="Euro Million"/>
+    <n v="8870"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="003"/>
+    <s v="Merchandise"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="Euro Million"/>
+    <n v="9687"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="003"/>
+    <s v="Merchandise"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="Euro Million"/>
+    <n v="9741"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="003"/>
+    <s v="Merchandise"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="Euro Million"/>
+    <n v="7453"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="003"/>
+    <s v="Merchandise"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="Euro Million"/>
+    <n v="8648"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="003"/>
+    <s v="Merchandise"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="Euro Million"/>
+    <n v="9554"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="003"/>
+    <s v="Merchandise"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="Euro Million"/>
+    <n v="10084"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="003"/>
+    <s v="Merchandise"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="Euro Million"/>
+    <n v="8395"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="003"/>
+    <s v="Merchandise"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="Euro Million"/>
+    <n v="8401"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="003"/>
+    <s v="Merchandise"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="Euro Million"/>
+    <n v="10039"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="003"/>
+    <s v="Merchandise"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="Euro Million"/>
+    <n v="9312"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="003"/>
+    <s v="Merchandise"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="Euro Million"/>
+    <n v="8616"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="003"/>
+    <s v="Merchandise"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="Euro Million"/>
+    <n v="7458"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="003"/>
+    <s v="Merchandise"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="Euro Million"/>
+    <n v="9789"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="003"/>
+    <s v="Merchandise"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="Euro Million"/>
+    <n v="8946"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="003"/>
+    <s v="Merchandise"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="Euro Million"/>
+    <n v="5986"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="004"/>
+    <s v="Services"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="Euro Million"/>
+    <n v="-2184"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="004"/>
+    <s v="Services"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="Euro Million"/>
+    <n v="-1845"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="004"/>
+    <s v="Services"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="Euro Million"/>
+    <n v="-1908"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="004"/>
+    <s v="Services"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="Euro Million"/>
+    <n v="-2882"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="004"/>
+    <s v="Services"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="Euro Million"/>
+    <n v="-2548"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="004"/>
+    <s v="Services"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="Euro Million"/>
+    <n v="-2492"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="004"/>
+    <s v="Services"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="Euro Million"/>
+    <n v="-2516"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="004"/>
+    <s v="Services"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="Euro Million"/>
+    <n v="-2621"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="004"/>
+    <s v="Services"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="Euro Million"/>
+    <n v="-2887"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="004"/>
+    <s v="Services"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="Euro Million"/>
+    <n v="-3188"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="004"/>
+    <s v="Services"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="Euro Million"/>
+    <n v="-3406"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="004"/>
+    <s v="Services"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="Euro Million"/>
+    <n v="-4408"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="004"/>
+    <s v="Services"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="Euro Million"/>
+    <n v="-3413"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="004"/>
+    <s v="Services"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="Euro Million"/>
+    <n v="-3354"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="004"/>
+    <s v="Services"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="Euro Million"/>
+    <n v="-3085"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="004"/>
+    <s v="Services"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="Euro Million"/>
+    <n v="-3407"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="004"/>
+    <s v="Services"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="Euro Million"/>
+    <n v="-3845"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="004"/>
+    <s v="Services"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="Euro Million"/>
+    <n v="-3683"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="004"/>
+    <s v="Services"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="Euro Million"/>
+    <n v="-3493"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="004"/>
+    <s v="Services"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="Euro Million"/>
+    <n v="-2758"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="004"/>
+    <s v="Services"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="Euro Million"/>
+    <n v="-2472"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="004"/>
+    <s v="Services"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="Euro Million"/>
+    <n v="-2747"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="004"/>
+    <s v="Services"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="Euro Million"/>
+    <n v="-3084"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="004"/>
+    <s v="Services"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="Euro Million"/>
+    <n v="-2788"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="004"/>
+    <s v="Services"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="Euro Million"/>
+    <n v="-2588"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="004"/>
+    <s v="Services"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="Euro Million"/>
+    <n v="-2488"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="004"/>
+    <s v="Services"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="Euro Million"/>
+    <n v="-2700"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="004"/>
+    <s v="Services"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="Euro Million"/>
+    <n v="-2427"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="004"/>
+    <s v="Services"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="Euro Million"/>
+    <n v="-1974"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="004"/>
+    <s v="Services"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="Euro Million"/>
+    <n v="-1799"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="004"/>
+    <s v="Services"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="Euro Million"/>
+    <n v="-2522"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="004"/>
+    <s v="Services"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="Euro Million"/>
+    <n v="-3008"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="004"/>
+    <s v="Services"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="Euro Million"/>
+    <n v="-1448"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="004"/>
+    <s v="Services"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="Euro Million"/>
+    <n v="-2069"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="004"/>
+    <s v="Services"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="Euro Million"/>
+    <n v="-1124"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="004"/>
+    <s v="Services"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="Euro Million"/>
+    <n v="-2156"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="004"/>
+    <s v="Services"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="Euro Million"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="004"/>
+    <s v="Services"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="Euro Million"/>
+    <n v="-346"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="004"/>
+    <s v="Services"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="Euro Million"/>
+    <n v="-68"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="004"/>
+    <s v="Services"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="Euro Million"/>
+    <n v="-857"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="004"/>
+    <s v="Services"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="Euro Million"/>
+    <n v="-1663"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="004"/>
+    <s v="Services"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="Euro Million"/>
+    <n v="-1417"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="004"/>
+    <s v="Services"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="Euro Million"/>
+    <n v="-1294"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="004"/>
+    <s v="Services"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="Euro Million"/>
+    <n v="-3296"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="004"/>
+    <s v="Services"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="Euro Million"/>
+    <n v="-2500"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="004"/>
+    <s v="Services"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="Euro Million"/>
+    <n v="-2040"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="004"/>
+    <s v="Services"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="Euro Million"/>
+    <n v="-611"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="004"/>
+    <s v="Services"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="Euro Million"/>
+    <n v="-1749"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="004"/>
+    <s v="Services"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="Euro Million"/>
+    <n v="-1587"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="004"/>
+    <s v="Services"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="Euro Million"/>
+    <n v="-1847"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="004"/>
+    <s v="Services"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="Euro Million"/>
+    <n v="-1164"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="004"/>
+    <s v="Services"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="Euro Million"/>
+    <n v="-2041"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="004"/>
+    <s v="Services"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="Euro Million"/>
+    <n v="-1438"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="004"/>
+    <s v="Services"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="Euro Million"/>
+    <n v="-188"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="004"/>
+    <s v="Services"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="Euro Million"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="004"/>
+    <s v="Services"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="Euro Million"/>
+    <n v="-142"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="004"/>
+    <s v="Services"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="Euro Million"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="004"/>
+    <s v="Services"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="Euro Million"/>
+    <n v="1531"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="004"/>
+    <s v="Services"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="Euro Million"/>
+    <n v="1258"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="004"/>
+    <s v="Services"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="Euro Million"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="004"/>
+    <s v="Services"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="Euro Million"/>
+    <n v="754"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="004"/>
+    <s v="Services"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="Euro Million"/>
+    <n v="1512"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="004"/>
+    <s v="Services"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="Euro Million"/>
+    <n v="2109"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="004"/>
+    <s v="Services"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="Euro Million"/>
+    <n v="1687"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="005"/>
+    <s v="Income"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="Euro Million"/>
+    <n v="-2071"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="005"/>
+    <s v="Income"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="Euro Million"/>
+    <n v="-2418"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="005"/>
+    <s v="Income"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="Euro Million"/>
+    <n v="-2698"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="005"/>
+    <s v="Income"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="Euro Million"/>
+    <n v="-2195"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="005"/>
+    <s v="Income"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="Euro Million"/>
+    <n v="-2581"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="005"/>
+    <s v="Income"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="Euro Million"/>
+    <n v="-2987"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="005"/>
+    <s v="Income"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="Euro Million"/>
+    <n v="-3792"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="005"/>
+    <s v="Income"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="Euro Million"/>
+    <n v="-3585"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="005"/>
+    <s v="Income"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="Euro Million"/>
+    <n v="-3326"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="005"/>
+    <s v="Income"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="Euro Million"/>
+    <n v="-3007"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="005"/>
+    <s v="Income"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="Euro Million"/>
+    <n v="-4091"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="005"/>
+    <s v="Income"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="Euro Million"/>
+    <n v="-4326"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="005"/>
+    <s v="Income"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="Euro Million"/>
+    <n v="-3929"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="005"/>
+    <s v="Income"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="Euro Million"/>
+    <n v="-4748"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="005"/>
+    <s v="Income"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="Euro Million"/>
+    <n v="-4816"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="005"/>
+    <s v="Income"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="Euro Million"/>
+    <n v="-4802"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="005"/>
+    <s v="Income"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="Euro Million"/>
+    <n v="-5837"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="005"/>
+    <s v="Income"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="Euro Million"/>
+    <n v="-6290"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="005"/>
+    <s v="Income"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="Euro Million"/>
+    <n v="-5529"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="005"/>
+    <s v="Income"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="Euro Million"/>
+    <n v="-6008"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="005"/>
+    <s v="Income"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="Euro Million"/>
+    <n v="-5815"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="005"/>
+    <s v="Income"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="Euro Million"/>
+    <n v="-5634"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="005"/>
+    <s v="Income"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="Euro Million"/>
+    <n v="-5061"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="005"/>
+    <s v="Income"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="Euro Million"/>
+    <n v="-5437"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="005"/>
+    <s v="Income"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="Euro Million"/>
+    <n v="-5601"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="005"/>
+    <s v="Income"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="Euro Million"/>
+    <n v="-5867"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="005"/>
+    <s v="Income"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="Euro Million"/>
+    <n v="-5409"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="005"/>
+    <s v="Income"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="Euro Million"/>
+    <n v="-5604"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="005"/>
+    <s v="Income"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="Euro Million"/>
+    <n v="-6172"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="005"/>
+    <s v="Income"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="Euro Million"/>
+    <n v="-7064"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="005"/>
+    <s v="Income"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="Euro Million"/>
+    <n v="-5771"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="005"/>
+    <s v="Income"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="Euro Million"/>
+    <n v="-5863"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="005"/>
+    <s v="Income"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="Euro Million"/>
+    <n v="-6142"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="005"/>
+    <s v="Income"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="Euro Million"/>
+    <n v="-5914"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="005"/>
+    <s v="Income"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="Euro Million"/>
+    <n v="-6724"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="005"/>
+    <s v="Income"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="Euro Million"/>
+    <n v="-5253"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="005"/>
+    <s v="Income"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="Euro Million"/>
+    <n v="-7259"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="005"/>
+    <s v="Income"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="Euro Million"/>
+    <n v="-7490"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="005"/>
+    <s v="Income"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="Euro Million"/>
+    <n v="-6189"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="005"/>
+    <s v="Income"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="Euro Million"/>
+    <n v="-6887"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="005"/>
+    <s v="Income"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="Euro Million"/>
+    <n v="-6125"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="005"/>
+    <s v="Income"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="Euro Million"/>
+    <n v="-6390"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="005"/>
+    <s v="Income"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="Euro Million"/>
+    <n v="-7106"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="005"/>
+    <s v="Income"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="Euro Million"/>
+    <n v="-5534"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="005"/>
+    <s v="Income"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="Euro Million"/>
+    <n v="-6998"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="005"/>
+    <s v="Income"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="Euro Million"/>
+    <n v="-7435"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="005"/>
+    <s v="Income"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="Euro Million"/>
+    <n v="-7414"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="005"/>
+    <s v="Income"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="Euro Million"/>
+    <n v="-6060"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="005"/>
+    <s v="Income"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="Euro Million"/>
+    <n v="-7444"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="005"/>
+    <s v="Income"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="Euro Million"/>
+    <n v="-7387"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="005"/>
+    <s v="Income"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="Euro Million"/>
+    <n v="-6515"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="005"/>
+    <s v="Income"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="Euro Million"/>
+    <n v="-4572"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="005"/>
+    <s v="Income"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="Euro Million"/>
+    <n v="-7786"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="005"/>
+    <s v="Income"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="Euro Million"/>
+    <n v="-8241"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="005"/>
+    <s v="Income"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="Euro Million"/>
+    <n v="-8009"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="005"/>
+    <s v="Income"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="Euro Million"/>
+    <n v="-7761"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="005"/>
+    <s v="Income"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="Euro Million"/>
+    <n v="-8538"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="005"/>
+    <s v="Income"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="Euro Million"/>
+    <n v="-8090"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="005"/>
+    <s v="Income"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="Euro Million"/>
+    <n v="-7812"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="005"/>
+    <s v="Income"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="Euro Million"/>
+    <n v="-6677"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="005"/>
+    <s v="Income"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="Euro Million"/>
+    <n v="-6192"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="005"/>
+    <s v="Income"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="Euro Million"/>
+    <n v="-7695"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="005"/>
+    <s v="Income"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="Euro Million"/>
+    <n v="-7176"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="005"/>
+    <s v="Income"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="Euro Million"/>
+    <n v="-4901"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="012"/>
+    <s v="Invisibles"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="Euro Million"/>
+    <n v="-3996"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="012"/>
+    <s v="Invisibles"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="Euro Million"/>
+    <n v="-3859"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="012"/>
+    <s v="Invisibles"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="Euro Million"/>
+    <n v="-4371"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="012"/>
+    <s v="Invisibles"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="Euro Million"/>
+    <n v="-4655"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="012"/>
+    <s v="Invisibles"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="Euro Million"/>
+    <n v="-4852"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="012"/>
+    <s v="Invisibles"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="Euro Million"/>
+    <n v="-5137"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="012"/>
+    <s v="Invisibles"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="Euro Million"/>
+    <n v="-6145"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="012"/>
+    <s v="Invisibles"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="Euro Million"/>
+    <n v="-5811"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="012"/>
+    <s v="Invisibles"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="Euro Million"/>
+    <n v="-5889"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="012"/>
+    <s v="Invisibles"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="Euro Million"/>
+    <n v="-5942"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="012"/>
+    <s v="Invisibles"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="Euro Million"/>
+    <n v="-7589"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="012"/>
+    <s v="Invisibles"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="Euro Million"/>
+    <n v="-8225"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="012"/>
+    <s v="Invisibles"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="Euro Million"/>
+    <n v="-7278"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="012"/>
+    <s v="Invisibles"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="Euro Million"/>
+    <n v="-8115"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="012"/>
+    <s v="Invisibles"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="Euro Million"/>
+    <n v="-7958"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="012"/>
+    <s v="Invisibles"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="Euro Million"/>
+    <n v="-7898"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="012"/>
+    <s v="Invisibles"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="Euro Million"/>
+    <n v="-9718"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="012"/>
+    <s v="Invisibles"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="Euro Million"/>
+    <n v="-9842"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="012"/>
+    <s v="Invisibles"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="Euro Million"/>
+    <n v="-9090"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="012"/>
+    <s v="Invisibles"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="Euro Million"/>
+    <n v="-8086"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="012"/>
+    <s v="Invisibles"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="Euro Million"/>
+    <n v="-8376"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="012"/>
+    <s v="Invisibles"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="Euro Million"/>
+    <n v="-8333"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="012"/>
+    <s v="Invisibles"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="Euro Million"/>
+    <n v="-8234"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="012"/>
+    <s v="Invisibles"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="Euro Million"/>
+    <n v="-7663"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="012"/>
+    <s v="Invisibles"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="Euro Million"/>
+    <n v="-8250"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="012"/>
+    <s v="Invisibles"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="Euro Million"/>
+    <n v="-8291"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="012"/>
+    <s v="Invisibles"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="Euro Million"/>
+    <n v="-8122"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="012"/>
+    <s v="Invisibles"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="Euro Million"/>
+    <n v="-7628"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="012"/>
+    <s v="Invisibles"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="Euro Million"/>
+    <n v="-8431"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="012"/>
+    <s v="Invisibles"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="Euro Million"/>
+    <n v="-8676"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="012"/>
+    <s v="Invisibles"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="Euro Million"/>
+    <n v="-8554"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="012"/>
+    <s v="Invisibles"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="Euro Million"/>
+    <n v="-8247"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="012"/>
+    <s v="Invisibles"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="Euro Million"/>
+    <n v="-8054"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="012"/>
+    <s v="Invisibles"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="Euro Million"/>
+    <n v="-8335"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="012"/>
+    <s v="Invisibles"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="Euro Million"/>
+    <n v="-8211"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="012"/>
+    <s v="Invisibles"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="Euro Million"/>
+    <n v="-6736"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="012"/>
+    <s v="Invisibles"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="Euro Million"/>
+    <n v="-7812"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="012"/>
+    <s v="Invisibles"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="Euro Million"/>
+    <n v="-8241"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="012"/>
+    <s v="Invisibles"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="Euro Million"/>
+    <n v="-6717"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="012"/>
+    <s v="Invisibles"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="Euro Million"/>
+    <n v="-7166"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="012"/>
+    <s v="Invisibles"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="Euro Million"/>
+    <n v="-8569"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="012"/>
+    <s v="Invisibles"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="Euro Million"/>
+    <n v="-8377"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="012"/>
+    <s v="Invisibles"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="Euro Million"/>
+    <n v="-8786"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="012"/>
+    <s v="Invisibles"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="Euro Million"/>
+    <n v="-8247"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="012"/>
+    <s v="Invisibles"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="Euro Million"/>
+    <n v="-10408"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="012"/>
+    <s v="Invisibles"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="Euro Million"/>
+    <n v="-10200"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="012"/>
+    <s v="Invisibles"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="Euro Million"/>
+    <n v="-8520"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="012"/>
+    <s v="Invisibles"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="Euro Million"/>
+    <n v="-7103"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="012"/>
+    <s v="Invisibles"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="Euro Million"/>
+    <n v="-9869"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="012"/>
+    <s v="Invisibles"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="Euro Million"/>
+    <n v="-9822"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="012"/>
+    <s v="Invisibles"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="Euro Million"/>
+    <n v="-8336"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="012"/>
+    <s v="Invisibles"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="Euro Million"/>
+    <n v="-5942"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="012"/>
+    <s v="Invisibles"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="Euro Million"/>
+    <n v="-9935"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="012"/>
+    <s v="Invisibles"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="Euro Million"/>
+    <n v="-8950"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="012"/>
+    <s v="Invisibles"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="Euro Million"/>
+    <n v="-8502"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="012"/>
+    <s v="Invisibles"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="Euro Million"/>
+    <n v="-7292"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="012"/>
+    <s v="Invisibles"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="Euro Million"/>
+    <n v="-9105"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="012"/>
+    <s v="Invisibles"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="Euro Million"/>
+    <n v="-7171"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="012"/>
+    <s v="Invisibles"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="Euro Million"/>
+    <n v="-7121"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="012"/>
+    <s v="Invisibles"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="Euro Million"/>
+    <n v="-5721"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="012"/>
+    <s v="Invisibles"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="Euro Million"/>
+    <n v="-6262"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="012"/>
+    <s v="Invisibles"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="Euro Million"/>
+    <n v="-6890"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="012"/>
+    <s v="Invisibles"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="Euro Million"/>
+    <n v="-5522"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="012"/>
+    <s v="Invisibles"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="Euro Million"/>
+    <n v="-2655"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="006"/>
+    <s v="Current Transfers"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="Euro Million"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="006"/>
+    <s v="Current Transfers"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="Euro Million"/>
+    <n v="404"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="006"/>
+    <s v="Current Transfers"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="Euro Million"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="006"/>
+    <s v="Current Transfers"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="Euro Million"/>
+    <n v="422"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="006"/>
+    <s v="Current Transfers"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="Euro Million"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="006"/>
+    <s v="Current Transfers"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="Euro Million"/>
+    <n v="342"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="006"/>
+    <s v="Current Transfers"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="Euro Million"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="006"/>
+    <s v="Current Transfers"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="Euro Million"/>
+    <n v="395"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="006"/>
+    <s v="Current Transfers"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="Euro Million"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="006"/>
+    <s v="Current Transfers"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="Euro Million"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="006"/>
+    <s v="Current Transfers"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="Euro Million"/>
+    <n v="-92"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="006"/>
+    <s v="Current Transfers"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="Euro Million"/>
+    <n v="509"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="006"/>
+    <s v="Current Transfers"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="Euro Million"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="006"/>
+    <s v="Current Transfers"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="Euro Million"/>
+    <n v="-13"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="006"/>
+    <s v="Current Transfers"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="Euro Million"/>
+    <n v="-57"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="006"/>
+    <s v="Current Transfers"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="Euro Million"/>
+    <n v="311"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="006"/>
+    <s v="Current Transfers"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="Euro Million"/>
+    <n v="-36"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="006"/>
+    <s v="Current Transfers"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="Euro Million"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="006"/>
+    <s v="Current Transfers"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="Euro Million"/>
+    <n v="-68"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="006"/>
+    <s v="Current Transfers"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="Euro Million"/>
+    <n v="680"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="006"/>
+    <s v="Current Transfers"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="Euro Million"/>
+    <n v="-89"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="006"/>
+    <s v="Current Transfers"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="Euro Million"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="006"/>
+    <s v="Current Transfers"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="Euro Million"/>
+    <n v="-89"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="006"/>
+    <s v="Current Transfers"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="Euro Million"/>
+    <n v="562"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="006"/>
+    <s v="Current Transfers"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="Euro Million"/>
+    <n v="-61"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="006"/>
+    <s v="Current Transfers"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="Euro Million"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="006"/>
+    <s v="Current Transfers"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="Euro Million"/>
+    <n v="-13"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="006"/>
+    <s v="Current Transfers"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="Euro Million"/>
+    <n v="403"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="006"/>
+    <s v="Current Transfers"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="Euro Million"/>
+    <n v="-285"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="006"/>
+    <s v="Current Transfers"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="Euro Million"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="006"/>
+    <s v="Current Transfers"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="Euro Million"/>
+    <n v="-261"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="006"/>
+    <s v="Current Transfers"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="Euro Million"/>
+    <n v="624"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="006"/>
+    <s v="Current Transfers"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="Euro Million"/>
+    <n v="-464"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="006"/>
+    <s v="Current Transfers"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="Euro Million"/>
+    <n v="-352"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="006"/>
+    <s v="Current Transfers"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="Euro Million"/>
+    <n v="-363"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="006"/>
+    <s v="Current Transfers"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="Euro Million"/>
+    <n v="673"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="006"/>
+    <s v="Current Transfers"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="Euro Million"/>
+    <n v="-703"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="006"/>
+    <s v="Current Transfers"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="Euro Million"/>
+    <n v="-405"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="006"/>
+    <s v="Current Transfers"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="Euro Million"/>
+    <n v="-460"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="006"/>
+    <s v="Current Transfers"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="Euro Million"/>
+    <n v="578"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="006"/>
+    <s v="Current Transfers"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="Euro Million"/>
+    <n v="-781"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="006"/>
+    <s v="Current Transfers"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="Euro Million"/>
+    <n v="-570"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="006"/>
+    <s v="Current Transfers"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="Euro Million"/>
+    <n v="-386"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="006"/>
+    <s v="Current Transfers"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="Euro Million"/>
+    <n v="583"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="006"/>
+    <s v="Current Transfers"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="Euro Million"/>
+    <n v="-910"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="006"/>
+    <s v="Current Transfers"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="Euro Million"/>
+    <n v="-725"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="006"/>
+    <s v="Current Transfers"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="Euro Million"/>
+    <n v="-495"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="006"/>
+    <s v="Current Transfers"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="Euro Million"/>
+    <n v="706"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="006"/>
+    <s v="Current Transfers"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="Euro Million"/>
+    <n v="-838"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="006"/>
+    <s v="Current Transfers"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="Euro Million"/>
+    <n v="-588"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="006"/>
+    <s v="Current Transfers"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="Euro Million"/>
+    <n v="-657"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="006"/>
+    <s v="Current Transfers"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="Euro Million"/>
+    <n v="671"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="006"/>
+    <s v="Current Transfers"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="Euro Million"/>
+    <n v="-711"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="006"/>
+    <s v="Current Transfers"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="Euro Million"/>
+    <n v="-521"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="006"/>
+    <s v="Current Transfers"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="Euro Million"/>
+    <n v="-562"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="006"/>
+    <s v="Current Transfers"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="Euro Million"/>
+    <n v="611"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="006"/>
+    <s v="Current Transfers"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="Euro Million"/>
+    <n v="-746"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="006"/>
+    <s v="Current Transfers"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="Euro Million"/>
+    <n v="-612"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="006"/>
+    <s v="Current Transfers"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="Euro Million"/>
+    <n v="-567"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="006"/>
+    <s v="Current Transfers"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="Euro Million"/>
+    <n v="718"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="006"/>
+    <s v="Current Transfers"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="Euro Million"/>
+    <n v="-824"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="006"/>
+    <s v="Current Transfers"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="Euro Million"/>
+    <n v="-707"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="006"/>
+    <s v="Current Transfers"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="Euro Million"/>
+    <n v="-455"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="006"/>
+    <s v="Current Transfers"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="Euro Million"/>
+    <n v="559"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="007"/>
+    <s v="Financial Account"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="Euro Million"/>
+    <n v="2016"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="007"/>
+    <s v="Financial Account"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="Euro Million"/>
+    <n v="-241"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="007"/>
+    <s v="Financial Account"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="Euro Million"/>
+    <n v="894"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="007"/>
+    <s v="Financial Account"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="Euro Million"/>
+    <n v="-1533"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="007"/>
+    <s v="Financial Account"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="Euro Million"/>
+    <n v="2181"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="007"/>
+    <s v="Financial Account"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="Euro Million"/>
+    <n v="-5035"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="007"/>
+    <s v="Financial Account"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="Euro Million"/>
+    <n v="-600"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="007"/>
+    <s v="Financial Account"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="Euro Million"/>
+    <n v="1242"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="007"/>
+    <s v="Financial Account"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="Euro Million"/>
+    <n v="862"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="007"/>
+    <s v="Financial Account"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="Euro Million"/>
+    <n v="3762"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="007"/>
+    <s v="Financial Account"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="Euro Million"/>
+    <n v="3619"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="007"/>
+    <s v="Financial Account"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="Euro Million"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="007"/>
+    <s v="Financial Account"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="Euro Million"/>
+    <n v="-1937"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="007"/>
+    <s v="Financial Account"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="Euro Million"/>
+    <n v="1349"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="007"/>
+    <s v="Financial Account"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="Euro Million"/>
+    <n v="1338"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="007"/>
+    <s v="Financial Account"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="Euro Million"/>
+    <n v="-1069"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="007"/>
+    <s v="Financial Account"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="Euro Million"/>
+    <n v="2258"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="007"/>
+    <s v="Financial Account"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="Euro Million"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="007"/>
+    <s v="Financial Account"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="Euro Million"/>
+    <n v="1539"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="007"/>
+    <s v="Financial Account"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="Euro Million"/>
+    <n v="-2938"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="007"/>
+    <s v="Financial Account"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="Euro Million"/>
+    <n v="308"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="007"/>
+    <s v="Financial Account"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="Euro Million"/>
+    <n v="-943"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="007"/>
+    <s v="Financial Account"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="Euro Million"/>
+    <n v="-544"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="007"/>
+    <s v="Financial Account"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="Euro Million"/>
+    <n v="-193"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="007"/>
+    <s v="Financial Account"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="Euro Million"/>
+    <n v="-1905"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="007"/>
+    <s v="Financial Account"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="Euro Million"/>
+    <n v="331"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="007"/>
+    <s v="Financial Account"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="Euro Million"/>
+    <n v="2918"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="007"/>
+    <s v="Financial Account"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="Euro Million"/>
+    <n v="2457"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="007"/>
+    <s v="Financial Account"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="Euro Million"/>
+    <n v="-2804"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="007"/>
+    <s v="Financial Account"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="Euro Million"/>
+    <n v="3449"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="007"/>
+    <s v="Financial Account"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="Euro Million"/>
+    <n v="-1467"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="007"/>
+    <s v="Financial Account"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="Euro Million"/>
+    <n v="335"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="007"/>
+    <s v="Financial Account"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="Euro Million"/>
+    <n v="-1720"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="007"/>
+    <s v="Financial Account"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="Euro Million"/>
+    <n v="1027"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="007"/>
+    <s v="Financial Account"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="Euro Million"/>
+    <n v="1346"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="007"/>
+    <s v="Financial Account"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="Euro Million"/>
+    <n v="4117"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="007"/>
+    <s v="Financial Account"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="Euro Million"/>
+    <n v="2300"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="007"/>
+    <s v="Financial Account"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="Euro Million"/>
+    <n v="2104"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="007"/>
+    <s v="Financial Account"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="Euro Million"/>
+    <n v="1698"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="007"/>
+    <s v="Financial Account"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="Euro Million"/>
+    <n v="5949"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="007"/>
+    <s v="Financial Account"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="Euro Million"/>
+    <n v="8205"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="007"/>
+    <s v="Financial Account"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="Euro Million"/>
+    <n v="9749"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="007"/>
+    <s v="Financial Account"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="Euro Million"/>
+    <n v="437"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="007"/>
+    <s v="Financial Account"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="Euro Million"/>
+    <n v="-2259"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="007"/>
+    <s v="Financial Account"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="Euro Million"/>
+    <n v="-2969"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="007"/>
+    <s v="Financial Account"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="Euro Million"/>
+    <n v="8654"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="007"/>
+    <s v="Financial Account"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="Euro Million"/>
+    <n v="-2954"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="007"/>
+    <s v="Financial Account"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="Euro Million"/>
+    <n v="-3791"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="007"/>
+    <s v="Financial Account"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="Euro Million"/>
+    <n v="-7731"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="007"/>
+    <s v="Financial Account"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="Euro Million"/>
+    <n v="11158"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="007"/>
+    <s v="Financial Account"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="Euro Million"/>
+    <n v="4624"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="007"/>
+    <s v="Financial Account"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="Euro Million"/>
+    <n v="-775"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="007"/>
+    <s v="Financial Account"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="Euro Million"/>
+    <n v="3754"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="007"/>
+    <s v="Financial Account"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="Euro Million"/>
+    <n v="760"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="007"/>
+    <s v="Financial Account"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="Euro Million"/>
+    <n v="3078"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="007"/>
+    <s v="Financial Account"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="Euro Million"/>
+    <n v="2483"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="007"/>
+    <s v="Financial Account"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="Euro Million"/>
+    <n v="-3442"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="007"/>
+    <s v="Financial Account"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="Euro Million"/>
+    <n v="6763"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="007"/>
+    <s v="Financial Account"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="Euro Million"/>
+    <n v="1790"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="007"/>
+    <s v="Financial Account"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="Euro Million"/>
+    <n v="-4124"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="007"/>
+    <s v="Financial Account"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="Euro Million"/>
+    <n v="-3085"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="007"/>
+    <s v="Financial Account"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="Euro Million"/>
+    <n v="-501"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="007"/>
+    <s v="Financial Account"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="Euro Million"/>
+    <n v="-3325"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="007"/>
+    <s v="Financial Account"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="Euro Million"/>
+    <n v="-3078"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="008"/>
+    <s v="Net Errors and Omissions"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="Euro Million"/>
+    <n v="-1935"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="008"/>
+    <s v="Net Errors and Omissions"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="Euro Million"/>
+    <n v="-67"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="008"/>
+    <s v="Net Errors and Omissions"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="Euro Million"/>
+    <n v="-1741"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="008"/>
+    <s v="Net Errors and Omissions"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="Euro Million"/>
+    <n v="1140"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="008"/>
+    <s v="Net Errors and Omissions"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="Euro Million"/>
+    <n v="-2377"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="008"/>
+    <s v="Net Errors and Omissions"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="Euro Million"/>
+    <n v="5001"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="008"/>
+    <s v="Net Errors and Omissions"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="Euro Million"/>
+    <n v="627"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="008"/>
+    <s v="Net Errors and Omissions"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="Euro Million"/>
+    <n v="-1824"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="008"/>
+    <s v="Net Errors and Omissions"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="Euro Million"/>
+    <n v="-730"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="008"/>
+    <s v="Net Errors and Omissions"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="Euro Million"/>
+    <n v="-4459"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="008"/>
+    <s v="Net Errors and Omissions"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="Euro Million"/>
+    <n v="-3369"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="008"/>
+    <s v="Net Errors and Omissions"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="Euro Million"/>
+    <n v="-664"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="008"/>
+    <s v="Net Errors and Omissions"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="Euro Million"/>
+    <n v="2145"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="008"/>
+    <s v="Net Errors and Omissions"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="Euro Million"/>
+    <n v="-1399"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="008"/>
+    <s v="Net Errors and Omissions"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="Euro Million"/>
+    <n v="-1474"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="008"/>
+    <s v="Net Errors and Omissions"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="Euro Million"/>
+    <n v="1100"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="008"/>
+    <s v="Net Errors and Omissions"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="Euro Million"/>
+    <n v="-1503"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="008"/>
+    <s v="Net Errors and Omissions"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="Euro Million"/>
+    <n v="1032"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="008"/>
+    <s v="Net Errors and Omissions"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="Euro Million"/>
+    <n v="-1723"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="008"/>
+    <s v="Net Errors and Omissions"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="Euro Million"/>
+    <n v="1907"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="008"/>
+    <s v="Net Errors and Omissions"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="Euro Million"/>
+    <n v="445"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="008"/>
+    <s v="Net Errors and Omissions"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="Euro Million"/>
+    <n v="893"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="008"/>
+    <s v="Net Errors and Omissions"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="Euro Million"/>
+    <n v="633"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="008"/>
+    <s v="Net Errors and Omissions"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="Euro Million"/>
+    <n v="-691"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="008"/>
+    <s v="Net Errors and Omissions"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="Euro Million"/>
+    <n v="2035"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="008"/>
+    <s v="Net Errors and Omissions"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="Euro Million"/>
+    <n v="-125"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="008"/>
+    <s v="Net Errors and Omissions"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="Euro Million"/>
+    <n v="-2578"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="008"/>
+    <s v="Net Errors and Omissions"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="Euro Million"/>
+    <n v="-2544"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="008"/>
+    <s v="Net Errors and Omissions"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="Euro Million"/>
+    <n v="4733"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="008"/>
+    <s v="Net Errors and Omissions"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="Euro Million"/>
+    <n v="-2178"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="008"/>
+    <s v="Net Errors and Omissions"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="Euro Million"/>
+    <n v="2665"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="008"/>
+    <s v="Net Errors and Omissions"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="Euro Million"/>
+    <n v="692"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="008"/>
+    <s v="Net Errors and Omissions"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="Euro Million"/>
+    <n v="3944"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="008"/>
+    <s v="Net Errors and Omissions"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="Euro Million"/>
+    <n v="402"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="008"/>
+    <s v="Net Errors and Omissions"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="Euro Million"/>
+    <n v="-110"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="008"/>
+    <s v="Net Errors and Omissions"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="Euro Million"/>
+    <n v="-2925"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="008"/>
+    <s v="Net Errors and Omissions"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="Euro Million"/>
+    <n v="1277"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="008"/>
+    <s v="Net Errors and Omissions"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="Euro Million"/>
+    <n v="-5"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="008"/>
+    <s v="Net Errors and Omissions"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="Euro Million"/>
+    <n v="-47"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="008"/>
+    <s v="Net Errors and Omissions"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="Euro Million"/>
+    <n v="-3191"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="008"/>
+    <s v="Net Errors and Omissions"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="Euro Million"/>
+    <n v="-4231"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="008"/>
+    <s v="Net Errors and Omissions"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="Euro Million"/>
+    <n v="-7233"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="008"/>
+    <s v="Net Errors and Omissions"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="Euro Million"/>
+    <n v="2558"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="008"/>
+    <s v="Net Errors and Omissions"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="Euro Million"/>
+    <n v="2896"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="008"/>
+    <s v="Net Errors and Omissions"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="Euro Million"/>
+    <n v="5309"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="008"/>
+    <s v="Net Errors and Omissions"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="Euro Million"/>
+    <n v="-7439"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="008"/>
+    <s v="Net Errors and Omissions"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="Euro Million"/>
+    <n v="3301"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="008"/>
+    <s v="Net Errors and Omissions"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="Euro Million"/>
+    <n v="4903"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="008"/>
+    <s v="Net Errors and Omissions"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="Euro Million"/>
+    <n v="8696"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="008"/>
+    <s v="Net Errors and Omissions"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="Euro Million"/>
+    <n v="-11013"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="008"/>
+    <s v="Net Errors and Omissions"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="Euro Million"/>
+    <n v="-6027"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="008"/>
+    <s v="Net Errors and Omissions"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="Euro Million"/>
+    <n v="-40"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="008"/>
+    <s v="Net Errors and Omissions"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="Euro Million"/>
+    <n v="-2477"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="008"/>
+    <s v="Net Errors and Omissions"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="Euro Million"/>
+    <n v="-1350"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="008"/>
+    <s v="Net Errors and Omissions"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="Euro Million"/>
+    <n v="-4644"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="008"/>
+    <s v="Net Errors and Omissions"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="Euro Million"/>
+    <n v="-3344"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="008"/>
+    <s v="Net Errors and Omissions"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="Euro Million"/>
+    <n v="4102"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="008"/>
+    <s v="Net Errors and Omissions"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="Euro Million"/>
+    <n v="-7539"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="008"/>
+    <s v="Net Errors and Omissions"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="Euro Million"/>
+    <n v="-3971"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="008"/>
+    <s v="Net Errors and Omissions"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="Euro Million"/>
+    <n v="1226"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="008"/>
+    <s v="Net Errors and Omissions"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="Euro Million"/>
+    <n v="1851"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="008"/>
+    <s v="Net Errors and Omissions"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="Euro Million"/>
+    <n v="-2396"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="008"/>
+    <s v="Net Errors and Omissions"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="Euro Million"/>
+    <n v="-68"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="008"/>
+    <s v="Net Errors and Omissions"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="Euro Million"/>
+    <n v="-267"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="009"/>
+    <s v="Direct Investment"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="Euro Million"/>
+    <n v="1497"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="009"/>
+    <s v="Direct Investment"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="Euro Million"/>
+    <n v="1965"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="009"/>
+    <s v="Direct Investment"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="Euro Million"/>
+    <n v="2393"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="009"/>
+    <s v="Direct Investment"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="Euro Million"/>
+    <n v="-1433"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="009"/>
+    <s v="Direct Investment"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="Euro Million"/>
+    <n v="4215"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="009"/>
+    <s v="Direct Investment"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="Euro Million"/>
+    <n v="2019"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="009"/>
+    <s v="Direct Investment"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="Euro Million"/>
+    <n v="3789"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="009"/>
+    <s v="Direct Investment"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="Euro Million"/>
+    <n v="1336"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="009"/>
+    <s v="Direct Investment"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="Euro Million"/>
+    <n v="2317"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="009"/>
+    <s v="Direct Investment"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="Euro Million"/>
+    <n v="6184"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="009"/>
+    <s v="Direct Investment"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="Euro Million"/>
+    <n v="6819"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="009"/>
+    <s v="Direct Investment"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="Euro Million"/>
+    <n v="7636"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="009"/>
+    <s v="Direct Investment"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="Euro Million"/>
+    <n v="-403"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="009"/>
+    <s v="Direct Investment"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="Euro Million"/>
+    <n v="4368"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="009"/>
+    <s v="Direct Investment"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="Euro Million"/>
+    <n v="1960"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="009"/>
+    <s v="Direct Investment"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="Euro Million"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="009"/>
+    <s v="Direct Investment"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="Euro Million"/>
+    <n v="6205"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="009"/>
+    <s v="Direct Investment"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="Euro Million"/>
+    <n v="1379"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="009"/>
+    <s v="Direct Investment"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="Euro Million"/>
+    <n v="8473"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="009"/>
+    <s v="Direct Investment"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="Euro Million"/>
+    <n v="3387"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="009"/>
+    <s v="Direct Investment"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="Euro Million"/>
+    <n v="4065"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="009"/>
+    <s v="Direct Investment"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="Euro Million"/>
+    <n v="11407"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="009"/>
+    <s v="Direct Investment"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="Euro Million"/>
+    <n v="3830"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="009"/>
+    <s v="Direct Investment"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="Euro Million"/>
+    <n v="-4032"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="009"/>
+    <s v="Direct Investment"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="Euro Million"/>
+    <n v="-8076"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="009"/>
+    <s v="Direct Investment"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="Euro Million"/>
+    <n v="-4869"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="009"/>
+    <s v="Direct Investment"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="Euro Million"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="009"/>
+    <s v="Direct Investment"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="Euro Million"/>
+    <n v="-10308"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="009"/>
+    <s v="Direct Investment"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="Euro Million"/>
+    <n v="964"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="009"/>
+    <s v="Direct Investment"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="Euro Million"/>
+    <n v="-7066"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="009"/>
+    <s v="Direct Investment"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="Euro Million"/>
+    <n v="-15732"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="009"/>
+    <s v="Direct Investment"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="Euro Million"/>
+    <n v="-15158"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="009"/>
+    <s v="Direct Investment"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="Euro Million"/>
+    <n v="-4454"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="009"/>
+    <s v="Direct Investment"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="Euro Million"/>
+    <n v="-9630"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="009"/>
+    <s v="Direct Investment"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="Euro Million"/>
+    <n v="5333"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="009"/>
+    <s v="Direct Investment"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="Euro Million"/>
+    <n v="-7883"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="009"/>
+    <s v="Direct Investment"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="Euro Million"/>
+    <n v="1048"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="009"/>
+    <s v="Direct Investment"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="Euro Million"/>
+    <n v="-3101"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="009"/>
+    <s v="Direct Investment"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="Euro Million"/>
+    <n v="-1092"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="009"/>
+    <s v="Direct Investment"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="Euro Million"/>
+    <n v="5747"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="009"/>
+    <s v="Direct Investment"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="Euro Million"/>
+    <n v="-3191"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="009"/>
+    <s v="Direct Investment"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="Euro Million"/>
+    <n v="-3077"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="009"/>
+    <s v="Direct Investment"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="Euro Million"/>
+    <n v="-9276"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="009"/>
+    <s v="Direct Investment"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="Euro Million"/>
+    <n v="-8623"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="009"/>
+    <s v="Direct Investment"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="Euro Million"/>
+    <n v="-1107"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="009"/>
+    <s v="Direct Investment"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="Euro Million"/>
+    <n v="1148"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="009"/>
+    <s v="Direct Investment"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="Euro Million"/>
+    <n v="-7508"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="009"/>
+    <s v="Direct Investment"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="Euro Million"/>
+    <n v="6818"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="009"/>
+    <s v="Direct Investment"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="Euro Million"/>
+    <n v="4547"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="009"/>
+    <s v="Direct Investment"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="Euro Million"/>
+    <n v="2972"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="009"/>
+    <s v="Direct Investment"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="Euro Million"/>
+    <n v="-1354"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="009"/>
+    <s v="Direct Investment"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="Euro Million"/>
+    <n v="9281"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="009"/>
+    <s v="Direct Investment"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="Euro Million"/>
+    <n v="8203"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="009"/>
+    <s v="Direct Investment"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="Euro Million"/>
+    <n v="7373"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="009"/>
+    <s v="Direct Investment"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="Euro Million"/>
+    <n v="6622"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="009"/>
+    <s v="Direct Investment"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="Euro Million"/>
+    <n v="-4423"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="009"/>
+    <s v="Direct Investment"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="Euro Million"/>
+    <n v="11949"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="009"/>
+    <s v="Direct Investment"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="Euro Million"/>
+    <n v="-4329"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="009"/>
+    <s v="Direct Investment"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="Euro Million"/>
+    <n v="12742"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="009"/>
+    <s v="Direct Investment"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="Euro Million"/>
+    <n v="-4955"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="009"/>
+    <s v="Direct Investment"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="Euro Million"/>
+    <n v="6853"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="009"/>
+    <s v="Direct Investment"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="Euro Million"/>
+    <n v="6589"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="009"/>
+    <s v="Direct Investment"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="Euro Million"/>
+    <n v="-708"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="009"/>
+    <s v="Direct Investment"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="Euro Million"/>
+    <n v="-3193"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="010"/>
+    <s v="Portfolio Investment"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="Euro Million"/>
+    <n v="-1255"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="010"/>
+    <s v="Portfolio Investment"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="Euro Million"/>
+    <n v="-1301"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="010"/>
+    <s v="Portfolio Investment"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="Euro Million"/>
+    <n v="-5411"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="010"/>
+    <s v="Portfolio Investment"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="Euro Million"/>
+    <n v="-498"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="010"/>
+    <s v="Portfolio Investment"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="Euro Million"/>
+    <n v="-4805"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="010"/>
+    <s v="Portfolio Investment"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="Euro Million"/>
+    <n v="-5227"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="010"/>
+    <s v="Portfolio Investment"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="Euro Million"/>
+    <n v="-4390"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="010"/>
+    <s v="Portfolio Investment"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="Euro Million"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="010"/>
+    <s v="Portfolio Investment"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="Euro Million"/>
+    <n v="-5222"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="010"/>
+    <s v="Portfolio Investment"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="Euro Million"/>
+    <n v="4761"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="010"/>
+    <s v="Portfolio Investment"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="Euro Million"/>
+    <n v="-5814"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="010"/>
+    <s v="Portfolio Investment"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="Euro Million"/>
+    <n v="917"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="010"/>
+    <s v="Portfolio Investment"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="Euro Million"/>
+    <n v="1851"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="010"/>
+    <s v="Portfolio Investment"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="Euro Million"/>
+    <n v="-6594"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="010"/>
+    <s v="Portfolio Investment"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="Euro Million"/>
+    <n v="-11644"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="010"/>
+    <s v="Portfolio Investment"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="Euro Million"/>
+    <n v="-8771"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="010"/>
+    <s v="Portfolio Investment"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="Euro Million"/>
+    <n v="-13891"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="010"/>
+    <s v="Portfolio Investment"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="Euro Million"/>
+    <n v="941"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="010"/>
+    <s v="Portfolio Investment"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="Euro Million"/>
+    <n v="-11496"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="010"/>
+    <s v="Portfolio Investment"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="Euro Million"/>
+    <n v="-13533"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="010"/>
+    <s v="Portfolio Investment"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="Euro Million"/>
+    <n v="-8773"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="010"/>
+    <s v="Portfolio Investment"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="Euro Million"/>
+    <n v="-10431"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="010"/>
+    <s v="Portfolio Investment"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="Euro Million"/>
+    <n v="-23201"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="010"/>
+    <s v="Portfolio Investment"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="Euro Million"/>
+    <n v="2428"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="010"/>
+    <s v="Portfolio Investment"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="Euro Million"/>
+    <n v="10665"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="010"/>
+    <s v="Portfolio Investment"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="Euro Million"/>
+    <n v="9346"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="010"/>
+    <s v="Portfolio Investment"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="Euro Million"/>
+    <n v="-4805"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="010"/>
+    <s v="Portfolio Investment"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="Euro Million"/>
+    <n v="-919"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="010"/>
+    <s v="Portfolio Investment"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="Euro Million"/>
+    <n v="4080"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="010"/>
+    <s v="Portfolio Investment"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="Euro Million"/>
+    <n v="-428"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="010"/>
+    <s v="Portfolio Investment"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="Euro Million"/>
+    <n v="25927"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="010"/>
+    <s v="Portfolio Investment"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="Euro Million"/>
+    <n v="23119"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="010"/>
+    <s v="Portfolio Investment"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="Euro Million"/>
+    <n v="-15069"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="010"/>
+    <s v="Portfolio Investment"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="Euro Million"/>
+    <n v="-5782"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="010"/>
+    <s v="Portfolio Investment"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="Euro Million"/>
+    <n v="2601"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="010"/>
+    <s v="Portfolio Investment"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="Euro Million"/>
+    <n v="26385"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="010"/>
+    <s v="Portfolio Investment"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="Euro Million"/>
+    <n v="-976"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="010"/>
+    <s v="Portfolio Investment"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="Euro Million"/>
+    <n v="-17579"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="010"/>
+    <s v="Portfolio Investment"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="Euro Million"/>
+    <n v="22769"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="010"/>
+    <s v="Portfolio Investment"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="Euro Million"/>
+    <n v="-11497"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="010"/>
+    <s v="Portfolio Investment"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="Euro Million"/>
+    <n v="8182"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="010"/>
+    <s v="Portfolio Investment"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="Euro Million"/>
+    <n v="-5541"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="010"/>
+    <s v="Portfolio Investment"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="Euro Million"/>
+    <n v="-12083"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="010"/>
+    <s v="Portfolio Investment"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="Euro Million"/>
+    <n v="-36307"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="010"/>
+    <s v="Portfolio Investment"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="Euro Million"/>
+    <n v="-2331"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="010"/>
+    <s v="Portfolio Investment"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="Euro Million"/>
+    <n v="-15776"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="010"/>
+    <s v="Portfolio Investment"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="Euro Million"/>
+    <n v="26570"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="010"/>
+    <s v="Portfolio Investment"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="Euro Million"/>
+    <n v="14163"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="010"/>
+    <s v="Portfolio Investment"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="Euro Million"/>
+    <n v="19821"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="010"/>
+    <s v="Portfolio Investment"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="Euro Million"/>
+    <n v="-8568"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="010"/>
+    <s v="Portfolio Investment"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="Euro Million"/>
+    <n v="-19581"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="010"/>
+    <s v="Portfolio Investment"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="Euro Million"/>
+    <n v="94293"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="010"/>
+    <s v="Portfolio Investment"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="Euro Million"/>
+    <n v="7063"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="010"/>
+    <s v="Portfolio Investment"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="Euro Million"/>
+    <n v="22344"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="010"/>
+    <s v="Portfolio Investment"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="Euro Million"/>
+    <n v="-19456"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="010"/>
+    <s v="Portfolio Investment"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="Euro Million"/>
+    <n v="16957"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="010"/>
+    <s v="Portfolio Investment"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="Euro Million"/>
+    <n v="-46266"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="010"/>
+    <s v="Portfolio Investment"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="Euro Million"/>
+    <n v="33544"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="010"/>
+    <s v="Portfolio Investment"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="Euro Million"/>
+    <n v="6812"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="010"/>
+    <s v="Portfolio Investment"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="Euro Million"/>
+    <n v="5690"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="010"/>
+    <s v="Portfolio Investment"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="Euro Million"/>
+    <n v="-20206"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="010"/>
+    <s v="Portfolio Investment"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="Euro Million"/>
+    <n v="-7064"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="010"/>
+    <s v="Portfolio Investment"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="Euro Million"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="010"/>
+    <s v="Portfolio Investment"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="Euro Million"/>
+    <n v="-15706"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="011"/>
+    <s v="Other Investment"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="Euro Million"/>
+    <n v="1939"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="011"/>
+    <s v="Other Investment"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="Euro Million"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="011"/>
+    <s v="Other Investment"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="Euro Million"/>
+    <n v="4245"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="011"/>
+    <s v="Other Investment"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="Euro Million"/>
+    <n v="1169"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="011"/>
+    <s v="Other Investment"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="Euro Million"/>
+    <n v="884"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="011"/>
+    <s v="Other Investment"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="Euro Million"/>
+    <n v="-1734"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="011"/>
+    <s v="Other Investment"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="Euro Million"/>
+    <n v="-12"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="011"/>
+    <s v="Other Investment"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="Euro Million"/>
+    <n v="-112"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="011"/>
+    <s v="Other Investment"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="Euro Million"/>
+    <n v="3728"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="011"/>
+    <s v="Other Investment"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="Euro Million"/>
+    <n v="-7128"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="011"/>
+    <s v="Other Investment"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="Euro Million"/>
+    <n v="2652"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="011"/>
+    <s v="Other Investment"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="Euro Million"/>
+    <n v="-8289"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="011"/>
+    <s v="Other Investment"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="Euro Million"/>
+    <n v="-3318"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="011"/>
+    <s v="Other Investment"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="Euro Million"/>
+    <n v="3774"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="011"/>
+    <s v="Other Investment"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="Euro Million"/>
+    <n v="11067"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="011"/>
+    <s v="Other Investment"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="Euro Million"/>
+    <n v="7516"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="011"/>
+    <s v="Other Investment"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="Euro Million"/>
+    <n v="9680"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="011"/>
+    <s v="Other Investment"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="Euro Million"/>
+    <n v="-2345"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="011"/>
+    <s v="Other Investment"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="Euro Million"/>
+    <n v="4692"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="011"/>
+    <s v="Other Investment"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="Euro Million"/>
+    <n v="7236"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="011"/>
+    <s v="Other Investment"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="Euro Million"/>
+    <n v="3197"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="011"/>
+    <s v="Other Investment"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="Euro Million"/>
+    <n v="-1876"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="011"/>
+    <s v="Other Investment"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="Euro Million"/>
+    <n v="18913"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="011"/>
+    <s v="Other Investment"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="Euro Million"/>
+    <n v="1333"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="011"/>
+    <s v="Other Investment"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="Euro Million"/>
+    <n v="-5684"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="011"/>
+    <s v="Other Investment"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="Euro Million"/>
+    <n v="-4281"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="011"/>
+    <s v="Other Investment"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="Euro Million"/>
+    <n v="7694"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="011"/>
+    <s v="Other Investment"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="Euro Million"/>
+    <n v="13701"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="011"/>
+    <s v="Other Investment"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="Euro Million"/>
+    <n v="-7896"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="011"/>
+    <s v="Other Investment"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="Euro Million"/>
+    <n v="10874"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="011"/>
+    <s v="Other Investment"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="Euro Million"/>
+    <n v="-11672"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="011"/>
+    <s v="Other Investment"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="Euro Million"/>
+    <n v="-8971"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="011"/>
+    <s v="Other Investment"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="Euro Million"/>
+    <n v="17720"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="011"/>
+    <s v="Other Investment"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="Euro Million"/>
+    <n v="16549"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="011"/>
+    <s v="Other Investment"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="Euro Million"/>
+    <n v="-6656"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="011"/>
+    <s v="Other Investment"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="Euro Million"/>
+    <n v="-14431"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="011"/>
+    <s v="Other Investment"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="Euro Million"/>
+    <n v="2274"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="011"/>
+    <s v="Other Investment"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="Euro Million"/>
+    <n v="22776"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="011"/>
+    <s v="Other Investment"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="Euro Million"/>
+    <n v="-19941"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="011"/>
+    <s v="Other Investment"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="Euro Million"/>
+    <n v="11635"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="011"/>
+    <s v="Other Investment"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="Euro Million"/>
+    <n v="3140"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="011"/>
+    <s v="Other Investment"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="Euro Million"/>
+    <n v="18414"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="011"/>
+    <s v="Other Investment"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="Euro Million"/>
+    <n v="21835"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="011"/>
+    <s v="Other Investment"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="Euro Million"/>
+    <n v="42739"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="011"/>
+    <s v="Other Investment"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="Euro Million"/>
+    <n v="429"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="011"/>
+    <s v="Other Investment"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="Euro Million"/>
+    <n v="23345"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="011"/>
+    <s v="Other Investment"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="Euro Million"/>
+    <n v="-22020"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="011"/>
+    <s v="Other Investment"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="Euro Million"/>
+    <n v="-24870"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="011"/>
+    <s v="Other Investment"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="Euro Million"/>
+    <n v="-32131"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="011"/>
+    <s v="Other Investment"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="Euro Million"/>
+    <n v="16773"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="011"/>
+    <s v="Other Investment"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="Euro Million"/>
+    <n v="25635"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="011"/>
+    <s v="Other Investment"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="Euro Million"/>
+    <n v="-104417"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="011"/>
+    <s v="Other Investment"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="Euro Million"/>
+    <n v="-11577"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="011"/>
+    <s v="Other Investment"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="Euro Million"/>
+    <n v="-28928"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="011"/>
+    <s v="Other Investment"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="Euro Million"/>
+    <n v="15888"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="011"/>
+    <s v="Other Investment"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="Euro Million"/>
+    <n v="-10320"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="011"/>
+    <s v="Other Investment"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="Euro Million"/>
+    <n v="30864"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="011"/>
+    <s v="Other Investment"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="Euro Million"/>
+    <n v="-22446"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="011"/>
+    <s v="Other Investment"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="Euro Million"/>
+    <n v="-17764"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="011"/>
+    <s v="Other Investment"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="Euro Million"/>
+    <n v="-4864"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="011"/>
+    <s v="Other Investment"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="Euro Million"/>
+    <n v="10270"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="011"/>
+    <s v="Other Investment"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="Euro Million"/>
+    <n v="-25"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="011"/>
+    <s v="Other Investment"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="Euro Million"/>
+    <n v="-2779"/>
+  </r>
+  <r>
+    <s v="BPCQ2"/>
+    <s v="Current, Capital and Financial Account Balances"/>
+    <s v="011"/>
+    <s v="Other Investment"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="Euro Million"/>
+    <n v="15825"/>
+  </r>
+</pivotCacheRecords>
 </file>