--- v0 (2025-11-05)
+++ v1 (2026-01-27)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b94e9ab19434d70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fd9d51525dd841929697840a88cd3bb5.psmdcp" Id="Rcc06f208d3ad4e6f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92adfedc70564163" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1dd1caa4f7334afb968cdb53876008fa.psmdcp" Id="R623a205293694bf4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>BPCA4</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Financial Account</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>6/9/2020 11:00:00 AM</x:t>
+    <x:t>09/06/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/BPCA4/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>IAA</x:t>
   </x:si>
   <x:si>
     <x:t>BOP/International Accounts - Annual Series</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Lucia Perez Alfaro</x:t>
   </x:si>
@@ -283,50 +283,53 @@
   </x:si>
   <x:si>
     <x:t>021</x:t>
   </x:si>
   <x:si>
     <x:t>Loans, Currency and Deposits</x:t>
   </x:si>
   <x:si>
     <x:t>022</x:t>
   </x:si>
   <x:si>
     <x:t>Other Investment: Other(excl. Loans, Currency and Deposits)</x:t>
   </x:si>
   <x:si>
     <x:t>03</x:t>
   </x:si>
   <x:si>
     <x:t>Memorandum Item: Government Financial Transactions</x:t>
   </x:si>
   <x:si>
     <x:t>04</x:t>
   </x:si>
   <x:si>
     <x:t>Reserve Assets: Total</x:t>
   </x:si>
+  <x:si>
+    <x:t/>
+  </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
@@ -463,347 +466,154 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...295 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="BPINVES" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Investment" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="16">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="16">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H321" totalsRowShown="0">
   <x:autoFilter ref="A1:H321"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="BPINVES"/>
     <x:tableColumn id="2" name="Type of Investment"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="STATISTIC"/>
     <x:tableColumn id="6" name="Statistic Label"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1072,51 +882,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/BPCA4/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1303,51 +1113,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H321"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="10.853482" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="55.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.996339" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="15.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.567768" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>39</x:v>
@@ -8885,442 +8695,469 @@
         <x:v>-2280</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:8">
       <x:c r="A291" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C291" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D291" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E291" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F291" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G291" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H291" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="292" spans="1:8">
       <x:c r="A292" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B292" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C292" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="D292" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="E292" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F292" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G292" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H292" s="0">
         <x:v>1746</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:8">
       <x:c r="A293" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C293" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="D293" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="E293" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F293" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G293" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H293" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="294" spans="1:8">
       <x:c r="A294" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B294" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C294" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="D294" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="E294" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F294" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G294" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H294" s="0">
         <x:v>-142</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:8">
       <x:c r="A295" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C295" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="D295" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="E295" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F295" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G295" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H295" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="296" spans="1:8">
       <x:c r="A296" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B296" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C296" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="D296" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="E296" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F296" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G296" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H296" s="0">
         <x:v>-441</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:8">
       <x:c r="A297" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C297" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="D297" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="E297" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F297" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G297" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H297" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="298" spans="1:8">
       <x:c r="A298" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B298" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C298" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="D298" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="E298" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F298" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G298" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H298" s="0">
         <x:v>343</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:8">
       <x:c r="A299" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C299" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="D299" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="E299" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F299" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G299" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H299" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="300" spans="1:8">
       <x:c r="A300" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B300" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C300" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D300" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="E300" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F300" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G300" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H300" s="0">
         <x:v>1770</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:8">
       <x:c r="A301" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C301" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D301" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="E301" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F301" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G301" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H301" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="302" spans="1:8">
       <x:c r="A302" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B302" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C302" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D302" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="E302" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F302" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G302" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H302" s="0">
         <x:v>1177</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:8">
       <x:c r="A303" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C303" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D303" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="E303" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F303" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G303" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H303" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="304" spans="1:8">
       <x:c r="A304" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B304" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C304" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D304" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="E304" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F304" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G304" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H304" s="0">
         <x:v>1472</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:8">
       <x:c r="A305" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C305" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D305" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="E305" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F305" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G305" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H305" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="306" spans="1:8">
       <x:c r="A306" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B306" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C306" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D306" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E306" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F306" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G306" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H306" s="0">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:8">
       <x:c r="A307" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C307" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D307" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E307" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F307" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G307" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H307" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="308" spans="1:8">
       <x:c r="A308" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B308" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C308" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D308" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="E308" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F308" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G308" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H308" s="0">
         <x:v>-12</x:v>
@@ -9378,309 +9215,327 @@
         <x:v>-78</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:8">
       <x:c r="A311" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C311" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D311" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E311" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F311" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G311" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H311" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="312" spans="1:8">
       <x:c r="A312" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B312" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C312" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D312" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E312" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F312" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G312" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H312" s="0">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:8">
       <x:c r="A313" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C313" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D313" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E313" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F313" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G313" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H313" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="314" spans="1:8">
       <x:c r="A314" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B314" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C314" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D314" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E314" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F314" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G314" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H314" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:8">
       <x:c r="A315" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C315" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D315" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E315" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F315" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G315" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H315" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="316" spans="1:8">
       <x:c r="A316" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B316" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C316" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D316" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E316" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F316" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G316" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H316" s="0">
         <x:v>329</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:8">
       <x:c r="A317" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C317" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D317" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E317" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F317" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G317" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H317" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="318" spans="1:8">
       <x:c r="A318" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B318" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C318" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D318" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E318" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F318" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G318" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H318" s="0">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:8">
       <x:c r="A319" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C319" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D319" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E319" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F319" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G319" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H319" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
     </x:row>
     <x:row r="320" spans="1:8">
       <x:c r="A320" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B320" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C320" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D320" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E320" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F320" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G320" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H320" s="0">
         <x:v>-11</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:8">
       <x:c r="A321" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C321" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D321" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E321" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F321" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G321" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H321" s="0" t="s">
+        <x:v>87</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -9697,51 +9552,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H321" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="BPINVES">
       <x:sharedItems count="10">
         <x:s v="01"/>
         <x:s v="011"/>
         <x:s v="012"/>
         <x:s v="013"/>
         <x:s v="014"/>
         <x:s v="02"/>
         <x:s v="021"/>
         <x:s v="022"/>
         <x:s v="03"/>
         <x:s v="04"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Type of Investment">
       <x:sharedItems count="10">
         <x:s v="Portfolio Investment: Total"/>
         <x:s v="Portfolio Investment: Equity"/>
         <x:s v="Portfolio Investment: Debt Instruments"/>
         <x:s v="Portfolio Investment: Bonds and Notes"/>
         <x:s v="Portfolio Investment: Money Market Instruments"/>
         <x:s v="Other Investment: Total"/>
         <x:s v="Loans, Currency and Deposits"/>
@@ -10100,27 +9955,3228 @@
         <x:n v="-2280"/>
         <x:s v=""/>
         <x:n v="1746"/>
         <x:n v="-142"/>
         <x:n v="-441"/>
         <x:n v="343"/>
         <x:n v="1770"/>
         <x:n v="1177"/>
         <x:n v="1472"/>
         <x:n v="87"/>
         <x:n v="-12"/>
         <x:n v="0"/>
         <x:n v="-78"/>
         <x:n v="79"/>
         <x:n v="5"/>
         <x:n v="329"/>
         <x:n v="12"/>
         <x:n v="-11"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-46921"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="38455"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-78019"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="63677"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-89246"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="83888"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-124488"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="99328"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-113094"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="75114"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-144682"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="104705"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-135116"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="149403"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-120759"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="173459"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-213418"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="221553"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-170847"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="163564"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-27429"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-18322"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="22328"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="10322"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="75643"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-2644"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="29553"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-73573"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="73352"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-94543"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="51734"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-19422"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="33699"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-34329"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="49310"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-31238"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="75043"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-26767"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="88599"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-29254"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="74248"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-25875"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="67044"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-36818"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="65254"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-48205"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="75642"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-59647"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="128215"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-22061"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="101429"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="22745"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-7630"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-8509"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="20245"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-29162"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="115076"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="6272"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="61339"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-11467"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="81797"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-58707"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="82112"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-27499"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="4757"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-43691"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="14367"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-58008"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="8845"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-97719"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="10729"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-83840"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="866"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-118806"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="37660"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-98299"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="84149"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-72555"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="97816"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-153771"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="93338"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-148786"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="62135"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-50175"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-10690"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="8808"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="2083"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="39483"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-39433"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-8916"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-31785"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-62106"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-8446"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-35837"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-30378"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-17997"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="1820"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-29737"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="7382"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-32495"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="1680"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-50432"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-1497"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-38467"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="909"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-82541"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="38468"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-63235"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="65074"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-73668"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="61049"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-87541"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="86644"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-84741"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="51173"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-46878"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-18091"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="36109"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="17057"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="56985"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-7672"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-2463"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-18333"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-55606"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-11626"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-42215"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-22838"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-9502"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="2936"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-13953"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="6985"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-25513"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="7165"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-47287"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="12226"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-45372"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-44"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-36265"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-807"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-35062"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="19075"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="1112"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="36768"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-66231"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="6693"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-64045"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="10962"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-3297"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="7399"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-27301"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-14973"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-17502"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-31763"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-6454"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-13452"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-6499"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="3180"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="6378"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-7540"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-18036"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="25494"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-36055"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="35081"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-39802"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="30765"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-24092"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="43131"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-33030"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="52293"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-58354"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="79922"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-47858"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="59288"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-111242"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="93577"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-118968"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="132149"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-157634"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="174378"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-67665"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="153792"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="63403"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-86519"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-32155"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-61986"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="13818"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-48756"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="75183"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-89393"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="57011"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-33719"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-16140"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="22006"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-31892"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="33256"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-32811"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="30345"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-11790"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="27926"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-26762"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="38459"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-56570"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="75062"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-45731"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="50947"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-88102"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="87975"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-110839"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="106972"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-139688"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="156209"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-78667"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="153433"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="55041"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-74579"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-10966"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-78332"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="12370"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-40423"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="74678"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-79506"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="57945"/>
+  </r>
+  <r>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-26594"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-1896"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="3489"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-4163"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="1825"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-6991"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="420"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-12302"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="15205"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-6268"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="13834"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-1785"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="4860"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-2126"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="8342"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-23141"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="5601"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-8128"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="25178"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-17945"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="18169"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="11002"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="360"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="8361"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-11940"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-21189"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="16346"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="1448"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-8331"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="502"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-9886"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-934"/>
+  </r>
+  <r>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-7125"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-3"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="-1629"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-2432"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-1568"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="1042"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="768"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="3602"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-2974"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="969"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-2030"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="1785"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-1964"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="2054"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-1500"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="1319"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-1943"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="318"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-1478"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="3003"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-242"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="27219"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="4639"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="17262"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-47"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="5037"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="5914"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="22491"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-2734"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="20475"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-3016"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="4189"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-2280"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="1746"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-142"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-441"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="343"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="1770"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="1177"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="1472"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-12"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-78"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="329"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="BPCAC1"/>
+    <s v="Assets"/>
+    <s v="Euro Million"/>
+    <n v="-11"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="BPCAC2"/>
+    <s v="Liabilities"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+</pivotCacheRecords>
 </file>