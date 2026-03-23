--- v1 (2026-01-27)
+++ v2 (2026-03-23)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92adfedc70564163" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1dd1caa4f7334afb968cdb53876008fa.psmdcp" Id="R623a205293694bf4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R245033ec9720454f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8f3711c43a2f462fad02c2587c34296e.psmdcp" Id="R2aa2114f5bb341a1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>