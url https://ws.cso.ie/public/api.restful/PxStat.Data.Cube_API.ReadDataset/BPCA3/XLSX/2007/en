--- v0 (2025-11-04)
+++ v1 (2026-01-19)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34478a9d64ec4ce5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f49027e1f98c4121a5b5da0f4444b1e0.psmdcp" Id="R3552fd971ff041a7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e832a329b2e4228" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fa5d257e8fd342a6b2042e2ff3277cc8.psmdcp" Id="Re0da3b00615f49ca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>BPCA3</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Direct Investment</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>6/9/2020 11:00:00 AM</x:t>
+    <x:t>09/06/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/BPCA3/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>IAA</x:t>
   </x:si>
   <x:si>
     <x:t>BOP/International Accounts - Annual Series</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Lucia Perez Alfaro</x:t>
   </x:si>
@@ -234,50 +234,53 @@
     <x:t>2007</x:t>
   </x:si>
   <x:si>
     <x:t>2008</x:t>
   </x:si>
   <x:si>
     <x:t>2009</x:t>
   </x:si>
   <x:si>
     <x:t>2010</x:t>
   </x:si>
   <x:si>
     <x:t>2011</x:t>
   </x:si>
   <x:si>
     <x:t>2012</x:t>
   </x:si>
   <x:si>
     <x:t>2013</x:t>
   </x:si>
   <x:si>
     <x:t>01</x:t>
   </x:si>
   <x:si>
     <x:t>Equity</x:t>
+  </x:si>
+  <x:si>
+    <x:t/>
   </x:si>
   <x:si>
     <x:t>02</x:t>
   </x:si>
   <x:si>
     <x:t>Reinvested Earnings</x:t>
   </x:si>
   <x:si>
     <x:t>03</x:t>
   </x:si>
   <x:si>
     <x:t>Other Capital</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
@@ -427,299 +430,142 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...247 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="BPDIRIN" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Investment" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="16">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="16">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H129" totalsRowShown="0">
   <x:autoFilter ref="A1:H129"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="BPDIRIN"/>
     <x:tableColumn id="2" name="Type of Investment"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="STATISTIC"/>
     <x:tableColumn id="6" name="Statistic Label"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -988,51 +834,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/BPCA3/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1219,51 +1065,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H129"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="10.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="20.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.996339" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="25.853482" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.567768" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>39</x:v>
@@ -2327,50 +2173,53 @@
         <x:v>10040</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:8">
       <x:c r="A42" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C42" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="D42" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="E42" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F42" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G42" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H42" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
     </x:row>
     <x:row r="43" spans="1:8">
       <x:c r="A43" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C43" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="D43" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="E43" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F43" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H43" s="0">
         <x:v>14545</x:v>
@@ -2928,1722 +2777,1725 @@
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C65" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D65" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E65" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F65" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H65" s="0">
         <x:v>8832</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:8">
       <x:c r="A66" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C66" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D66" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E66" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F66" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G66" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H66" s="0">
         <x:v>-1527</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:8">
       <x:c r="A67" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C67" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D67" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E67" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F67" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H67" s="0">
         <x:v>4397</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:8">
       <x:c r="A68" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C68" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="D68" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="E68" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F68" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G68" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H68" s="0">
         <x:v>-1751</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:8">
       <x:c r="A69" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C69" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="D69" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="E69" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F69" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H69" s="0">
         <x:v>8762</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:8">
       <x:c r="A70" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C70" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="D70" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="E70" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F70" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G70" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H70" s="0">
         <x:v>-1390</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:8">
       <x:c r="A71" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C71" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="D71" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="E71" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F71" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H71" s="0">
         <x:v>10562</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:8">
       <x:c r="A72" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C72" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="D72" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="E72" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F72" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G72" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H72" s="0">
         <x:v>-2247</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:8">
       <x:c r="A73" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C73" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="D73" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="E73" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F73" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H73" s="0">
         <x:v>10370</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:8">
       <x:c r="A74" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C74" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="D74" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="E74" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F74" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G74" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H74" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
     </x:row>
     <x:row r="75" spans="1:8">
       <x:c r="A75" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C75" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="D75" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="E75" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F75" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H75" s="0">
         <x:v>14586</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:8">
       <x:c r="A76" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C76" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D76" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="E76" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F76" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G76" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H76" s="0">
         <x:v>-2669</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:8">
       <x:c r="A77" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C77" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D77" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="E77" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F77" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H77" s="0">
         <x:v>15893</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:8">
       <x:c r="A78" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C78" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D78" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="E78" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F78" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G78" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H78" s="0">
         <x:v>-2719</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:8">
       <x:c r="A79" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C79" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D79" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="E79" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F79" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H79" s="0">
         <x:v>9291</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:8">
       <x:c r="A80" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C80" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D80" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="E80" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F80" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G80" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H80" s="0">
         <x:v>-3682</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:8">
       <x:c r="A81" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C81" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D81" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="E81" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F81" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H81" s="0">
         <x:v>4257</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:8">
       <x:c r="A82" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C82" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D82" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E82" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F82" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G82" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H82" s="0">
         <x:v>-3827</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:8">
       <x:c r="A83" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C83" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D83" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E83" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F83" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H83" s="0">
         <x:v>9475</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:8">
       <x:c r="A84" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C84" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D84" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="E84" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F84" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G84" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H84" s="0">
         <x:v>-5416</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:8">
       <x:c r="A85" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C85" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D85" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="E85" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F85" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H85" s="0">
         <x:v>18246</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:8">
       <x:c r="A86" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C86" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D86" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E86" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F86" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G86" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H86" s="0">
         <x:v>-3747</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:8">
       <x:c r="A87" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C87" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D87" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E87" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F87" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H87" s="0">
         <x:v>15120</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:8">
       <x:c r="A88" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C88" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D88" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E88" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F88" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G88" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H88" s="0">
         <x:v>-4675</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:8">
       <x:c r="A89" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C89" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D89" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E89" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F89" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H89" s="0">
         <x:v>17301</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:8">
       <x:c r="A90" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C90" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D90" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E90" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F90" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G90" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H90" s="0">
         <x:v>-10521</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:8">
       <x:c r="A91" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C91" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D91" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E91" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F91" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H91" s="0">
         <x:v>20354</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:8">
       <x:c r="A92" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C92" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D92" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E92" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F92" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G92" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H92" s="0">
         <x:v>-9830</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:8">
       <x:c r="A93" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C93" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D93" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E93" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F93" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H93" s="0">
         <x:v>23632</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:8">
       <x:c r="A94" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C94" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D94" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E94" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F94" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G94" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H94" s="0">
         <x:v>-11100</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:8">
       <x:c r="A95" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C95" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D95" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E95" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F95" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H95" s="0">
         <x:v>21969</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:8">
       <x:c r="A96" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C96" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D96" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E96" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F96" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G96" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H96" s="0">
         <x:v>-11020</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:8">
       <x:c r="A97" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C97" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D97" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E97" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F97" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H97" s="0">
         <x:v>18525</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:8">
       <x:c r="A98" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C98" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D98" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E98" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F98" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G98" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H98" s="0">
         <x:v>-1046</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:8">
       <x:c r="A99" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C99" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D99" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E99" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F99" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H99" s="0">
         <x:v>-2352</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:8">
       <x:c r="A100" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C100" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="D100" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="E100" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F100" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G100" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H100" s="0">
         <x:v>508</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:8">
       <x:c r="A101" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C101" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="D101" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="E101" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F101" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H101" s="0">
         <x:v>1170</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:8">
       <x:c r="A102" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C102" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="D102" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="E102" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F102" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G102" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H102" s="0">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:8">
       <x:c r="A103" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C103" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="D103" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="E103" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F103" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H103" s="0">
         <x:v>32826</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:8">
       <x:c r="A104" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C104" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="D104" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="E104" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F104" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G104" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H104" s="0">
         <x:v>-727</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:8">
       <x:c r="A105" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C105" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="D105" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="E105" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F105" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H105" s="0">
         <x:v>-9625</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:8">
       <x:c r="A106" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C106" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="D106" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="E106" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F106" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G106" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H106" s="0">
         <x:v>1464</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:8">
       <x:c r="A107" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C107" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="D107" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="E107" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F107" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H107" s="0">
         <x:v>2028</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:8">
       <x:c r="A108" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C108" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D108" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="E108" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F108" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G108" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H108" s="0">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:8">
       <x:c r="A109" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C109" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D109" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="E109" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F109" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H109" s="0">
         <x:v>798</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:8">
       <x:c r="A110" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C110" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D110" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="E110" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F110" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G110" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H110" s="0">
         <x:v>-6793</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:8">
       <x:c r="A111" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C111" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D111" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="E111" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F111" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H111" s="0">
         <x:v>-13171</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:8">
       <x:c r="A112" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C112" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D112" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="E112" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F112" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G112" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H112" s="0">
         <x:v>-4197</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:8">
       <x:c r="A113" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C113" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D113" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="E113" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F113" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H113" s="0">
         <x:v>-33698</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:8">
       <x:c r="A114" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C114" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D114" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E114" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F114" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G114" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H114" s="0">
         <x:v>3055</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:8">
       <x:c r="A115" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C115" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D115" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E115" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F115" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H115" s="0">
         <x:v>-9651</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:8">
       <x:c r="A116" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C116" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D116" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="E116" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F116" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G116" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H116" s="0">
         <x:v>-5094</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:8">
       <x:c r="A117" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C117" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D117" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="E117" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F117" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H117" s="0">
         <x:v>1705</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:8">
       <x:c r="A118" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C118" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D118" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E118" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F118" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G118" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H118" s="0">
         <x:v>-3175</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:8">
       <x:c r="A119" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C119" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D119" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E119" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F119" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G119" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H119" s="0">
         <x:v>-23268</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:8">
       <x:c r="A120" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C120" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D120" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E120" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F120" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G120" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H120" s="0">
         <x:v>-4160</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:8">
       <x:c r="A121" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C121" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D121" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E121" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F121" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H121" s="0">
         <x:v>-4630</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:8">
       <x:c r="A122" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C122" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D122" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E122" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F122" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G122" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H122" s="0">
         <x:v>-6023</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:8">
       <x:c r="A123" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C123" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D123" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E123" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F123" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H123" s="0">
         <x:v>10356</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:8">
       <x:c r="A124" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C124" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D124" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E124" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F124" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G124" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H124" s="0">
         <x:v>-3711</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:8">
       <x:c r="A125" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C125" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D125" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E125" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F125" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H125" s="0">
         <x:v>23129</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:8">
       <x:c r="A126" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C126" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D126" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E126" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F126" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G126" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H126" s="0">
         <x:v>-4978</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:8">
       <x:c r="A127" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C127" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D127" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E127" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F127" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H127" s="0">
         <x:v>-3497</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:8">
       <x:c r="A128" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C128" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D128" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E128" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F128" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G128" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H128" s="0">
         <x:v>-7448</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:8">
       <x:c r="A129" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C129" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D129" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E129" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F129" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H129" s="0">
         <x:v>-606</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -4660,51 +4512,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H129" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="BPDIRIN">
       <x:sharedItems count="4">
         <x:s v="0"/>
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="03"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Type of Investment">
       <x:sharedItems count="4">
         <x:s v="All Direct Investment"/>
         <x:s v="Equity"/>
         <x:s v="Reinvested Earnings"/>
         <x:s v="Other Capital"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="16">
         <x:s v="1998"/>
         <x:s v="1999"/>
         <x:s v="2000"/>
         <x:s v="2001"/>
         <x:s v="2002"/>
@@ -4872,27 +4724,1308 @@
         <x:n v="-4197"/>
         <x:n v="-33698"/>
         <x:n v="3055"/>
         <x:n v="-9651"/>
         <x:n v="-5094"/>
         <x:n v="1705"/>
         <x:n v="-3175"/>
         <x:n v="-23268"/>
         <x:n v="-4160"/>
         <x:n v="-4630"/>
         <x:n v="-6023"/>
         <x:n v="10356"/>
         <x:n v="-3711"/>
         <x:n v="23129"/>
         <x:n v="-4978"/>
         <x:n v="-3497"/>
         <x:n v="-7448"/>
         <x:n v="-606"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="BPCAC1"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-3483"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="BPCAC2"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="7905"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="BPCAC1"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-5734"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="BPCAC2"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="17093"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="BPCAC1"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-5024"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="BPCAC2"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="27981"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="BPCAC1"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-4543"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="BPCAC2"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="10785"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BPCAC1"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-11715"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BPCAC2"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="31158"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="BPCAC1"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-4917"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="BPCAC2"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="20185"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="BPCAC1"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-14552"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="BPCAC2"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="-8543"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="BPCAC1"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-11509"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="BPCAC2"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="-25482"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="BPCAC1"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-12215"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="BPCAC2"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="-4418"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BPCAC1"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-15450"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BPCAC2"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="18052"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="BPCAC1"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-12936"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="BPCAC2"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="-11232"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="BPCAC1"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-19159"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="BPCAC2"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="18511"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="BPCAC1"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-16874"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="BPCAC2"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="32319"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="BPCAC1"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="838"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="BPCAC2"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="16937"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="BPCAC1"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-14413"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="BPCAC2"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="29820"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="BPCAC1"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-17211"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All Direct Investment"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="BPCAC2"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="26752"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="BPCAC1"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-910"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="BPCAC2"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="5860"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="BPCAC1"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-4492"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="BPCAC2"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="7161"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="BPCAC1"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-3800"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="BPCAC2"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="-15407"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="BPCAC1"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-1572"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="BPCAC2"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="10040"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BPCAC1"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BPCAC2"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="14545"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="BPCAC1"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-2318"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="BPCAC2"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="3494"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="BPCAC1"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-5038"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="BPCAC2"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="-4662"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="BPCAC1"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-3629"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="BPCAC2"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="3960"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="BPCAC1"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-11440"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="BPCAC2"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="-4242"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BPCAC1"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-4942"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BPCAC2"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="-1900"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="BPCAC1"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-6014"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="BPCAC2"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="-3086"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="BPCAC1"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-10325"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="BPCAC2"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="5840"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="BPCAC1"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-328"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="BPCAC2"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="1609"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="BPCAC1"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="14379"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="BPCAC2"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="-29825"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="BPCAC1"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="1665"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="BPCAC2"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="11348"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="BPCAC1"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="1257"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="Equity"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="BPCAC2"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="8832"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="BPCAC1"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-1527"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="BPCAC2"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="4397"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="BPCAC1"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-1751"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="BPCAC2"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="8762"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="BPCAC1"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-1390"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="BPCAC2"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="10562"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="BPCAC1"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-2247"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="BPCAC2"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="10370"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BPCAC1"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BPCAC2"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="14586"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="BPCAC1"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-2669"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="BPCAC2"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="15893"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="BPCAC1"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-2719"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="BPCAC2"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="9291"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="BPCAC1"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-3682"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="BPCAC2"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="4257"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="BPCAC1"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-3827"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="BPCAC2"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="9475"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BPCAC1"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-5416"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BPCAC2"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="18246"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="BPCAC1"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-3747"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="BPCAC2"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="15120"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="BPCAC1"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-4675"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="BPCAC2"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="17301"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="BPCAC1"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-10521"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="BPCAC2"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="20354"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="BPCAC1"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-9830"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="BPCAC2"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="23632"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="BPCAC1"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-11100"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="BPCAC2"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="21969"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="BPCAC1"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-11020"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Reinvested Earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="BPCAC2"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="18525"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="BPCAC1"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-1046"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="BPCAC2"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="-2352"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="BPCAC1"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="508"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="BPCAC2"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="1170"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="BPCAC1"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="BPCAC2"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="32826"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="BPCAC1"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-727"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="BPCAC2"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="-9625"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BPCAC1"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="1464"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BPCAC2"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="2028"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="BPCAC1"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="BPCAC2"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="798"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="BPCAC1"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-6793"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="BPCAC2"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="-13171"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="BPCAC1"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-4197"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="BPCAC2"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="-33698"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="BPCAC1"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="3055"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="BPCAC2"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="-9651"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BPCAC1"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-5094"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BPCAC2"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="1705"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="BPCAC1"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-3175"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="BPCAC2"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="-23268"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="BPCAC1"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-4160"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="BPCAC2"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="-4630"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="BPCAC1"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-6023"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="BPCAC2"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="10356"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="BPCAC1"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-3711"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="BPCAC2"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="23129"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="BPCAC1"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-4978"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="BPCAC2"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="-3497"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="BPCAC1"/>
+    <s v="Direct Investment Abroad"/>
+    <s v="Euro Million"/>
+    <n v="-7448"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="Other Capital"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="BPCAC2"/>
+    <s v="Direct Investment in Ireland"/>
+    <s v="Euro Million"/>
+    <n v="-606"/>
+  </r>
+</pivotCacheRecords>
 </file>