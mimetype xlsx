--- v1 (2026-01-19)
+++ v2 (2026-03-06)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e832a329b2e4228" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fa5d257e8fd342a6b2042e2ff3277cc8.psmdcp" Id="Re0da3b00615f49ca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62e12efff087410b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fe08aa581628430eb5ea9d4901c3e117.psmdcp" Id="Rb3c4d62ee3884864" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>