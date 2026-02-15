--- v0 (2025-11-03)
+++ v1 (2026-02-15)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R550a2b05d01d4e33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0d8eb165af994538895fa93e0b970ff2.psmdcp" Id="Rde52efbfcdea4c8c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29dbf37c55904953" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a83062a24de24643838544a60c925978.psmdcp" Id="R299dc03f35b44b9f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>BPCA1</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Current Account</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/18/2020 11:00:00 AM</x:t>
+    <x:t>18/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/BPCA1/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>IAA</x:t>
   </x:si>
   <x:si>
     <x:t>BOP/International Accounts - Annual Series</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Lucia Perez Alfaro</x:t>
   </x:si>
@@ -380,50 +380,53 @@
   <x:si>
     <x:t>01421</x:t>
   </x:si>
   <x:si>
     <x:t>Portfolio investment income: Income on equity</x:t>
   </x:si>
   <x:si>
     <x:t>01422</x:t>
   </x:si>
   <x:si>
     <x:t>Portfolio investment income: Income on debt</x:t>
   </x:si>
   <x:si>
     <x:t>0143</x:t>
   </x:si>
   <x:si>
     <x:t>Other investment income</x:t>
   </x:si>
   <x:si>
     <x:t>015</x:t>
   </x:si>
   <x:si>
     <x:t>Dividends and distributed branch profits</x:t>
   </x:si>
   <x:si>
+    <x:t/>
+  </x:si>
+  <x:si>
     <x:t>016</x:t>
   </x:si>
   <x:si>
     <x:t>Reinvested earnings</x:t>
   </x:si>
   <x:si>
     <x:t>017</x:t>
   </x:si>
   <x:si>
     <x:t>Current transfers</x:t>
   </x:si>
   <x:si>
     <x:t>018</x:t>
   </x:si>
   <x:si>
     <x:t>Memorandum Item: Government income</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
@@ -577,499 +580,192 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...447 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="BPDEBIT" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="29">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+      </items>
+    </pivotField>
+    <pivotField name="Component" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="29">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="16">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="16">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H929" totalsRowShown="0">
   <x:autoFilter ref="A1:H929"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="BPDEBIT"/>
     <x:tableColumn id="2" name="Component"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="STATISTIC"/>
     <x:tableColumn id="6" name="Statistic Label"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1338,51 +1034,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/BPCA1/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1569,51 +1265,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H929"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="10.853482" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="59.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.996339" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="21.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.567768" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>39</x:v>
@@ -22645,50 +22341,53 @@
         <x:v>15037</x:v>
       </x:c>
     </x:row>
     <x:row r="810" spans="1:8">
       <x:c r="A810" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B810" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C810" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="D810" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="E810" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F810" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G810" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H810" s="0" t="s">
+        <x:v>119</x:v>
+      </x:c>
     </x:row>
     <x:row r="811" spans="1:8">
       <x:c r="A811" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B811" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C811" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="D811" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="E811" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F811" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G811" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H811" s="0">
         <x:v>14948</x:v>
@@ -23246,2488 +22945,2557 @@
       </x:c>
       <x:c r="B833" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C833" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D833" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E833" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F833" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G833" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H833" s="0">
         <x:v>16437</x:v>
       </x:c>
     </x:row>
     <x:row r="834" spans="1:8">
       <x:c r="A834" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B834" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C834" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D834" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E834" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F834" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G834" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H834" s="0">
         <x:v>1527</x:v>
       </x:c>
     </x:row>
     <x:row r="835" spans="1:8">
       <x:c r="A835" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B835" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C835" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D835" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E835" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F835" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G835" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H835" s="0">
         <x:v>4397</x:v>
       </x:c>
     </x:row>
     <x:row r="836" spans="1:8">
       <x:c r="A836" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B836" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C836" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="D836" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="E836" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F836" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G836" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H836" s="0">
         <x:v>1751</x:v>
       </x:c>
     </x:row>
     <x:row r="837" spans="1:8">
       <x:c r="A837" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B837" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C837" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="D837" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="E837" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F837" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G837" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H837" s="0">
         <x:v>8762</x:v>
       </x:c>
     </x:row>
     <x:row r="838" spans="1:8">
       <x:c r="A838" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B838" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C838" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="D838" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="E838" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F838" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G838" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H838" s="0">
         <x:v>1390</x:v>
       </x:c>
     </x:row>
     <x:row r="839" spans="1:8">
       <x:c r="A839" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B839" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C839" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="D839" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="E839" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F839" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G839" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H839" s="0">
         <x:v>10562</x:v>
       </x:c>
     </x:row>
     <x:row r="840" spans="1:8">
       <x:c r="A840" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B840" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C840" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="D840" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="E840" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F840" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G840" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H840" s="0">
         <x:v>2247</x:v>
       </x:c>
     </x:row>
     <x:row r="841" spans="1:8">
       <x:c r="A841" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B841" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C841" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="D841" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="E841" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F841" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G841" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H841" s="0">
         <x:v>10370</x:v>
       </x:c>
     </x:row>
     <x:row r="842" spans="1:8">
       <x:c r="A842" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B842" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C842" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="D842" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="E842" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F842" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G842" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H842" s="0" t="s">
+        <x:v>119</x:v>
+      </x:c>
     </x:row>
     <x:row r="843" spans="1:8">
       <x:c r="A843" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B843" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C843" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="D843" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="E843" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F843" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G843" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H843" s="0">
         <x:v>14586</x:v>
       </x:c>
     </x:row>
     <x:row r="844" spans="1:8">
       <x:c r="A844" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B844" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C844" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D844" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="E844" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F844" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G844" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H844" s="0">
         <x:v>2669</x:v>
       </x:c>
     </x:row>
     <x:row r="845" spans="1:8">
       <x:c r="A845" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B845" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C845" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D845" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="E845" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F845" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G845" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H845" s="0">
         <x:v>15893</x:v>
       </x:c>
     </x:row>
     <x:row r="846" spans="1:8">
       <x:c r="A846" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B846" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C846" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D846" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="E846" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F846" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G846" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H846" s="0">
         <x:v>2719</x:v>
       </x:c>
     </x:row>
     <x:row r="847" spans="1:8">
       <x:c r="A847" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B847" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C847" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D847" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="E847" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F847" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G847" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H847" s="0">
         <x:v>9291</x:v>
       </x:c>
     </x:row>
     <x:row r="848" spans="1:8">
       <x:c r="A848" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B848" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C848" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D848" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="E848" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F848" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G848" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H848" s="0">
         <x:v>3682</x:v>
       </x:c>
     </x:row>
     <x:row r="849" spans="1:8">
       <x:c r="A849" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B849" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C849" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D849" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="E849" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F849" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G849" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H849" s="0">
         <x:v>4257</x:v>
       </x:c>
     </x:row>
     <x:row r="850" spans="1:8">
       <x:c r="A850" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B850" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C850" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D850" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E850" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F850" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G850" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H850" s="0">
         <x:v>3827</x:v>
       </x:c>
     </x:row>
     <x:row r="851" spans="1:8">
       <x:c r="A851" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B851" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C851" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D851" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E851" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F851" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G851" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H851" s="0">
         <x:v>9475</x:v>
       </x:c>
     </x:row>
     <x:row r="852" spans="1:8">
       <x:c r="A852" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B852" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C852" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D852" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="E852" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F852" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G852" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H852" s="0">
         <x:v>5416</x:v>
       </x:c>
     </x:row>
     <x:row r="853" spans="1:8">
       <x:c r="A853" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B853" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C853" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D853" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="E853" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F853" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G853" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H853" s="0">
         <x:v>18246</x:v>
       </x:c>
     </x:row>
     <x:row r="854" spans="1:8">
       <x:c r="A854" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B854" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C854" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D854" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E854" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F854" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G854" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H854" s="0">
         <x:v>3747</x:v>
       </x:c>
     </x:row>
     <x:row r="855" spans="1:8">
       <x:c r="A855" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B855" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C855" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D855" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E855" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F855" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G855" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H855" s="0">
         <x:v>15120</x:v>
       </x:c>
     </x:row>
     <x:row r="856" spans="1:8">
       <x:c r="A856" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B856" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C856" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D856" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E856" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F856" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G856" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H856" s="0">
         <x:v>4675</x:v>
       </x:c>
     </x:row>
     <x:row r="857" spans="1:8">
       <x:c r="A857" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B857" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C857" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D857" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E857" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F857" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G857" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H857" s="0">
         <x:v>17301</x:v>
       </x:c>
     </x:row>
     <x:row r="858" spans="1:8">
       <x:c r="A858" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B858" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C858" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D858" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E858" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F858" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G858" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H858" s="0">
         <x:v>10521</x:v>
       </x:c>
     </x:row>
     <x:row r="859" spans="1:8">
       <x:c r="A859" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B859" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C859" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D859" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E859" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F859" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G859" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H859" s="0">
         <x:v>20354</x:v>
       </x:c>
     </x:row>
     <x:row r="860" spans="1:8">
       <x:c r="A860" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B860" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C860" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D860" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E860" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F860" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G860" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H860" s="0">
         <x:v>9830</x:v>
       </x:c>
     </x:row>
     <x:row r="861" spans="1:8">
       <x:c r="A861" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B861" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C861" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D861" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E861" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F861" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G861" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H861" s="0">
         <x:v>23632</x:v>
       </x:c>
     </x:row>
     <x:row r="862" spans="1:8">
       <x:c r="A862" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B862" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C862" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D862" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E862" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F862" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G862" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H862" s="0">
         <x:v>11100</x:v>
       </x:c>
     </x:row>
     <x:row r="863" spans="1:8">
       <x:c r="A863" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B863" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C863" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D863" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E863" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F863" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G863" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H863" s="0">
         <x:v>21969</x:v>
       </x:c>
     </x:row>
     <x:row r="864" spans="1:8">
       <x:c r="A864" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B864" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C864" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D864" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E864" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F864" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G864" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H864" s="0">
         <x:v>11020</x:v>
       </x:c>
     </x:row>
     <x:row r="865" spans="1:8">
       <x:c r="A865" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B865" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C865" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D865" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E865" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F865" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G865" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H865" s="0">
         <x:v>18525</x:v>
       </x:c>
     </x:row>
     <x:row r="866" spans="1:8">
       <x:c r="A866" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B866" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C866" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D866" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E866" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F866" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G866" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H866" s="0">
         <x:v>5195</x:v>
       </x:c>
     </x:row>
     <x:row r="867" spans="1:8">
       <x:c r="A867" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B867" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C867" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D867" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E867" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F867" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G867" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H867" s="0">
         <x:v>3876</x:v>
       </x:c>
     </x:row>
     <x:row r="868" spans="1:8">
       <x:c r="A868" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B868" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C868" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="D868" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="E868" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F868" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G868" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H868" s="0">
         <x:v>5009</x:v>
       </x:c>
     </x:row>
     <x:row r="869" spans="1:8">
       <x:c r="A869" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B869" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C869" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="D869" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="E869" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F869" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G869" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H869" s="0">
         <x:v>3832</x:v>
       </x:c>
     </x:row>
     <x:row r="870" spans="1:8">
       <x:c r="A870" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B870" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C870" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="D870" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="E870" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F870" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G870" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H870" s="0">
         <x:v>4686</x:v>
       </x:c>
     </x:row>
     <x:row r="871" spans="1:8">
       <x:c r="A871" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B871" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C871" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="D871" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="E871" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F871" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G871" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H871" s="0">
         <x:v>3692</x:v>
       </x:c>
     </x:row>
     <x:row r="872" spans="1:8">
       <x:c r="A872" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B872" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C872" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="D872" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="E872" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F872" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G872" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H872" s="0">
         <x:v>8269</x:v>
       </x:c>
     </x:row>
     <x:row r="873" spans="1:8">
       <x:c r="A873" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B873" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C873" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="D873" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="E873" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F873" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G873" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H873" s="0">
         <x:v>7964</x:v>
       </x:c>
     </x:row>
     <x:row r="874" spans="1:8">
       <x:c r="A874" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B874" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C874" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="D874" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="E874" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F874" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G874" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H874" s="0">
         <x:v>7946</x:v>
       </x:c>
     </x:row>
     <x:row r="875" spans="1:8">
       <x:c r="A875" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B875" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C875" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="D875" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="E875" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F875" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G875" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H875" s="0">
         <x:v>7242</x:v>
       </x:c>
     </x:row>
     <x:row r="876" spans="1:8">
       <x:c r="A876" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B876" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C876" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D876" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="E876" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F876" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G876" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H876" s="0">
         <x:v>6177</x:v>
       </x:c>
     </x:row>
     <x:row r="877" spans="1:8">
       <x:c r="A877" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B877" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C877" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D877" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="E877" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F877" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G877" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H877" s="0">
         <x:v>5745</x:v>
       </x:c>
     </x:row>
     <x:row r="878" spans="1:8">
       <x:c r="A878" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B878" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C878" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D878" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="E878" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F878" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G878" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H878" s="0">
         <x:v>5314</x:v>
       </x:c>
     </x:row>
     <x:row r="879" spans="1:8">
       <x:c r="A879" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B879" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C879" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D879" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="E879" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F879" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G879" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H879" s="0">
         <x:v>4921</x:v>
       </x:c>
     </x:row>
     <x:row r="880" spans="1:8">
       <x:c r="A880" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B880" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C880" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D880" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="E880" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F880" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G880" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H880" s="0">
         <x:v>5648</x:v>
       </x:c>
     </x:row>
     <x:row r="881" spans="1:8">
       <x:c r="A881" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B881" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C881" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D881" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="E881" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F881" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G881" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H881" s="0">
         <x:v>5383</x:v>
       </x:c>
     </x:row>
     <x:row r="882" spans="1:8">
       <x:c r="A882" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B882" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C882" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D882" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E882" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F882" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G882" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H882" s="0">
         <x:v>5260</x:v>
       </x:c>
     </x:row>
     <x:row r="883" spans="1:8">
       <x:c r="A883" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B883" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C883" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D883" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E883" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F883" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G883" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H883" s="0">
         <x:v>5764</x:v>
       </x:c>
     </x:row>
     <x:row r="884" spans="1:8">
       <x:c r="A884" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B884" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C884" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D884" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="E884" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F884" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G884" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H884" s="0">
         <x:v>4833</x:v>
       </x:c>
     </x:row>
     <x:row r="885" spans="1:8">
       <x:c r="A885" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B885" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C885" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D885" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="E885" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F885" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G885" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H885" s="0">
         <x:v>5823</x:v>
       </x:c>
     </x:row>
     <x:row r="886" spans="1:8">
       <x:c r="A886" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B886" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C886" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D886" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E886" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F886" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G886" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H886" s="0">
         <x:v>5583</x:v>
       </x:c>
     </x:row>
     <x:row r="887" spans="1:8">
       <x:c r="A887" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B887" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C887" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D887" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E887" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F887" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G887" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H887" s="0">
         <x:v>6737</x:v>
       </x:c>
     </x:row>
     <x:row r="888" spans="1:8">
       <x:c r="A888" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B888" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C888" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D888" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E888" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F888" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G888" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H888" s="0">
         <x:v>5361</x:v>
       </x:c>
     </x:row>
     <x:row r="889" spans="1:8">
       <x:c r="A889" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B889" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C889" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D889" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E889" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F889" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G889" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H889" s="0">
         <x:v>6784</x:v>
       </x:c>
     </x:row>
     <x:row r="890" spans="1:8">
       <x:c r="A890" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B890" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C890" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D890" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E890" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F890" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G890" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H890" s="0">
         <x:v>4947</x:v>
       </x:c>
     </x:row>
     <x:row r="891" spans="1:8">
       <x:c r="A891" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B891" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C891" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D891" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E891" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F891" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G891" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H891" s="0">
         <x:v>6361</x:v>
       </x:c>
     </x:row>
     <x:row r="892" spans="1:8">
       <x:c r="A892" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B892" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C892" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D892" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E892" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F892" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G892" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H892" s="0">
         <x:v>5405</x:v>
       </x:c>
     </x:row>
     <x:row r="893" spans="1:8">
       <x:c r="A893" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B893" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C893" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D893" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E893" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F893" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G893" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H893" s="0">
         <x:v>6588</x:v>
       </x:c>
     </x:row>
     <x:row r="894" spans="1:8">
       <x:c r="A894" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B894" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C894" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D894" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E894" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F894" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G894" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H894" s="0">
         <x:v>5562</x:v>
       </x:c>
     </x:row>
     <x:row r="895" spans="1:8">
       <x:c r="A895" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B895" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C895" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D895" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E895" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F895" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G895" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H895" s="0">
         <x:v>6767</x:v>
       </x:c>
     </x:row>
     <x:row r="896" spans="1:8">
       <x:c r="A896" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B896" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C896" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D896" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E896" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F896" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G896" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H896" s="0">
         <x:v>4494</x:v>
       </x:c>
     </x:row>
     <x:row r="897" spans="1:8">
       <x:c r="A897" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B897" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C897" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D897" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E897" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F897" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G897" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H897" s="0">
         <x:v>5918</x:v>
       </x:c>
     </x:row>
     <x:row r="898" spans="1:8">
       <x:c r="A898" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B898" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C898" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D898" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E898" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F898" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G898" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H898" s="0" t="s">
+        <x:v>119</x:v>
+      </x:c>
     </x:row>
     <x:row r="899" spans="1:8">
       <x:c r="A899" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B899" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C899" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D899" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E899" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F899" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G899" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H899" s="0" t="s">
+        <x:v>119</x:v>
+      </x:c>
     </x:row>
     <x:row r="900" spans="1:8">
       <x:c r="A900" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B900" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C900" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="D900" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="E900" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F900" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G900" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H900" s="0" t="s">
+        <x:v>119</x:v>
+      </x:c>
     </x:row>
     <x:row r="901" spans="1:8">
       <x:c r="A901" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B901" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C901" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="D901" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="E901" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F901" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G901" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H901" s="0" t="s">
+        <x:v>119</x:v>
+      </x:c>
     </x:row>
     <x:row r="902" spans="1:8">
       <x:c r="A902" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B902" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C902" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="D902" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="E902" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F902" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G902" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H902" s="0" t="s">
+        <x:v>119</x:v>
+      </x:c>
     </x:row>
     <x:row r="903" spans="1:8">
       <x:c r="A903" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B903" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C903" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="D903" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="E903" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F903" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G903" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H903" s="0" t="s">
+        <x:v>119</x:v>
+      </x:c>
     </x:row>
     <x:row r="904" spans="1:8">
       <x:c r="A904" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B904" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C904" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="D904" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="E904" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F904" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G904" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H904" s="0" t="s">
+        <x:v>119</x:v>
+      </x:c>
     </x:row>
     <x:row r="905" spans="1:8">
       <x:c r="A905" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B905" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C905" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="D905" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="E905" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F905" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G905" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H905" s="0" t="s">
+        <x:v>119</x:v>
+      </x:c>
     </x:row>
     <x:row r="906" spans="1:8">
       <x:c r="A906" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B906" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C906" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="D906" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="E906" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F906" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G906" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H906" s="0" t="s">
+        <x:v>119</x:v>
+      </x:c>
     </x:row>
     <x:row r="907" spans="1:8">
       <x:c r="A907" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B907" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C907" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="D907" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="E907" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F907" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G907" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H907" s="0" t="s">
+        <x:v>119</x:v>
+      </x:c>
     </x:row>
     <x:row r="908" spans="1:8">
       <x:c r="A908" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B908" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C908" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D908" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="E908" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F908" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G908" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H908" s="0" t="s">
+        <x:v>119</x:v>
+      </x:c>
     </x:row>
     <x:row r="909" spans="1:8">
       <x:c r="A909" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B909" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C909" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D909" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="E909" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F909" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G909" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H909" s="0" t="s">
+        <x:v>119</x:v>
+      </x:c>
     </x:row>
     <x:row r="910" spans="1:8">
       <x:c r="A910" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B910" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C910" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D910" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="E910" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F910" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G910" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H910" s="0" t="s">
+        <x:v>119</x:v>
+      </x:c>
     </x:row>
     <x:row r="911" spans="1:8">
       <x:c r="A911" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B911" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C911" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D911" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="E911" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F911" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G911" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H911" s="0" t="s">
+        <x:v>119</x:v>
+      </x:c>
     </x:row>
     <x:row r="912" spans="1:8">
       <x:c r="A912" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B912" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C912" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D912" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="E912" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F912" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G912" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H912" s="0" t="s">
+        <x:v>119</x:v>
+      </x:c>
     </x:row>
     <x:row r="913" spans="1:8">
       <x:c r="A913" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B913" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C913" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D913" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="E913" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F913" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G913" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H913" s="0" t="s">
+        <x:v>119</x:v>
+      </x:c>
     </x:row>
     <x:row r="914" spans="1:8">
       <x:c r="A914" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B914" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C914" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D914" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E914" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F914" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G914" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H914" s="0" t="s">
+        <x:v>119</x:v>
+      </x:c>
     </x:row>
     <x:row r="915" spans="1:8">
       <x:c r="A915" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B915" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C915" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D915" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E915" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F915" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G915" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H915" s="0" t="s">
+        <x:v>119</x:v>
+      </x:c>
     </x:row>
     <x:row r="916" spans="1:8">
       <x:c r="A916" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B916" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C916" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D916" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="E916" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F916" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G916" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H916" s="0" t="s">
+        <x:v>119</x:v>
+      </x:c>
     </x:row>
     <x:row r="917" spans="1:8">
       <x:c r="A917" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B917" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C917" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D917" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="E917" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F917" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G917" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H917" s="0" t="s">
+        <x:v>119</x:v>
+      </x:c>
     </x:row>
     <x:row r="918" spans="1:8">
       <x:c r="A918" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B918" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C918" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D918" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E918" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F918" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G918" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H918" s="0" t="s">
+        <x:v>119</x:v>
+      </x:c>
     </x:row>
     <x:row r="919" spans="1:8">
       <x:c r="A919" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B919" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C919" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D919" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E919" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F919" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G919" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H919" s="0" t="s">
+        <x:v>119</x:v>
+      </x:c>
     </x:row>
     <x:row r="920" spans="1:8">
       <x:c r="A920" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B920" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C920" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D920" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E920" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F920" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G920" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H920" s="0">
         <x:v>352</x:v>
       </x:c>
     </x:row>
     <x:row r="921" spans="1:8">
       <x:c r="A921" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B921" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C921" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D921" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E921" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F921" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G921" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H921" s="0">
         <x:v>2999</x:v>
       </x:c>
     </x:row>
     <x:row r="922" spans="1:8">
       <x:c r="A922" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B922" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C922" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D922" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E922" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F922" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G922" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H922" s="0">
         <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="923" spans="1:8">
       <x:c r="A923" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B923" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C923" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D923" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E923" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F923" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G923" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H923" s="0">
         <x:v>3408</x:v>
       </x:c>
     </x:row>
     <x:row r="924" spans="1:8">
       <x:c r="A924" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B924" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C924" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D924" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E924" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F924" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G924" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H924" s="0">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="925" spans="1:8">
       <x:c r="A925" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B925" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C925" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D925" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E925" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F925" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G925" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H925" s="0">
         <x:v>4349</x:v>
       </x:c>
     </x:row>
     <x:row r="926" spans="1:8">
       <x:c r="A926" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B926" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C926" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D926" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E926" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F926" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G926" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H926" s="0">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="927" spans="1:8">
       <x:c r="A927" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B927" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C927" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D927" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E927" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F927" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G927" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H927" s="0">
         <x:v>4625</x:v>
       </x:c>
     </x:row>
     <x:row r="928" spans="1:8">
       <x:c r="A928" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B928" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C928" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D928" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E928" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F928" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G928" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H928" s="0">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="929" spans="1:8">
       <x:c r="A929" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B929" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C929" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D929" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E929" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F929" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G929" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H929" s="0">
         <x:v>4638</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -25744,51 +25512,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H929" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="BPDEBIT">
       <x:sharedItems count="29">
         <x:s v="0"/>
         <x:s v="001"/>
         <x:s v="002"/>
         <x:s v="003"/>
         <x:s v="004"/>
         <x:s v="005"/>
         <x:s v="006"/>
         <x:s v="007"/>
         <x:s v="008"/>
         <x:s v="009"/>
         <x:s v="010"/>
         <x:s v="0101"/>
         <x:s v="0102"/>
         <x:s v="0103"/>
         <x:s v="011"/>
         <x:s v="012"/>
         <x:s v="013"/>
         <x:s v="014"/>
         <x:s v="0141"/>
         <x:s v="01411"/>
         <x:s v="01412"/>
@@ -26762,27 +26530,9308 @@
         <x:n v="6784"/>
         <x:n v="4947"/>
         <x:n v="6361"/>
         <x:n v="5405"/>
         <x:n v="6588"/>
         <x:n v="5562"/>
         <x:n v="6767"/>
         <x:n v="4494"/>
         <x:n v="5918"/>
         <x:n v="2999"/>
         <x:n v="306"/>
         <x:n v="3408"/>
         <x:n v="133"/>
         <x:n v="4349"/>
         <x:n v="115"/>
         <x:n v="4625"/>
         <x:n v="141"/>
         <x:n v="4638"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="0"/>
+    <s v="All items"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="90287"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All items"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="89659"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All items"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="107570"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All items"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="107345"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All items"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="136420"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All items"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="136799"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All items"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="155750"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All items"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="156508"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All items"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="157793"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All items"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="159088"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All items"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="151753"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All items"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="151755"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All items"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="163248"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All items"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="164116"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All items"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="179969"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All items"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="185660"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All items"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="211647"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All items"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="217952"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All items"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="241783"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All items"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="251907"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All items"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="238607"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All items"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="248775"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All items"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="205665"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All items"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="209427"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All items"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="218989"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All items"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="217207"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All items"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="229000"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All items"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="226999"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All items"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="238955"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All items"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="231704"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All items"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="236385"/>
+  </r>
+  <r>
+    <s v="0"/>
+    <s v="All items"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="225534"/>
+  </r>
+  <r>
+    <s v="001"/>
+    <s v="Merchandise"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="54718"/>
+  </r>
+  <r>
+    <s v="001"/>
+    <s v="Merchandise"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="37208"/>
+  </r>
+  <r>
+    <s v="001"/>
+    <s v="Merchandise"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="63737"/>
+  </r>
+  <r>
+    <s v="001"/>
+    <s v="Merchandise"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="41567"/>
+  </r>
+  <r>
+    <s v="001"/>
+    <s v="Merchandise"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="79971"/>
+  </r>
+  <r>
+    <s v="001"/>
+    <s v="Merchandise"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="52705"/>
+  </r>
+  <r>
+    <s v="001"/>
+    <s v="Merchandise"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="86690"/>
+  </r>
+  <r>
+    <s v="001"/>
+    <s v="Merchandise"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="56197"/>
+  </r>
+  <r>
+    <s v="001"/>
+    <s v="Merchandise"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="89495"/>
+  </r>
+  <r>
+    <s v="001"/>
+    <s v="Merchandise"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="54052"/>
+  </r>
+  <r>
+    <s v="001"/>
+    <s v="Merchandise"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="78314"/>
+  </r>
+  <r>
+    <s v="001"/>
+    <s v="Merchandise"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="45709"/>
+  </r>
+  <r>
+    <s v="001"/>
+    <s v="Merchandise"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="80544"/>
+  </r>
+  <r>
+    <s v="001"/>
+    <s v="Merchandise"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="49122"/>
+  </r>
+  <r>
+    <s v="001"/>
+    <s v="Merchandise"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="82686"/>
+  </r>
+  <r>
+    <s v="001"/>
+    <s v="Merchandise"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="54467"/>
+  </r>
+  <r>
+    <s v="001"/>
+    <s v="Merchandise"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="83235"/>
+  </r>
+  <r>
+    <s v="001"/>
+    <s v="Merchandise"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="58203"/>
+  </r>
+  <r>
+    <s v="001"/>
+    <s v="Merchandise"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="84079"/>
+  </r>
+  <r>
+    <s v="001"/>
+    <s v="Merchandise"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="64268"/>
+  </r>
+  <r>
+    <s v="001"/>
+    <s v="Merchandise"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="81037"/>
+  </r>
+  <r>
+    <s v="001"/>
+    <s v="Merchandise"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="57227"/>
+  </r>
+  <r>
+    <s v="001"/>
+    <s v="Merchandise"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="77645"/>
+  </r>
+  <r>
+    <s v="001"/>
+    <s v="Merchandise"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="45178"/>
+  </r>
+  <r>
+    <s v="001"/>
+    <s v="Merchandise"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="82607"/>
+  </r>
+  <r>
+    <s v="001"/>
+    <s v="Merchandise"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="46856"/>
+  </r>
+  <r>
+    <s v="001"/>
+    <s v="Merchandise"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="85007"/>
+  </r>
+  <r>
+    <s v="001"/>
+    <s v="Merchandise"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="48326"/>
+  </r>
+  <r>
+    <s v="001"/>
+    <s v="Merchandise"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="85852"/>
+  </r>
+  <r>
+    <s v="001"/>
+    <s v="Merchandise"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="49485"/>
+  </r>
+  <r>
+    <s v="001"/>
+    <s v="Merchandise"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="81906"/>
+  </r>
+  <r>
+    <s v="001"/>
+    <s v="Merchandise"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="49727"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Services"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="12545"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Services"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="21364"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Services"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="15822"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Services"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="25999"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Services"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="21674"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Services"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="35563"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Services"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="28562"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Services"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="41822"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Services"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="31589"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Services"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="45370"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Services"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="37133"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Services"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="48223"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Services"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="42424"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Services"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="52625"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Services"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="48219"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Services"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="57521"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="57069"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="63867"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Services"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="67960"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Services"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="69081"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Services"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="67947"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Services"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="75617"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Services"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="67602"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Services"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="74503"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Services"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="74311"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Services"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="80951"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="81468"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="83168"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Services"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="90295"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Services"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="87089"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Services"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="94646"/>
+  </r>
+  <r>
+    <s v="002"/>
+    <s v="Services"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="88585"/>
+  </r>
+  <r>
+    <s v="003"/>
+    <s v="Transport"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="1158"/>
+  </r>
+  <r>
+    <s v="003"/>
+    <s v="Transport"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="2080"/>
+  </r>
+  <r>
+    <s v="003"/>
+    <s v="Transport"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="1251"/>
+  </r>
+  <r>
+    <s v="003"/>
+    <s v="Transport"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="2290"/>
+  </r>
+  <r>
+    <s v="003"/>
+    <s v="Transport"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="1501"/>
+  </r>
+  <r>
+    <s v="003"/>
+    <s v="Transport"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="2852"/>
+  </r>
+  <r>
+    <s v="003"/>
+    <s v="Transport"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="1658"/>
+  </r>
+  <r>
+    <s v="003"/>
+    <s v="Transport"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="2001"/>
+  </r>
+  <r>
+    <s v="003"/>
+    <s v="Transport"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="1710"/>
+  </r>
+  <r>
+    <s v="003"/>
+    <s v="Transport"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="1908"/>
+  </r>
+  <r>
+    <s v="003"/>
+    <s v="Transport"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="1708"/>
+  </r>
+  <r>
+    <s v="003"/>
+    <s v="Transport"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="1725"/>
+  </r>
+  <r>
+    <s v="003"/>
+    <s v="Transport"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="1895"/>
+  </r>
+  <r>
+    <s v="003"/>
+    <s v="Transport"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="1790"/>
+  </r>
+  <r>
+    <s v="003"/>
+    <s v="Transport"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="2131"/>
+  </r>
+  <r>
+    <s v="003"/>
+    <s v="Transport"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="1982"/>
+  </r>
+  <r>
+    <s v="003"/>
+    <s v="Transport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="2334"/>
+  </r>
+  <r>
+    <s v="003"/>
+    <s v="Transport"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="2027"/>
+  </r>
+  <r>
+    <s v="003"/>
+    <s v="Transport"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="2908"/>
+  </r>
+  <r>
+    <s v="003"/>
+    <s v="Transport"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="2067"/>
+  </r>
+  <r>
+    <s v="003"/>
+    <s v="Transport"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="3010"/>
+  </r>
+  <r>
+    <s v="003"/>
+    <s v="Transport"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="1908"/>
+  </r>
+  <r>
+    <s v="003"/>
+    <s v="Transport"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="3045"/>
+  </r>
+  <r>
+    <s v="003"/>
+    <s v="Transport"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="1610"/>
+  </r>
+  <r>
+    <s v="003"/>
+    <s v="Transport"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="3657"/>
+  </r>
+  <r>
+    <s v="003"/>
+    <s v="Transport"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="1630"/>
+  </r>
+  <r>
+    <s v="003"/>
+    <s v="Transport"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="4352"/>
+  </r>
+  <r>
+    <s v="003"/>
+    <s v="Transport"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="1645"/>
+  </r>
+  <r>
+    <s v="003"/>
+    <s v="Transport"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="4609"/>
+  </r>
+  <r>
+    <s v="003"/>
+    <s v="Transport"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="1675"/>
+  </r>
+  <r>
+    <s v="003"/>
+    <s v="Transport"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="4396"/>
+  </r>
+  <r>
+    <s v="003"/>
+    <s v="Transport"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="1640"/>
+  </r>
+  <r>
+    <s v="004"/>
+    <s v="Tourism and travel"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="2310"/>
+  </r>
+  <r>
+    <s v="004"/>
+    <s v="Tourism and travel"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="2115"/>
+  </r>
+  <r>
+    <s v="004"/>
+    <s v="Tourism and travel"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="2473"/>
+  </r>
+  <r>
+    <s v="004"/>
+    <s v="Tourism and travel"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="2479"/>
+  </r>
+  <r>
+    <s v="004"/>
+    <s v="Tourism and travel"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="2851"/>
+  </r>
+  <r>
+    <s v="004"/>
+    <s v="Tourism and travel"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="2750"/>
+  </r>
+  <r>
+    <s v="004"/>
+    <s v="Tourism and travel"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="3131"/>
+  </r>
+  <r>
+    <s v="004"/>
+    <s v="Tourism and travel"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="3206"/>
+  </r>
+  <r>
+    <s v="004"/>
+    <s v="Tourism and travel"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="3256"/>
+  </r>
+  <r>
+    <s v="004"/>
+    <s v="Tourism and travel"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="3942"/>
+  </r>
+  <r>
+    <s v="004"/>
+    <s v="Tourism and travel"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="3409"/>
+  </r>
+  <r>
+    <s v="004"/>
+    <s v="Tourism and travel"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="4188"/>
+  </r>
+  <r>
+    <s v="004"/>
+    <s v="Tourism and travel"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="3536"/>
+  </r>
+  <r>
+    <s v="004"/>
+    <s v="Tourism and travel"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="4184"/>
+  </r>
+  <r>
+    <s v="004"/>
+    <s v="Tourism and travel"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="3863"/>
+  </r>
+  <r>
+    <s v="004"/>
+    <s v="Tourism and travel"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="4898"/>
+  </r>
+  <r>
+    <s v="004"/>
+    <s v="Tourism and travel"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="4258"/>
+  </r>
+  <r>
+    <s v="004"/>
+    <s v="Tourism and travel"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="5446"/>
+  </r>
+  <r>
+    <s v="004"/>
+    <s v="Tourism and travel"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="4426"/>
+  </r>
+  <r>
+    <s v="004"/>
+    <s v="Tourism and travel"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="6300"/>
+  </r>
+  <r>
+    <s v="004"/>
+    <s v="Tourism and travel"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="4287"/>
+  </r>
+  <r>
+    <s v="004"/>
+    <s v="Tourism and travel"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="7046"/>
+  </r>
+  <r>
+    <s v="004"/>
+    <s v="Tourism and travel"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="3555"/>
+  </r>
+  <r>
+    <s v="004"/>
+    <s v="Tourism and travel"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="5602"/>
+  </r>
+  <r>
+    <s v="004"/>
+    <s v="Tourism and travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="3106"/>
+  </r>
+  <r>
+    <s v="004"/>
+    <s v="Tourism and travel"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="5358"/>
+  </r>
+  <r>
+    <s v="004"/>
+    <s v="Tourism and travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="3010"/>
+  </r>
+  <r>
+    <s v="004"/>
+    <s v="Tourism and travel"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="4817"/>
+  </r>
+  <r>
+    <s v="004"/>
+    <s v="Tourism and travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="3022"/>
+  </r>
+  <r>
+    <s v="004"/>
+    <s v="Tourism and travel"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="4609"/>
+  </r>
+  <r>
+    <s v="004"/>
+    <s v="Tourism and travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="3335"/>
+  </r>
+  <r>
+    <s v="004"/>
+    <s v="Tourism and travel"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="4603"/>
+  </r>
+  <r>
+    <s v="005"/>
+    <s v="Communications"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="005"/>
+    <s v="Communications"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="005"/>
+    <s v="Communications"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="005"/>
+    <s v="Communications"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="313"/>
+  </r>
+  <r>
+    <s v="005"/>
+    <s v="Communications"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="1025"/>
+  </r>
+  <r>
+    <s v="005"/>
+    <s v="Communications"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="861"/>
+  </r>
+  <r>
+    <s v="005"/>
+    <s v="Communications"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="1123"/>
+  </r>
+  <r>
+    <s v="005"/>
+    <s v="Communications"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="559"/>
+  </r>
+  <r>
+    <s v="005"/>
+    <s v="Communications"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="1040"/>
+  </r>
+  <r>
+    <s v="005"/>
+    <s v="Communications"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="634"/>
+  </r>
+  <r>
+    <s v="005"/>
+    <s v="Communications"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="622"/>
+  </r>
+  <r>
+    <s v="005"/>
+    <s v="Communications"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="757"/>
+  </r>
+  <r>
+    <s v="005"/>
+    <s v="Communications"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="343"/>
+  </r>
+  <r>
+    <s v="005"/>
+    <s v="Communications"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="622"/>
+  </r>
+  <r>
+    <s v="005"/>
+    <s v="Communications"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="432"/>
+  </r>
+  <r>
+    <s v="005"/>
+    <s v="Communications"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="709"/>
+  </r>
+  <r>
+    <s v="005"/>
+    <s v="Communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="432"/>
+  </r>
+  <r>
+    <s v="005"/>
+    <s v="Communications"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="772"/>
+  </r>
+  <r>
+    <s v="005"/>
+    <s v="Communications"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="516"/>
+  </r>
+  <r>
+    <s v="005"/>
+    <s v="Communications"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="819"/>
+  </r>
+  <r>
+    <s v="005"/>
+    <s v="Communications"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="597"/>
+  </r>
+  <r>
+    <s v="005"/>
+    <s v="Communications"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="1065"/>
+  </r>
+  <r>
+    <s v="005"/>
+    <s v="Communications"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="426"/>
+  </r>
+  <r>
+    <s v="005"/>
+    <s v="Communications"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="995"/>
+  </r>
+  <r>
+    <s v="005"/>
+    <s v="Communications"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="386"/>
+  </r>
+  <r>
+    <s v="005"/>
+    <s v="Communications"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="1119"/>
+  </r>
+  <r>
+    <s v="005"/>
+    <s v="Communications"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="479"/>
+  </r>
+  <r>
+    <s v="005"/>
+    <s v="Communications"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="977"/>
+  </r>
+  <r>
+    <s v="005"/>
+    <s v="Communications"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="627"/>
+  </r>
+  <r>
+    <s v="005"/>
+    <s v="Communications"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="1089"/>
+  </r>
+  <r>
+    <s v="005"/>
+    <s v="Communications"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="697"/>
+  </r>
+  <r>
+    <s v="005"/>
+    <s v="Communications"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="1134"/>
+  </r>
+  <r>
+    <s v="006"/>
+    <s v="Insurance"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="1885"/>
+  </r>
+  <r>
+    <s v="006"/>
+    <s v="Insurance"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="1793"/>
+  </r>
+  <r>
+    <s v="006"/>
+    <s v="Insurance"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="1992"/>
+  </r>
+  <r>
+    <s v="006"/>
+    <s v="Insurance"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="2396"/>
+  </r>
+  <r>
+    <s v="006"/>
+    <s v="Insurance"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="2723"/>
+  </r>
+  <r>
+    <s v="006"/>
+    <s v="Insurance"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="2965"/>
+  </r>
+  <r>
+    <s v="006"/>
+    <s v="Insurance"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="4916"/>
+  </r>
+  <r>
+    <s v="006"/>
+    <s v="Insurance"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="4739"/>
+  </r>
+  <r>
+    <s v="006"/>
+    <s v="Insurance"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="5217"/>
+  </r>
+  <r>
+    <s v="006"/>
+    <s v="Insurance"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="4187"/>
+  </r>
+  <r>
+    <s v="006"/>
+    <s v="Insurance"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="7691"/>
+  </r>
+  <r>
+    <s v="006"/>
+    <s v="Insurance"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="5547"/>
+  </r>
+  <r>
+    <s v="006"/>
+    <s v="Insurance"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="7821"/>
+  </r>
+  <r>
+    <s v="006"/>
+    <s v="Insurance"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="6039"/>
+  </r>
+  <r>
+    <s v="006"/>
+    <s v="Insurance"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="6909"/>
+  </r>
+  <r>
+    <s v="006"/>
+    <s v="Insurance"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="5976"/>
+  </r>
+  <r>
+    <s v="006"/>
+    <s v="Insurance"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="8738"/>
+  </r>
+  <r>
+    <s v="006"/>
+    <s v="Insurance"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="7239"/>
+  </r>
+  <r>
+    <s v="006"/>
+    <s v="Insurance"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="8799"/>
+  </r>
+  <r>
+    <s v="006"/>
+    <s v="Insurance"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="7133"/>
+  </r>
+  <r>
+    <s v="006"/>
+    <s v="Insurance"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="8155"/>
+  </r>
+  <r>
+    <s v="006"/>
+    <s v="Insurance"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="6295"/>
+  </r>
+  <r>
+    <s v="006"/>
+    <s v="Insurance"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="7300"/>
+  </r>
+  <r>
+    <s v="006"/>
+    <s v="Insurance"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="6196"/>
+  </r>
+  <r>
+    <s v="006"/>
+    <s v="Insurance"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="7965"/>
+  </r>
+  <r>
+    <s v="006"/>
+    <s v="Insurance"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="6272"/>
+  </r>
+  <r>
+    <s v="006"/>
+    <s v="Insurance"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="8057"/>
+  </r>
+  <r>
+    <s v="006"/>
+    <s v="Insurance"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="5986"/>
+  </r>
+  <r>
+    <s v="006"/>
+    <s v="Insurance"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="8910"/>
+  </r>
+  <r>
+    <s v="006"/>
+    <s v="Insurance"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="6260"/>
+  </r>
+  <r>
+    <s v="006"/>
+    <s v="Insurance"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="8370"/>
+  </r>
+  <r>
+    <s v="006"/>
+    <s v="Insurance"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="5359"/>
+  </r>
+  <r>
+    <s v="007"/>
+    <s v="Financial services"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="901"/>
+  </r>
+  <r>
+    <s v="007"/>
+    <s v="Financial services"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="953"/>
+  </r>
+  <r>
+    <s v="007"/>
+    <s v="Financial services"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="1563"/>
+  </r>
+  <r>
+    <s v="007"/>
+    <s v="Financial services"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="1185"/>
+  </r>
+  <r>
+    <s v="007"/>
+    <s v="Financial services"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="2255"/>
+  </r>
+  <r>
+    <s v="007"/>
+    <s v="Financial services"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="1574"/>
+  </r>
+  <r>
+    <s v="007"/>
+    <s v="Financial services"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="2080"/>
+  </r>
+  <r>
+    <s v="007"/>
+    <s v="Financial services"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="1443"/>
+  </r>
+  <r>
+    <s v="007"/>
+    <s v="Financial services"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="2909"/>
+  </r>
+  <r>
+    <s v="007"/>
+    <s v="Financial services"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="1707"/>
+  </r>
+  <r>
+    <s v="007"/>
+    <s v="Financial services"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="3365"/>
+  </r>
+  <r>
+    <s v="007"/>
+    <s v="Financial services"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="1806"/>
+  </r>
+  <r>
+    <s v="007"/>
+    <s v="Financial services"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="4267"/>
+  </r>
+  <r>
+    <s v="007"/>
+    <s v="Financial services"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="2235"/>
+  </r>
+  <r>
+    <s v="007"/>
+    <s v="Financial services"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="4850"/>
+  </r>
+  <r>
+    <s v="007"/>
+    <s v="Financial services"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="2654"/>
+  </r>
+  <r>
+    <s v="007"/>
+    <s v="Financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="6214"/>
+  </r>
+  <r>
+    <s v="007"/>
+    <s v="Financial services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="3906"/>
+  </r>
+  <r>
+    <s v="007"/>
+    <s v="Financial services"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="7440"/>
+  </r>
+  <r>
+    <s v="007"/>
+    <s v="Financial services"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="4635"/>
+  </r>
+  <r>
+    <s v="007"/>
+    <s v="Financial services"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="6595"/>
+  </r>
+  <r>
+    <s v="007"/>
+    <s v="Financial services"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="4453"/>
+  </r>
+  <r>
+    <s v="007"/>
+    <s v="Financial services"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="5794"/>
+  </r>
+  <r>
+    <s v="007"/>
+    <s v="Financial services"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="4285"/>
+  </r>
+  <r>
+    <s v="007"/>
+    <s v="Financial services"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="6326"/>
+  </r>
+  <r>
+    <s v="007"/>
+    <s v="Financial services"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="4513"/>
+  </r>
+  <r>
+    <s v="007"/>
+    <s v="Financial services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="6594"/>
+  </r>
+  <r>
+    <s v="007"/>
+    <s v="Financial services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="4706"/>
+  </r>
+  <r>
+    <s v="007"/>
+    <s v="Financial services"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="7073"/>
+  </r>
+  <r>
+    <s v="007"/>
+    <s v="Financial services"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="4608"/>
+  </r>
+  <r>
+    <s v="007"/>
+    <s v="Financial services"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="7468"/>
+  </r>
+  <r>
+    <s v="007"/>
+    <s v="Financial services"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="4660"/>
+  </r>
+  <r>
+    <s v="008"/>
+    <s v="Computer services"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="3725"/>
+  </r>
+  <r>
+    <s v="008"/>
+    <s v="Computer services"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="008"/>
+    <s v="Computer services"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="5292"/>
+  </r>
+  <r>
+    <s v="008"/>
+    <s v="Computer services"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="008"/>
+    <s v="Computer services"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="8138"/>
+  </r>
+  <r>
+    <s v="008"/>
+    <s v="Computer services"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="008"/>
+    <s v="Computer services"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="9979"/>
+  </r>
+  <r>
+    <s v="008"/>
+    <s v="Computer services"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="620"/>
+  </r>
+  <r>
+    <s v="008"/>
+    <s v="Computer services"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="11056"/>
+  </r>
+  <r>
+    <s v="008"/>
+    <s v="Computer services"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="589"/>
+  </r>
+  <r>
+    <s v="008"/>
+    <s v="Computer services"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="12575"/>
+  </r>
+  <r>
+    <s v="008"/>
+    <s v="Computer services"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="329"/>
+  </r>
+  <r>
+    <s v="008"/>
+    <s v="Computer services"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="15100"/>
+  </r>
+  <r>
+    <s v="008"/>
+    <s v="Computer services"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="307"/>
+  </r>
+  <r>
+    <s v="008"/>
+    <s v="Computer services"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="15755"/>
+  </r>
+  <r>
+    <s v="008"/>
+    <s v="Computer services"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="008"/>
+    <s v="Computer services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="18298"/>
+  </r>
+  <r>
+    <s v="008"/>
+    <s v="Computer services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="562"/>
+  </r>
+  <r>
+    <s v="008"/>
+    <s v="Computer services"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="21726"/>
+  </r>
+  <r>
+    <s v="008"/>
+    <s v="Computer services"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="660"/>
+  </r>
+  <r>
+    <s v="008"/>
+    <s v="Computer services"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="23876"/>
+  </r>
+  <r>
+    <s v="008"/>
+    <s v="Computer services"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="707"/>
+  </r>
+  <r>
+    <s v="008"/>
+    <s v="Computer services"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="24352"/>
+  </r>
+  <r>
+    <s v="008"/>
+    <s v="Computer services"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="625"/>
+  </r>
+  <r>
+    <s v="008"/>
+    <s v="Computer services"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="27889"/>
+  </r>
+  <r>
+    <s v="008"/>
+    <s v="Computer services"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="659"/>
+  </r>
+  <r>
+    <s v="008"/>
+    <s v="Computer services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="31413"/>
+  </r>
+  <r>
+    <s v="008"/>
+    <s v="Computer services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="502"/>
+  </r>
+  <r>
+    <s v="008"/>
+    <s v="Computer services"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="35681"/>
+  </r>
+  <r>
+    <s v="008"/>
+    <s v="Computer services"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="349"/>
+  </r>
+  <r>
+    <s v="008"/>
+    <s v="Computer services"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="38748"/>
+  </r>
+  <r>
+    <s v="008"/>
+    <s v="Computer services"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="367"/>
+  </r>
+  <r>
+    <s v="009"/>
+    <s v="Royalties/licences"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="009"/>
+    <s v="Royalties/licences"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="5466"/>
+  </r>
+  <r>
+    <s v="009"/>
+    <s v="Royalties/licences"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="548"/>
+  </r>
+  <r>
+    <s v="009"/>
+    <s v="Royalties/licences"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="6807"/>
+  </r>
+  <r>
+    <s v="009"/>
+    <s v="Royalties/licences"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="701"/>
+  </r>
+  <r>
+    <s v="009"/>
+    <s v="Royalties/licences"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="9051"/>
+  </r>
+  <r>
+    <s v="009"/>
+    <s v="Royalties/licences"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="009"/>
+    <s v="Royalties/licences"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="10578"/>
+  </r>
+  <r>
+    <s v="009"/>
+    <s v="Royalties/licences"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="009"/>
+    <s v="Royalties/licences"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="11697"/>
+  </r>
+  <r>
+    <s v="009"/>
+    <s v="Royalties/licences"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="009"/>
+    <s v="Royalties/licences"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="14208"/>
+  </r>
+  <r>
+    <s v="009"/>
+    <s v="Royalties/licences"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="282"/>
+  </r>
+  <r>
+    <s v="009"/>
+    <s v="Royalties/licences"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="15169"/>
+  </r>
+  <r>
+    <s v="009"/>
+    <s v="Royalties/licences"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="623"/>
+  </r>
+  <r>
+    <s v="009"/>
+    <s v="Royalties/licences"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="15482"/>
+  </r>
+  <r>
+    <s v="009"/>
+    <s v="Royalties/licences"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="737"/>
+  </r>
+  <r>
+    <s v="009"/>
+    <s v="Royalties/licences"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="17534"/>
+  </r>
+  <r>
+    <s v="009"/>
+    <s v="Royalties/licences"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="865"/>
+  </r>
+  <r>
+    <s v="009"/>
+    <s v="Royalties/licences"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="18621"/>
+  </r>
+  <r>
+    <s v="009"/>
+    <s v="Royalties/licences"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="1017"/>
+  </r>
+  <r>
+    <s v="009"/>
+    <s v="Royalties/licences"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="24275"/>
+  </r>
+  <r>
+    <s v="009"/>
+    <s v="Royalties/licences"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="1216"/>
+  </r>
+  <r>
+    <s v="009"/>
+    <s v="Royalties/licences"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="25148"/>
+  </r>
+  <r>
+    <s v="009"/>
+    <s v="Royalties/licences"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="2192"/>
+  </r>
+  <r>
+    <s v="009"/>
+    <s v="Royalties/licences"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="28260"/>
+  </r>
+  <r>
+    <s v="009"/>
+    <s v="Royalties/licences"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="3603"/>
+  </r>
+  <r>
+    <s v="009"/>
+    <s v="Royalties/licences"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="29361"/>
+  </r>
+  <r>
+    <s v="009"/>
+    <s v="Royalties/licences"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="3888"/>
+  </r>
+  <r>
+    <s v="009"/>
+    <s v="Royalties/licences"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="32755"/>
+  </r>
+  <r>
+    <s v="009"/>
+    <s v="Royalties/licences"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="3980"/>
+  </r>
+  <r>
+    <s v="009"/>
+    <s v="Royalties/licences"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="34921"/>
+  </r>
+  <r>
+    <s v="010"/>
+    <s v="All business services"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="1887"/>
+  </r>
+  <r>
+    <s v="010"/>
+    <s v="All business services"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="8419"/>
+  </r>
+  <r>
+    <s v="010"/>
+    <s v="All business services"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="2128"/>
+  </r>
+  <r>
+    <s v="010"/>
+    <s v="All business services"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="10159"/>
+  </r>
+  <r>
+    <s v="010"/>
+    <s v="All business services"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="2070"/>
+  </r>
+  <r>
+    <s v="010"/>
+    <s v="All business services"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="15113"/>
+  </r>
+  <r>
+    <s v="010"/>
+    <s v="All business services"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="4904"/>
+  </r>
+  <r>
+    <s v="010"/>
+    <s v="All business services"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="18551"/>
+  </r>
+  <r>
+    <s v="010"/>
+    <s v="All business services"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="5496"/>
+  </r>
+  <r>
+    <s v="010"/>
+    <s v="All business services"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="20517"/>
+  </r>
+  <r>
+    <s v="010"/>
+    <s v="All business services"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="6957"/>
+  </r>
+  <r>
+    <s v="010"/>
+    <s v="All business services"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="19472"/>
+  </r>
+  <r>
+    <s v="010"/>
+    <s v="All business services"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="8439"/>
+  </r>
+  <r>
+    <s v="010"/>
+    <s v="All business services"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="22146"/>
+  </r>
+  <r>
+    <s v="010"/>
+    <s v="All business services"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="13072"/>
+  </r>
+  <r>
+    <s v="010"/>
+    <s v="All business services"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="25313"/>
+  </r>
+  <r>
+    <s v="010"/>
+    <s v="All business services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="15399"/>
+  </r>
+  <r>
+    <s v="010"/>
+    <s v="All business services"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="26203"/>
+  </r>
+  <r>
+    <s v="010"/>
+    <s v="All business services"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="20571"/>
+  </r>
+  <r>
+    <s v="010"/>
+    <s v="All business services"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="28674"/>
+  </r>
+  <r>
+    <s v="010"/>
+    <s v="All business services"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="20047"/>
+  </r>
+  <r>
+    <s v="010"/>
+    <s v="All business services"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="29700"/>
+  </r>
+  <r>
+    <s v="010"/>
+    <s v="All business services"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="21319"/>
+  </r>
+  <r>
+    <s v="010"/>
+    <s v="All business services"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="29876"/>
+  </r>
+  <r>
+    <s v="010"/>
+    <s v="All business services"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="22151"/>
+  </r>
+  <r>
+    <s v="010"/>
+    <s v="All business services"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="32946"/>
+  </r>
+  <r>
+    <s v="010"/>
+    <s v="All business services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="23369"/>
+  </r>
+  <r>
+    <s v="010"/>
+    <s v="All business services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="34982"/>
+  </r>
+  <r>
+    <s v="010"/>
+    <s v="All business services"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="25932"/>
+  </r>
+  <r>
+    <s v="010"/>
+    <s v="All business services"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="35552"/>
+  </r>
+  <r>
+    <s v="010"/>
+    <s v="All business services"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="27092"/>
+  </r>
+  <r>
+    <s v="010"/>
+    <s v="All business services"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="35707"/>
+  </r>
+  <r>
+    <s v="0101"/>
+    <s v="Business services: Trade related"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="0101"/>
+    <s v="Business services: Trade related"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="2876"/>
+  </r>
+  <r>
+    <s v="0101"/>
+    <s v="Business services: Trade related"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="0101"/>
+    <s v="Business services: Trade related"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="4510"/>
+  </r>
+  <r>
+    <s v="0101"/>
+    <s v="Business services: Trade related"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="463"/>
+  </r>
+  <r>
+    <s v="0101"/>
+    <s v="Business services: Trade related"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="7814"/>
+  </r>
+  <r>
+    <s v="0101"/>
+    <s v="Business services: Trade related"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="0101"/>
+    <s v="Business services: Trade related"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="9766"/>
+  </r>
+  <r>
+    <s v="0101"/>
+    <s v="Business services: Trade related"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="612"/>
+  </r>
+  <r>
+    <s v="0101"/>
+    <s v="Business services: Trade related"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="10333"/>
+  </r>
+  <r>
+    <s v="0101"/>
+    <s v="Business services: Trade related"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="2483"/>
+  </r>
+  <r>
+    <s v="0101"/>
+    <s v="Business services: Trade related"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="10382"/>
+  </r>
+  <r>
+    <s v="0101"/>
+    <s v="Business services: Trade related"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="2858"/>
+  </r>
+  <r>
+    <s v="0101"/>
+    <s v="Business services: Trade related"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="7559"/>
+  </r>
+  <r>
+    <s v="0101"/>
+    <s v="Business services: Trade related"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="4348"/>
+  </r>
+  <r>
+    <s v="0101"/>
+    <s v="Business services: Trade related"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="7609"/>
+  </r>
+  <r>
+    <s v="0101"/>
+    <s v="Business services: Trade related"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="5814"/>
+  </r>
+  <r>
+    <s v="0101"/>
+    <s v="Business services: Trade related"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="8391"/>
+  </r>
+  <r>
+    <s v="0101"/>
+    <s v="Business services: Trade related"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="10219"/>
+  </r>
+  <r>
+    <s v="0101"/>
+    <s v="Business services: Trade related"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="9642"/>
+  </r>
+  <r>
+    <s v="0101"/>
+    <s v="Business services: Trade related"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="8468"/>
+  </r>
+  <r>
+    <s v="0101"/>
+    <s v="Business services: Trade related"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="9851"/>
+  </r>
+  <r>
+    <s v="0101"/>
+    <s v="Business services: Trade related"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="8692"/>
+  </r>
+  <r>
+    <s v="0101"/>
+    <s v="Business services: Trade related"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="9542"/>
+  </r>
+  <r>
+    <s v="0101"/>
+    <s v="Business services: Trade related"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="8749"/>
+  </r>
+  <r>
+    <s v="0101"/>
+    <s v="Business services: Trade related"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="9752"/>
+  </r>
+  <r>
+    <s v="0101"/>
+    <s v="Business services: Trade related"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="8151"/>
+  </r>
+  <r>
+    <s v="0101"/>
+    <s v="Business services: Trade related"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="10432"/>
+  </r>
+  <r>
+    <s v="0101"/>
+    <s v="Business services: Trade related"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="9033"/>
+  </r>
+  <r>
+    <s v="0101"/>
+    <s v="Business services: Trade related"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="11826"/>
+  </r>
+  <r>
+    <s v="0101"/>
+    <s v="Business services: Trade related"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="7936"/>
+  </r>
+  <r>
+    <s v="0101"/>
+    <s v="Business services: Trade related"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="12799"/>
+  </r>
+  <r>
+    <s v="0102"/>
+    <s v="Business services: Operational leasing"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="505"/>
+  </r>
+  <r>
+    <s v="0102"/>
+    <s v="Business services: Operational leasing"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="0102"/>
+    <s v="Business services: Operational leasing"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="683"/>
+  </r>
+  <r>
+    <s v="0102"/>
+    <s v="Business services: Operational leasing"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="0102"/>
+    <s v="Business services: Operational leasing"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="597"/>
+  </r>
+  <r>
+    <s v="0102"/>
+    <s v="Business services: Operational leasing"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="0102"/>
+    <s v="Business services: Operational leasing"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="1558"/>
+  </r>
+  <r>
+    <s v="0102"/>
+    <s v="Business services: Operational leasing"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="0102"/>
+    <s v="Business services: Operational leasing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="1682"/>
+  </r>
+  <r>
+    <s v="0102"/>
+    <s v="Business services: Operational leasing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="0102"/>
+    <s v="Business services: Operational leasing"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="1752"/>
+  </r>
+  <r>
+    <s v="0102"/>
+    <s v="Business services: Operational leasing"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="0102"/>
+    <s v="Business services: Operational leasing"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="2110"/>
+  </r>
+  <r>
+    <s v="0102"/>
+    <s v="Business services: Operational leasing"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="0102"/>
+    <s v="Business services: Operational leasing"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="4076"/>
+  </r>
+  <r>
+    <s v="0102"/>
+    <s v="Business services: Operational leasing"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="813"/>
+  </r>
+  <r>
+    <s v="0102"/>
+    <s v="Business services: Operational leasing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="5439"/>
+  </r>
+  <r>
+    <s v="0102"/>
+    <s v="Business services: Operational leasing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="851"/>
+  </r>
+  <r>
+    <s v="0102"/>
+    <s v="Business services: Operational leasing"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="5803"/>
+  </r>
+  <r>
+    <s v="0102"/>
+    <s v="Business services: Operational leasing"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="1235"/>
+  </r>
+  <r>
+    <s v="0102"/>
+    <s v="Business services: Operational leasing"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="5764"/>
+  </r>
+  <r>
+    <s v="0102"/>
+    <s v="Business services: Operational leasing"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="1474"/>
+  </r>
+  <r>
+    <s v="0102"/>
+    <s v="Business services: Operational leasing"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="5729"/>
+  </r>
+  <r>
+    <s v="0102"/>
+    <s v="Business services: Operational leasing"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="1488"/>
+  </r>
+  <r>
+    <s v="0102"/>
+    <s v="Business services: Operational leasing"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="6699"/>
+  </r>
+  <r>
+    <s v="0102"/>
+    <s v="Business services: Operational leasing"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="1571"/>
+  </r>
+  <r>
+    <s v="0102"/>
+    <s v="Business services: Operational leasing"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="6812"/>
+  </r>
+  <r>
+    <s v="0102"/>
+    <s v="Business services: Operational leasing"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="1453"/>
+  </r>
+  <r>
+    <s v="0102"/>
+    <s v="Business services: Operational leasing"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="7496"/>
+  </r>
+  <r>
+    <s v="0102"/>
+    <s v="Business services: Operational leasing"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="1492"/>
+  </r>
+  <r>
+    <s v="0102"/>
+    <s v="Business services: Operational leasing"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="7584"/>
+  </r>
+  <r>
+    <s v="0102"/>
+    <s v="Business services: Operational leasing"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="1500"/>
+  </r>
+  <r>
+    <s v="0103"/>
+    <s v="Business services other than trade related and operational leasing"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="1339"/>
+  </r>
+  <r>
+    <s v="0103"/>
+    <s v="Business services other than trade related and operational leasing"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="5457"/>
+  </r>
+  <r>
+    <s v="0103"/>
+    <s v="Business services other than trade related and operational leasing"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="1340"/>
+  </r>
+  <r>
+    <s v="0103"/>
+    <s v="Business services other than trade related and operational leasing"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="5557"/>
+  </r>
+  <r>
+    <s v="0103"/>
+    <s v="Business services other than trade related and operational leasing"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="1010"/>
+  </r>
+  <r>
+    <s v="0103"/>
+    <s v="Business services other than trade related and operational leasing"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="7194"/>
+  </r>
+  <r>
+    <s v="0103"/>
+    <s v="Business services other than trade related and operational leasing"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="3296"/>
+  </r>
+  <r>
+    <s v="0103"/>
+    <s v="Business services other than trade related and operational leasing"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="8619"/>
+  </r>
+  <r>
+    <s v="0103"/>
+    <s v="Business services other than trade related and operational leasing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="3201"/>
+  </r>
+  <r>
+    <s v="0103"/>
+    <s v="Business services other than trade related and operational leasing"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="10107"/>
+  </r>
+  <r>
+    <s v="0103"/>
+    <s v="Business services other than trade related and operational leasing"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="2724"/>
+  </r>
+  <r>
+    <s v="0103"/>
+    <s v="Business services other than trade related and operational leasing"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="8929"/>
+  </r>
+  <r>
+    <s v="0103"/>
+    <s v="Business services other than trade related and operational leasing"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="3472"/>
+  </r>
+  <r>
+    <s v="0103"/>
+    <s v="Business services other than trade related and operational leasing"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="14456"/>
+  </r>
+  <r>
+    <s v="0103"/>
+    <s v="Business services other than trade related and operational leasing"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="4650"/>
+  </r>
+  <r>
+    <s v="0103"/>
+    <s v="Business services other than trade related and operational leasing"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="16890"/>
+  </r>
+  <r>
+    <s v="0103"/>
+    <s v="Business services other than trade related and operational leasing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="4145"/>
+  </r>
+  <r>
+    <s v="0103"/>
+    <s v="Business services other than trade related and operational leasing"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="16961"/>
+  </r>
+  <r>
+    <s v="0103"/>
+    <s v="Business services other than trade related and operational leasing"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="4547"/>
+  </r>
+  <r>
+    <s v="0103"/>
+    <s v="Business services other than trade related and operational leasing"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="17797"/>
+  </r>
+  <r>
+    <s v="0103"/>
+    <s v="Business services other than trade related and operational leasing"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="5816"/>
+  </r>
+  <r>
+    <s v="0103"/>
+    <s v="Business services other than trade related and operational leasing"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="18375"/>
+  </r>
+  <r>
+    <s v="0103"/>
+    <s v="Business services other than trade related and operational leasing"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="6898"/>
+  </r>
+  <r>
+    <s v="0103"/>
+    <s v="Business services other than trade related and operational leasing"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="18846"/>
+  </r>
+  <r>
+    <s v="0103"/>
+    <s v="Business services other than trade related and operational leasing"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="6702"/>
+  </r>
+  <r>
+    <s v="0103"/>
+    <s v="Business services other than trade related and operational leasing"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="21621"/>
+  </r>
+  <r>
+    <s v="0103"/>
+    <s v="Business services other than trade related and operational leasing"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="8403"/>
+  </r>
+  <r>
+    <s v="0103"/>
+    <s v="Business services other than trade related and operational leasing"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="23096"/>
+  </r>
+  <r>
+    <s v="0103"/>
+    <s v="Business services other than trade related and operational leasing"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="9403"/>
+  </r>
+  <r>
+    <s v="0103"/>
+    <s v="Business services other than trade related and operational leasing"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="22233"/>
+  </r>
+  <r>
+    <s v="0103"/>
+    <s v="Business services other than trade related and operational leasing"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="11571"/>
+  </r>
+  <r>
+    <s v="0103"/>
+    <s v="Business services other than trade related and operational leasing"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="21407"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Other services not elsewhere stated"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Other services not elsewhere stated"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Other services not elsewhere stated"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Other services not elsewhere stated"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Other services not elsewhere stated"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="410"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Other services not elsewhere stated"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Other services not elsewhere stated"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="564"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Other services not elsewhere stated"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Other services not elsewhere stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="607"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Other services not elsewhere stated"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Other services not elsewhere stated"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="619"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Other services not elsewhere stated"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Other services not elsewhere stated"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="739"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Other services not elsewhere stated"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Other services not elsewhere stated"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="581"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Other services not elsewhere stated"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Other services not elsewhere stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="661"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Other services not elsewhere stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Other services not elsewhere stated"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="710"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Other services not elsewhere stated"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Other services not elsewhere stated"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="362"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Other services not elsewhere stated"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Other services not elsewhere stated"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="590"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Other services not elsewhere stated"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Other services not elsewhere stated"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="640"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Other services not elsewhere stated"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Other services not elsewhere stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="594"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Other services not elsewhere stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Other services not elsewhere stated"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="555"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Other services not elsewhere stated"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Other services not elsewhere stated"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="558"/>
+  </r>
+  <r>
+    <s v="011"/>
+    <s v="Other services not elsewhere stated"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Income"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="17829"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Income"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="27211"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Income"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="23002"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Income"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="35947"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Income"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="30089"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Income"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="44839"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Income"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="32228"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Income"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="50523"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Income"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="28761"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Income"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="52424"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Income"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="30131"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Income"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="52078"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="34966"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="57447"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="43418"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="68288"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="66084"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="90117"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="84912"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="112736"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="84043"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="109197"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="55056"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="82963"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="57121"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="83040"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="57120"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="88917"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="57247"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="88363"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="55340"/>
+  </r>
+  <r>
+    <s v="012"/>
+    <s v="Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="81304"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Compensation of employees"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Compensation of employees"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Compensation of employees"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="278"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Compensation of employees"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Compensation of employees"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Compensation of employees"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Compensation of employees"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Compensation of employees"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Compensation of employees"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Compensation of employees"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="445"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Compensation of employees"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Compensation of employees"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="485"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Compensation of employees"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="312"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Compensation of employees"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="590"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Compensation of employees"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="392"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Compensation of employees"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="855"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Compensation of employees"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="414"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Compensation of employees"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="1017"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Compensation of employees"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="418"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Compensation of employees"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="1180"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Compensation of employees"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="423"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Compensation of employees"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="1071"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Compensation of employees"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="402"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Compensation of employees"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="791"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Compensation of employees"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="485"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Compensation of employees"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="737"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Compensation of employees"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="539"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Compensation of employees"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="685"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Compensation of employees"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="545"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Compensation of employees"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="733"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Compensation of employees"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="541"/>
+  </r>
+  <r>
+    <s v="013"/>
+    <s v="Compensation of employees"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="698"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Investment income"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="17639"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Investment income"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="27094"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Investment income"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="22724"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Investment income"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="35835"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Investment income"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="29875"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Investment income"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="44725"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Investment income"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="32016"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Investment income"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="50298"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Investment income"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="28472"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Investment income"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="51979"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Investment income"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="29863"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Investment income"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="51593"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Investment income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="34654"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Investment income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="56856"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Investment income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="43025"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Investment income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="67433"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Investment income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="65671"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Investment income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="89100"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Investment income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="84492"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Investment income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="111557"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Investment income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="83620"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Investment income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="108126"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Investment income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="54652"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Investment income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="82172"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Investment income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="56638"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Investment income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="82301"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Investment income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="56583"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Investment income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="88233"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Investment income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="56699"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Investment income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="87630"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Investment income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="54797"/>
+  </r>
+  <r>
+    <s v="014"/>
+    <s v="Investment income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="80606"/>
+  </r>
+  <r>
+    <s v="0141"/>
+    <s v="Direct investment income"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="2541"/>
+  </r>
+  <r>
+    <s v="0141"/>
+    <s v="Direct investment income"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="15478"/>
+  </r>
+  <r>
+    <s v="0141"/>
+    <s v="Direct investment income"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="2808"/>
+  </r>
+  <r>
+    <s v="0141"/>
+    <s v="Direct investment income"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="21211"/>
+  </r>
+  <r>
+    <s v="0141"/>
+    <s v="Direct investment income"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="3307"/>
+  </r>
+  <r>
+    <s v="0141"/>
+    <s v="Direct investment income"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="23616"/>
+  </r>
+  <r>
+    <s v="0141"/>
+    <s v="Direct investment income"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="4067"/>
+  </r>
+  <r>
+    <s v="0141"/>
+    <s v="Direct investment income"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="26774"/>
+  </r>
+  <r>
+    <s v="0141"/>
+    <s v="Direct investment income"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="3761"/>
+  </r>
+  <r>
+    <s v="0141"/>
+    <s v="Direct investment income"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="30831"/>
+  </r>
+  <r>
+    <s v="0141"/>
+    <s v="Direct investment income"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="4425"/>
+  </r>
+  <r>
+    <s v="0141"/>
+    <s v="Direct investment income"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="30624"/>
+  </r>
+  <r>
+    <s v="0141"/>
+    <s v="Direct investment income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="6018"/>
+  </r>
+  <r>
+    <s v="0141"/>
+    <s v="Direct investment income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="31956"/>
+  </r>
+  <r>
+    <s v="0141"/>
+    <s v="Direct investment income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="6473"/>
+  </r>
+  <r>
+    <s v="0141"/>
+    <s v="Direct investment income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="32817"/>
+  </r>
+  <r>
+    <s v="0141"/>
+    <s v="Direct investment income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="8665"/>
+  </r>
+  <r>
+    <s v="0141"/>
+    <s v="Direct investment income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="31390"/>
+  </r>
+  <r>
+    <s v="0141"/>
+    <s v="Direct investment income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="10455"/>
+  </r>
+  <r>
+    <s v="0141"/>
+    <s v="Direct investment income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="36937"/>
+  </r>
+  <r>
+    <s v="0141"/>
+    <s v="Direct investment income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="10211"/>
+  </r>
+  <r>
+    <s v="0141"/>
+    <s v="Direct investment income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="30723"/>
+  </r>
+  <r>
+    <s v="0141"/>
+    <s v="Direct investment income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="9217"/>
+  </r>
+  <r>
+    <s v="0141"/>
+    <s v="Direct investment income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="34967"/>
+  </r>
+  <r>
+    <s v="0141"/>
+    <s v="Direct investment income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="14337"/>
+  </r>
+  <r>
+    <s v="0141"/>
+    <s v="Direct investment income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="37636"/>
+  </r>
+  <r>
+    <s v="0141"/>
+    <s v="Direct investment income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="15305"/>
+  </r>
+  <r>
+    <s v="0141"/>
+    <s v="Direct investment income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="42463"/>
+  </r>
+  <r>
+    <s v="0141"/>
+    <s v="Direct investment income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="17481"/>
+  </r>
+  <r>
+    <s v="0141"/>
+    <s v="Direct investment income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="43418"/>
+  </r>
+  <r>
+    <s v="0141"/>
+    <s v="Direct investment income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="18018"/>
+  </r>
+  <r>
+    <s v="0141"/>
+    <s v="Direct investment income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="40217"/>
+  </r>
+  <r>
+    <s v="01411"/>
+    <s v="Direct investment income: Income on equity"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="1643"/>
+  </r>
+  <r>
+    <s v="01411"/>
+    <s v="Direct investment income: Income on equity"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="14834"/>
+  </r>
+  <r>
+    <s v="01411"/>
+    <s v="Direct investment income: Income on equity"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="1805"/>
+  </r>
+  <r>
+    <s v="01411"/>
+    <s v="Direct investment income: Income on equity"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="20438"/>
+  </r>
+  <r>
+    <s v="01411"/>
+    <s v="Direct investment income: Income on equity"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="1892"/>
+  </r>
+  <r>
+    <s v="01411"/>
+    <s v="Direct investment income: Income on equity"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="22298"/>
+  </r>
+  <r>
+    <s v="01411"/>
+    <s v="Direct investment income: Income on equity"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="2630"/>
+  </r>
+  <r>
+    <s v="01411"/>
+    <s v="Direct investment income: Income on equity"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="25407"/>
+  </r>
+  <r>
+    <s v="01411"/>
+    <s v="Direct investment income: Income on equity"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="2630"/>
+  </r>
+  <r>
+    <s v="01411"/>
+    <s v="Direct investment income: Income on equity"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="29533"/>
+  </r>
+  <r>
+    <s v="01411"/>
+    <s v="Direct investment income: Income on equity"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="2918"/>
+  </r>
+  <r>
+    <s v="01411"/>
+    <s v="Direct investment income: Income on equity"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="29132"/>
+  </r>
+  <r>
+    <s v="01411"/>
+    <s v="Direct investment income: Income on equity"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="3731"/>
+  </r>
+  <r>
+    <s v="01411"/>
+    <s v="Direct investment income: Income on equity"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="30214"/>
+  </r>
+  <r>
+    <s v="01411"/>
+    <s v="Direct investment income: Income on equity"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="3845"/>
+  </r>
+  <r>
+    <s v="01411"/>
+    <s v="Direct investment income: Income on equity"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="30597"/>
+  </r>
+  <r>
+    <s v="01411"/>
+    <s v="Direct investment income: Income on equity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="4342"/>
+  </r>
+  <r>
+    <s v="01411"/>
+    <s v="Direct investment income: Income on equity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="29396"/>
+  </r>
+  <r>
+    <s v="01411"/>
+    <s v="Direct investment income: Income on equity"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="5504"/>
+  </r>
+  <r>
+    <s v="01411"/>
+    <s v="Direct investment income: Income on equity"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="35033"/>
+  </r>
+  <r>
+    <s v="01411"/>
+    <s v="Direct investment income: Income on equity"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="4688"/>
+  </r>
+  <r>
+    <s v="01411"/>
+    <s v="Direct investment income: Income on equity"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="28669"/>
+  </r>
+  <r>
+    <s v="01411"/>
+    <s v="Direct investment income: Income on equity"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="6088"/>
+  </r>
+  <r>
+    <s v="01411"/>
+    <s v="Direct investment income: Income on equity"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="33164"/>
+  </r>
+  <r>
+    <s v="01411"/>
+    <s v="Direct investment income: Income on equity"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="11546"/>
+  </r>
+  <r>
+    <s v="01411"/>
+    <s v="Direct investment income: Income on equity"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="36068"/>
+  </r>
+  <r>
+    <s v="01411"/>
+    <s v="Direct investment income: Income on equity"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="11574"/>
+  </r>
+  <r>
+    <s v="01411"/>
+    <s v="Direct investment income: Income on equity"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="38049"/>
+  </r>
+  <r>
+    <s v="01411"/>
+    <s v="Direct investment income: Income on equity"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="13782"/>
+  </r>
+  <r>
+    <s v="01411"/>
+    <s v="Direct investment income: Income on equity"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="38832"/>
+  </r>
+  <r>
+    <s v="01411"/>
+    <s v="Direct investment income: Income on equity"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="14363"/>
+  </r>
+  <r>
+    <s v="01411"/>
+    <s v="Direct investment income: Income on equity"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="34964"/>
+  </r>
+  <r>
+    <s v="01412"/>
+    <s v="Direct investment income: Income on debt"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="899"/>
+  </r>
+  <r>
+    <s v="01412"/>
+    <s v="Direct investment income: Income on debt"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="644"/>
+  </r>
+  <r>
+    <s v="01412"/>
+    <s v="Direct investment income: Income on debt"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="1002"/>
+  </r>
+  <r>
+    <s v="01412"/>
+    <s v="Direct investment income: Income on debt"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="773"/>
+  </r>
+  <r>
+    <s v="01412"/>
+    <s v="Direct investment income: Income on debt"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="1415"/>
+  </r>
+  <r>
+    <s v="01412"/>
+    <s v="Direct investment income: Income on debt"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="1318"/>
+  </r>
+  <r>
+    <s v="01412"/>
+    <s v="Direct investment income: Income on debt"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="1438"/>
+  </r>
+  <r>
+    <s v="01412"/>
+    <s v="Direct investment income: Income on debt"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="1366"/>
+  </r>
+  <r>
+    <s v="01412"/>
+    <s v="Direct investment income: Income on debt"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="1132"/>
+  </r>
+  <r>
+    <s v="01412"/>
+    <s v="Direct investment income: Income on debt"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="1298"/>
+  </r>
+  <r>
+    <s v="01412"/>
+    <s v="Direct investment income: Income on debt"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="1506"/>
+  </r>
+  <r>
+    <s v="01412"/>
+    <s v="Direct investment income: Income on debt"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="1494"/>
+  </r>
+  <r>
+    <s v="01412"/>
+    <s v="Direct investment income: Income on debt"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="2286"/>
+  </r>
+  <r>
+    <s v="01412"/>
+    <s v="Direct investment income: Income on debt"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="1741"/>
+  </r>
+  <r>
+    <s v="01412"/>
+    <s v="Direct investment income: Income on debt"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="2629"/>
+  </r>
+  <r>
+    <s v="01412"/>
+    <s v="Direct investment income: Income on debt"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="2220"/>
+  </r>
+  <r>
+    <s v="01412"/>
+    <s v="Direct investment income: Income on debt"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="4322"/>
+  </r>
+  <r>
+    <s v="01412"/>
+    <s v="Direct investment income: Income on debt"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="1994"/>
+  </r>
+  <r>
+    <s v="01412"/>
+    <s v="Direct investment income: Income on debt"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="4952"/>
+  </r>
+  <r>
+    <s v="01412"/>
+    <s v="Direct investment income: Income on debt"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="1905"/>
+  </r>
+  <r>
+    <s v="01412"/>
+    <s v="Direct investment income: Income on debt"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="5523"/>
+  </r>
+  <r>
+    <s v="01412"/>
+    <s v="Direct investment income: Income on debt"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="2055"/>
+  </r>
+  <r>
+    <s v="01412"/>
+    <s v="Direct investment income: Income on debt"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="3130"/>
+  </r>
+  <r>
+    <s v="01412"/>
+    <s v="Direct investment income: Income on debt"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="1803"/>
+  </r>
+  <r>
+    <s v="01412"/>
+    <s v="Direct investment income: Income on debt"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="2790"/>
+  </r>
+  <r>
+    <s v="01412"/>
+    <s v="Direct investment income: Income on debt"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="1567"/>
+  </r>
+  <r>
+    <s v="01412"/>
+    <s v="Direct investment income: Income on debt"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="3731"/>
+  </r>
+  <r>
+    <s v="01412"/>
+    <s v="Direct investment income: Income on debt"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="4413"/>
+  </r>
+  <r>
+    <s v="01412"/>
+    <s v="Direct investment income: Income on debt"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="3699"/>
+  </r>
+  <r>
+    <s v="01412"/>
+    <s v="Direct investment income: Income on debt"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="4584"/>
+  </r>
+  <r>
+    <s v="01412"/>
+    <s v="Direct investment income: Income on debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="3656"/>
+  </r>
+  <r>
+    <s v="01412"/>
+    <s v="Direct investment income: Income on debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="5254"/>
+  </r>
+  <r>
+    <s v="0142"/>
+    <s v="Portfolio investment income"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="3611"/>
+  </r>
+  <r>
+    <s v="0142"/>
+    <s v="Portfolio investment income"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="4474"/>
+  </r>
+  <r>
+    <s v="0142"/>
+    <s v="Portfolio investment income"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="5598"/>
+  </r>
+  <r>
+    <s v="0142"/>
+    <s v="Portfolio investment income"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="5865"/>
+  </r>
+  <r>
+    <s v="0142"/>
+    <s v="Portfolio investment income"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="7293"/>
+  </r>
+  <r>
+    <s v="0142"/>
+    <s v="Portfolio investment income"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="10316"/>
+  </r>
+  <r>
+    <s v="0142"/>
+    <s v="Portfolio investment income"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="13943"/>
+  </r>
+  <r>
+    <s v="0142"/>
+    <s v="Portfolio investment income"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="11754"/>
+  </r>
+  <r>
+    <s v="0142"/>
+    <s v="Portfolio investment income"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="14883"/>
+  </r>
+  <r>
+    <s v="0142"/>
+    <s v="Portfolio investment income"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="11364"/>
+  </r>
+  <r>
+    <s v="0142"/>
+    <s v="Portfolio investment income"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="16285"/>
+  </r>
+  <r>
+    <s v="0142"/>
+    <s v="Portfolio investment income"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="12247"/>
+  </r>
+  <r>
+    <s v="0142"/>
+    <s v="Portfolio investment income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="18525"/>
+  </r>
+  <r>
+    <s v="0142"/>
+    <s v="Portfolio investment income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="14814"/>
+  </r>
+  <r>
+    <s v="0142"/>
+    <s v="Portfolio investment income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="22323"/>
+  </r>
+  <r>
+    <s v="0142"/>
+    <s v="Portfolio investment income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="18978"/>
+  </r>
+  <r>
+    <s v="0142"/>
+    <s v="Portfolio investment income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="33366"/>
+  </r>
+  <r>
+    <s v="0142"/>
+    <s v="Portfolio investment income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="33380"/>
+  </r>
+  <r>
+    <s v="0142"/>
+    <s v="Portfolio investment income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="41160"/>
+  </r>
+  <r>
+    <s v="0142"/>
+    <s v="Portfolio investment income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="42432"/>
+  </r>
+  <r>
+    <s v="0142"/>
+    <s v="Portfolio investment income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="40773"/>
+  </r>
+  <r>
+    <s v="0142"/>
+    <s v="Portfolio investment income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="42898"/>
+  </r>
+  <r>
+    <s v="0142"/>
+    <s v="Portfolio investment income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="25588"/>
+  </r>
+  <r>
+    <s v="0142"/>
+    <s v="Portfolio investment income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="28223"/>
+  </r>
+  <r>
+    <s v="0142"/>
+    <s v="Portfolio investment income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="25118"/>
+  </r>
+  <r>
+    <s v="0142"/>
+    <s v="Portfolio investment income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="29829"/>
+  </r>
+  <r>
+    <s v="0142"/>
+    <s v="Portfolio investment income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="23586"/>
+  </r>
+  <r>
+    <s v="0142"/>
+    <s v="Portfolio investment income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="30752"/>
+  </r>
+  <r>
+    <s v="0142"/>
+    <s v="Portfolio investment income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="25232"/>
+  </r>
+  <r>
+    <s v="0142"/>
+    <s v="Portfolio investment income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="31632"/>
+  </r>
+  <r>
+    <s v="0142"/>
+    <s v="Portfolio investment income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="25960"/>
+  </r>
+  <r>
+    <s v="0142"/>
+    <s v="Portfolio investment income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="30655"/>
+  </r>
+  <r>
+    <s v="01421"/>
+    <s v="Portfolio investment income: Income on equity"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="1005"/>
+  </r>
+  <r>
+    <s v="01421"/>
+    <s v="Portfolio investment income: Income on equity"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="2252"/>
+  </r>
+  <r>
+    <s v="01421"/>
+    <s v="Portfolio investment income: Income on equity"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="1122"/>
+  </r>
+  <r>
+    <s v="01421"/>
+    <s v="Portfolio investment income: Income on equity"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="3173"/>
+  </r>
+  <r>
+    <s v="01421"/>
+    <s v="Portfolio investment income: Income on equity"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="1165"/>
+  </r>
+  <r>
+    <s v="01421"/>
+    <s v="Portfolio investment income: Income on equity"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="4430"/>
+  </r>
+  <r>
+    <s v="01421"/>
+    <s v="Portfolio investment income: Income on equity"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="2416"/>
+  </r>
+  <r>
+    <s v="01421"/>
+    <s v="Portfolio investment income: Income on equity"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="7321"/>
+  </r>
+  <r>
+    <s v="01421"/>
+    <s v="Portfolio investment income: Income on equity"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="2196"/>
+  </r>
+  <r>
+    <s v="01421"/>
+    <s v="Portfolio investment income: Income on equity"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="8021"/>
+  </r>
+  <r>
+    <s v="01421"/>
+    <s v="Portfolio investment income: Income on equity"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="2111"/>
+  </r>
+  <r>
+    <s v="01421"/>
+    <s v="Portfolio investment income: Income on equity"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="7978"/>
+  </r>
+  <r>
+    <s v="01421"/>
+    <s v="Portfolio investment income: Income on equity"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="2753"/>
+  </r>
+  <r>
+    <s v="01421"/>
+    <s v="Portfolio investment income: Income on equity"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="8700"/>
+  </r>
+  <r>
+    <s v="01421"/>
+    <s v="Portfolio investment income: Income on equity"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="3543"/>
+  </r>
+  <r>
+    <s v="01421"/>
+    <s v="Portfolio investment income: Income on equity"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="10854"/>
+  </r>
+  <r>
+    <s v="01421"/>
+    <s v="Portfolio investment income: Income on equity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="6242"/>
+  </r>
+  <r>
+    <s v="01421"/>
+    <s v="Portfolio investment income: Income on equity"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="17048"/>
+  </r>
+  <r>
+    <s v="01421"/>
+    <s v="Portfolio investment income: Income on equity"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="6219"/>
+  </r>
+  <r>
+    <s v="01421"/>
+    <s v="Portfolio investment income: Income on equity"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="20467"/>
+  </r>
+  <r>
+    <s v="01421"/>
+    <s v="Portfolio investment income: Income on equity"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="5994"/>
+  </r>
+  <r>
+    <s v="01421"/>
+    <s v="Portfolio investment income: Income on equity"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="18589"/>
+  </r>
+  <r>
+    <s v="01421"/>
+    <s v="Portfolio investment income: Income on equity"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="4035"/>
+  </r>
+  <r>
+    <s v="01421"/>
+    <s v="Portfolio investment income: Income on equity"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="10968"/>
+  </r>
+  <r>
+    <s v="01421"/>
+    <s v="Portfolio investment income: Income on equity"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="5432"/>
+  </r>
+  <r>
+    <s v="01421"/>
+    <s v="Portfolio investment income: Income on equity"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="13979"/>
+  </r>
+  <r>
+    <s v="01421"/>
+    <s v="Portfolio investment income: Income on equity"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="5342"/>
+  </r>
+  <r>
+    <s v="01421"/>
+    <s v="Portfolio investment income: Income on equity"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="14618"/>
+  </r>
+  <r>
+    <s v="01421"/>
+    <s v="Portfolio investment income: Income on equity"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="6340"/>
+  </r>
+  <r>
+    <s v="01421"/>
+    <s v="Portfolio investment income: Income on equity"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="18607"/>
+  </r>
+  <r>
+    <s v="01421"/>
+    <s v="Portfolio investment income: Income on equity"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="6882"/>
+  </r>
+  <r>
+    <s v="01421"/>
+    <s v="Portfolio investment income: Income on equity"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="19622"/>
+  </r>
+  <r>
+    <s v="01422"/>
+    <s v="Portfolio investment income: Income on debt"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="2606"/>
+  </r>
+  <r>
+    <s v="01422"/>
+    <s v="Portfolio investment income: Income on debt"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="2222"/>
+  </r>
+  <r>
+    <s v="01422"/>
+    <s v="Portfolio investment income: Income on debt"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="4476"/>
+  </r>
+  <r>
+    <s v="01422"/>
+    <s v="Portfolio investment income: Income on debt"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="2692"/>
+  </r>
+  <r>
+    <s v="01422"/>
+    <s v="Portfolio investment income: Income on debt"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="6128"/>
+  </r>
+  <r>
+    <s v="01422"/>
+    <s v="Portfolio investment income: Income on debt"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="5886"/>
+  </r>
+  <r>
+    <s v="01422"/>
+    <s v="Portfolio investment income: Income on debt"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="11526"/>
+  </r>
+  <r>
+    <s v="01422"/>
+    <s v="Portfolio investment income: Income on debt"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="4431"/>
+  </r>
+  <r>
+    <s v="01422"/>
+    <s v="Portfolio investment income: Income on debt"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="12687"/>
+  </r>
+  <r>
+    <s v="01422"/>
+    <s v="Portfolio investment income: Income on debt"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="3343"/>
+  </r>
+  <r>
+    <s v="01422"/>
+    <s v="Portfolio investment income: Income on debt"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="14175"/>
+  </r>
+  <r>
+    <s v="01422"/>
+    <s v="Portfolio investment income: Income on debt"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="4269"/>
+  </r>
+  <r>
+    <s v="01422"/>
+    <s v="Portfolio investment income: Income on debt"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="15769"/>
+  </r>
+  <r>
+    <s v="01422"/>
+    <s v="Portfolio investment income: Income on debt"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="6113"/>
+  </r>
+  <r>
+    <s v="01422"/>
+    <s v="Portfolio investment income: Income on debt"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="18779"/>
+  </r>
+  <r>
+    <s v="01422"/>
+    <s v="Portfolio investment income: Income on debt"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="8123"/>
+  </r>
+  <r>
+    <s v="01422"/>
+    <s v="Portfolio investment income: Income on debt"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="27124"/>
+  </r>
+  <r>
+    <s v="01422"/>
+    <s v="Portfolio investment income: Income on debt"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="16332"/>
+  </r>
+  <r>
+    <s v="01422"/>
+    <s v="Portfolio investment income: Income on debt"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="34941"/>
+  </r>
+  <r>
+    <s v="01422"/>
+    <s v="Portfolio investment income: Income on debt"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="21965"/>
+  </r>
+  <r>
+    <s v="01422"/>
+    <s v="Portfolio investment income: Income on debt"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="34778"/>
+  </r>
+  <r>
+    <s v="01422"/>
+    <s v="Portfolio investment income: Income on debt"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="24308"/>
+  </r>
+  <r>
+    <s v="01422"/>
+    <s v="Portfolio investment income: Income on debt"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="21552"/>
+  </r>
+  <r>
+    <s v="01422"/>
+    <s v="Portfolio investment income: Income on debt"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="17257"/>
+  </r>
+  <r>
+    <s v="01422"/>
+    <s v="Portfolio investment income: Income on debt"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="19687"/>
+  </r>
+  <r>
+    <s v="01422"/>
+    <s v="Portfolio investment income: Income on debt"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="15848"/>
+  </r>
+  <r>
+    <s v="01422"/>
+    <s v="Portfolio investment income: Income on debt"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="18245"/>
+  </r>
+  <r>
+    <s v="01422"/>
+    <s v="Portfolio investment income: Income on debt"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="16136"/>
+  </r>
+  <r>
+    <s v="01422"/>
+    <s v="Portfolio investment income: Income on debt"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="18892"/>
+  </r>
+  <r>
+    <s v="01422"/>
+    <s v="Portfolio investment income: Income on debt"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="13025"/>
+  </r>
+  <r>
+    <s v="01422"/>
+    <s v="Portfolio investment income: Income on debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="19078"/>
+  </r>
+  <r>
+    <s v="01422"/>
+    <s v="Portfolio investment income: Income on debt"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="11035"/>
+  </r>
+  <r>
+    <s v="0143"/>
+    <s v="Other investment income"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="11486"/>
+  </r>
+  <r>
+    <s v="0143"/>
+    <s v="Other investment income"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="7142"/>
+  </r>
+  <r>
+    <s v="0143"/>
+    <s v="Other investment income"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="14319"/>
+  </r>
+  <r>
+    <s v="0143"/>
+    <s v="Other investment income"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="8759"/>
+  </r>
+  <r>
+    <s v="0143"/>
+    <s v="Other investment income"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="19275"/>
+  </r>
+  <r>
+    <s v="0143"/>
+    <s v="Other investment income"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="10793"/>
+  </r>
+  <r>
+    <s v="0143"/>
+    <s v="Other investment income"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="14006"/>
+  </r>
+  <r>
+    <s v="0143"/>
+    <s v="Other investment income"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="11769"/>
+  </r>
+  <r>
+    <s v="0143"/>
+    <s v="Other investment income"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="9828"/>
+  </r>
+  <r>
+    <s v="0143"/>
+    <s v="Other investment income"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="9783"/>
+  </r>
+  <r>
+    <s v="0143"/>
+    <s v="Other investment income"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="9153"/>
+  </r>
+  <r>
+    <s v="0143"/>
+    <s v="Other investment income"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="8721"/>
+  </r>
+  <r>
+    <s v="0143"/>
+    <s v="Other investment income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="10113"/>
+  </r>
+  <r>
+    <s v="0143"/>
+    <s v="Other investment income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="10088"/>
+  </r>
+  <r>
+    <s v="0143"/>
+    <s v="Other investment income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="14229"/>
+  </r>
+  <r>
+    <s v="0143"/>
+    <s v="Other investment income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="15636"/>
+  </r>
+  <r>
+    <s v="0143"/>
+    <s v="Other investment income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="23641"/>
+  </r>
+  <r>
+    <s v="0143"/>
+    <s v="Other investment income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="24328"/>
+  </r>
+  <r>
+    <s v="0143"/>
+    <s v="Other investment income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="32878"/>
+  </r>
+  <r>
+    <s v="0143"/>
+    <s v="Other investment income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="32187"/>
+  </r>
+  <r>
+    <s v="0143"/>
+    <s v="Other investment income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="32636"/>
+  </r>
+  <r>
+    <s v="0143"/>
+    <s v="Other investment income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="34504"/>
+  </r>
+  <r>
+    <s v="0143"/>
+    <s v="Other investment income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="19847"/>
+  </r>
+  <r>
+    <s v="0143"/>
+    <s v="Other investment income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="18983"/>
+  </r>
+  <r>
+    <s v="0143"/>
+    <s v="Other investment income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="17182"/>
+  </r>
+  <r>
+    <s v="0143"/>
+    <s v="Other investment income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="14836"/>
+  </r>
+  <r>
+    <s v="0143"/>
+    <s v="Other investment income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="17690"/>
+  </r>
+  <r>
+    <s v="0143"/>
+    <s v="Other investment income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="15017"/>
+  </r>
+  <r>
+    <s v="0143"/>
+    <s v="Other investment income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="13986"/>
+  </r>
+  <r>
+    <s v="0143"/>
+    <s v="Other investment income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="12581"/>
+  </r>
+  <r>
+    <s v="0143"/>
+    <s v="Other investment income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="10819"/>
+  </r>
+  <r>
+    <s v="0143"/>
+    <s v="Other investment income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="9733"/>
+  </r>
+  <r>
+    <s v="015"/>
+    <s v="Dividends and distributed branch profits"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="015"/>
+    <s v="Dividends and distributed branch profits"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="10437"/>
+  </r>
+  <r>
+    <s v="015"/>
+    <s v="Dividends and distributed branch profits"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="015"/>
+    <s v="Dividends and distributed branch profits"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="11677"/>
+  </r>
+  <r>
+    <s v="015"/>
+    <s v="Dividends and distributed branch profits"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="502"/>
+  </r>
+  <r>
+    <s v="015"/>
+    <s v="Dividends and distributed branch profits"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="11736"/>
+  </r>
+  <r>
+    <s v="015"/>
+    <s v="Dividends and distributed branch profits"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="382"/>
+  </r>
+  <r>
+    <s v="015"/>
+    <s v="Dividends and distributed branch profits"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="15037"/>
+  </r>
+  <r>
+    <s v="015"/>
+    <s v="Dividends and distributed branch profits"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="015"/>
+    <s v="Dividends and distributed branch profits"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="14948"/>
+  </r>
+  <r>
+    <s v="015"/>
+    <s v="Dividends and distributed branch profits"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="015"/>
+    <s v="Dividends and distributed branch profits"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="13238"/>
+  </r>
+  <r>
+    <s v="015"/>
+    <s v="Dividends and distributed branch profits"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="1011"/>
+  </r>
+  <r>
+    <s v="015"/>
+    <s v="Dividends and distributed branch profits"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="20925"/>
+  </r>
+  <r>
+    <s v="015"/>
+    <s v="Dividends and distributed branch profits"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="015"/>
+    <s v="Dividends and distributed branch profits"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="26341"/>
+  </r>
+  <r>
+    <s v="015"/>
+    <s v="Dividends and distributed branch profits"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="515"/>
+  </r>
+  <r>
+    <s v="015"/>
+    <s v="Dividends and distributed branch profits"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="19920"/>
+  </r>
+  <r>
+    <s v="015"/>
+    <s v="Dividends and distributed branch profits"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="015"/>
+    <s v="Dividends and distributed branch profits"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="16787"/>
+  </r>
+  <r>
+    <s v="015"/>
+    <s v="Dividends and distributed branch profits"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="940"/>
+  </r>
+  <r>
+    <s v="015"/>
+    <s v="Dividends and distributed branch profits"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="13550"/>
+  </r>
+  <r>
+    <s v="015"/>
+    <s v="Dividends and distributed branch profits"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="1413"/>
+  </r>
+  <r>
+    <s v="015"/>
+    <s v="Dividends and distributed branch profits"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="15862"/>
+  </r>
+  <r>
+    <s v="015"/>
+    <s v="Dividends and distributed branch profits"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="1025"/>
+  </r>
+  <r>
+    <s v="015"/>
+    <s v="Dividends and distributed branch profits"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="15710"/>
+  </r>
+  <r>
+    <s v="015"/>
+    <s v="Dividends and distributed branch profits"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="1745"/>
+  </r>
+  <r>
+    <s v="015"/>
+    <s v="Dividends and distributed branch profits"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="14416"/>
+  </r>
+  <r>
+    <s v="015"/>
+    <s v="Dividends and distributed branch profits"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="2682"/>
+  </r>
+  <r>
+    <s v="015"/>
+    <s v="Dividends and distributed branch profits"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="16862"/>
+  </r>
+  <r>
+    <s v="015"/>
+    <s v="Dividends and distributed branch profits"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="3342"/>
+  </r>
+  <r>
+    <s v="015"/>
+    <s v="Dividends and distributed branch profits"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="16437"/>
+  </r>
+  <r>
+    <s v="016"/>
+    <s v="Reinvested earnings"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="1527"/>
+  </r>
+  <r>
+    <s v="016"/>
+    <s v="Reinvested earnings"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="4397"/>
+  </r>
+  <r>
+    <s v="016"/>
+    <s v="Reinvested earnings"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="1751"/>
+  </r>
+  <r>
+    <s v="016"/>
+    <s v="Reinvested earnings"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="8762"/>
+  </r>
+  <r>
+    <s v="016"/>
+    <s v="Reinvested earnings"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="1390"/>
+  </r>
+  <r>
+    <s v="016"/>
+    <s v="Reinvested earnings"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="10562"/>
+  </r>
+  <r>
+    <s v="016"/>
+    <s v="Reinvested earnings"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="2247"/>
+  </r>
+  <r>
+    <s v="016"/>
+    <s v="Reinvested earnings"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="10370"/>
+  </r>
+  <r>
+    <s v="016"/>
+    <s v="Reinvested earnings"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="016"/>
+    <s v="Reinvested earnings"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="14586"/>
+  </r>
+  <r>
+    <s v="016"/>
+    <s v="Reinvested earnings"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="2669"/>
+  </r>
+  <r>
+    <s v="016"/>
+    <s v="Reinvested earnings"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="15893"/>
+  </r>
+  <r>
+    <s v="016"/>
+    <s v="Reinvested earnings"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="2719"/>
+  </r>
+  <r>
+    <s v="016"/>
+    <s v="Reinvested earnings"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="9291"/>
+  </r>
+  <r>
+    <s v="016"/>
+    <s v="Reinvested earnings"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="3682"/>
+  </r>
+  <r>
+    <s v="016"/>
+    <s v="Reinvested earnings"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="4257"/>
+  </r>
+  <r>
+    <s v="016"/>
+    <s v="Reinvested earnings"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="3827"/>
+  </r>
+  <r>
+    <s v="016"/>
+    <s v="Reinvested earnings"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="9475"/>
+  </r>
+  <r>
+    <s v="016"/>
+    <s v="Reinvested earnings"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="5416"/>
+  </r>
+  <r>
+    <s v="016"/>
+    <s v="Reinvested earnings"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="18246"/>
+  </r>
+  <r>
+    <s v="016"/>
+    <s v="Reinvested earnings"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="3747"/>
+  </r>
+  <r>
+    <s v="016"/>
+    <s v="Reinvested earnings"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="15120"/>
+  </r>
+  <r>
+    <s v="016"/>
+    <s v="Reinvested earnings"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="4675"/>
+  </r>
+  <r>
+    <s v="016"/>
+    <s v="Reinvested earnings"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="17301"/>
+  </r>
+  <r>
+    <s v="016"/>
+    <s v="Reinvested earnings"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="10521"/>
+  </r>
+  <r>
+    <s v="016"/>
+    <s v="Reinvested earnings"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="20354"/>
+  </r>
+  <r>
+    <s v="016"/>
+    <s v="Reinvested earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="9830"/>
+  </r>
+  <r>
+    <s v="016"/>
+    <s v="Reinvested earnings"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="23632"/>
+  </r>
+  <r>
+    <s v="016"/>
+    <s v="Reinvested earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="11100"/>
+  </r>
+  <r>
+    <s v="016"/>
+    <s v="Reinvested earnings"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="21969"/>
+  </r>
+  <r>
+    <s v="016"/>
+    <s v="Reinvested earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="11020"/>
+  </r>
+  <r>
+    <s v="016"/>
+    <s v="Reinvested earnings"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="18525"/>
+  </r>
+  <r>
+    <s v="017"/>
+    <s v="Current transfers"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="5195"/>
+  </r>
+  <r>
+    <s v="017"/>
+    <s v="Current transfers"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="3876"/>
+  </r>
+  <r>
+    <s v="017"/>
+    <s v="Current transfers"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="5009"/>
+  </r>
+  <r>
+    <s v="017"/>
+    <s v="Current transfers"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="3832"/>
+  </r>
+  <r>
+    <s v="017"/>
+    <s v="Current transfers"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="4686"/>
+  </r>
+  <r>
+    <s v="017"/>
+    <s v="Current transfers"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="3692"/>
+  </r>
+  <r>
+    <s v="017"/>
+    <s v="Current transfers"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="8269"/>
+  </r>
+  <r>
+    <s v="017"/>
+    <s v="Current transfers"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="7964"/>
+  </r>
+  <r>
+    <s v="017"/>
+    <s v="Current transfers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="7946"/>
+  </r>
+  <r>
+    <s v="017"/>
+    <s v="Current transfers"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="7242"/>
+  </r>
+  <r>
+    <s v="017"/>
+    <s v="Current transfers"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="6177"/>
+  </r>
+  <r>
+    <s v="017"/>
+    <s v="Current transfers"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="5745"/>
+  </r>
+  <r>
+    <s v="017"/>
+    <s v="Current transfers"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="5314"/>
+  </r>
+  <r>
+    <s v="017"/>
+    <s v="Current transfers"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="4921"/>
+  </r>
+  <r>
+    <s v="017"/>
+    <s v="Current transfers"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="5648"/>
+  </r>
+  <r>
+    <s v="017"/>
+    <s v="Current transfers"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="5383"/>
+  </r>
+  <r>
+    <s v="017"/>
+    <s v="Current transfers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="5260"/>
+  </r>
+  <r>
+    <s v="017"/>
+    <s v="Current transfers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="5764"/>
+  </r>
+  <r>
+    <s v="017"/>
+    <s v="Current transfers"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="4833"/>
+  </r>
+  <r>
+    <s v="017"/>
+    <s v="Current transfers"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="5823"/>
+  </r>
+  <r>
+    <s v="017"/>
+    <s v="Current transfers"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="5583"/>
+  </r>
+  <r>
+    <s v="017"/>
+    <s v="Current transfers"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="6737"/>
+  </r>
+  <r>
+    <s v="017"/>
+    <s v="Current transfers"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="5361"/>
+  </r>
+  <r>
+    <s v="017"/>
+    <s v="Current transfers"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="6784"/>
+  </r>
+  <r>
+    <s v="017"/>
+    <s v="Current transfers"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="4947"/>
+  </r>
+  <r>
+    <s v="017"/>
+    <s v="Current transfers"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="6361"/>
+  </r>
+  <r>
+    <s v="017"/>
+    <s v="Current transfers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="5405"/>
+  </r>
+  <r>
+    <s v="017"/>
+    <s v="Current transfers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="6588"/>
+  </r>
+  <r>
+    <s v="017"/>
+    <s v="Current transfers"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="5562"/>
+  </r>
+  <r>
+    <s v="017"/>
+    <s v="Current transfers"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="6767"/>
+  </r>
+  <r>
+    <s v="017"/>
+    <s v="Current transfers"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="4494"/>
+  </r>
+  <r>
+    <s v="017"/>
+    <s v="Current transfers"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="5918"/>
+  </r>
+  <r>
+    <s v="018"/>
+    <s v="Memorandum Item: Government income"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="018"/>
+    <s v="Memorandum Item: Government income"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="018"/>
+    <s v="Memorandum Item: Government income"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="018"/>
+    <s v="Memorandum Item: Government income"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="018"/>
+    <s v="Memorandum Item: Government income"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="018"/>
+    <s v="Memorandum Item: Government income"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="018"/>
+    <s v="Memorandum Item: Government income"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="018"/>
+    <s v="Memorandum Item: Government income"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="018"/>
+    <s v="Memorandum Item: Government income"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="018"/>
+    <s v="Memorandum Item: Government income"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="018"/>
+    <s v="Memorandum Item: Government income"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="018"/>
+    <s v="Memorandum Item: Government income"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="018"/>
+    <s v="Memorandum Item: Government income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="018"/>
+    <s v="Memorandum Item: Government income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="018"/>
+    <s v="Memorandum Item: Government income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="018"/>
+    <s v="Memorandum Item: Government income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="018"/>
+    <s v="Memorandum Item: Government income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="018"/>
+    <s v="Memorandum Item: Government income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="018"/>
+    <s v="Memorandum Item: Government income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="018"/>
+    <s v="Memorandum Item: Government income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="018"/>
+    <s v="Memorandum Item: Government income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="018"/>
+    <s v="Memorandum Item: Government income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="018"/>
+    <s v="Memorandum Item: Government income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="018"/>
+    <s v="Memorandum Item: Government income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="2999"/>
+  </r>
+  <r>
+    <s v="018"/>
+    <s v="Memorandum Item: Government income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="306"/>
+  </r>
+  <r>
+    <s v="018"/>
+    <s v="Memorandum Item: Government income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="3408"/>
+  </r>
+  <r>
+    <s v="018"/>
+    <s v="Memorandum Item: Government income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="018"/>
+    <s v="Memorandum Item: Government income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="4349"/>
+  </r>
+  <r>
+    <s v="018"/>
+    <s v="Memorandum Item: Government income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="018"/>
+    <s v="Memorandum Item: Government income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="4625"/>
+  </r>
+  <r>
+    <s v="018"/>
+    <s v="Memorandum Item: Government income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="BPCA1C1"/>
+    <s v="Current Account Credit"/>
+    <s v="Euro Million"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="018"/>
+    <s v="Memorandum Item: Government income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="BPCA1C2"/>
+    <s v="Current Account Debit"/>
+    <s v="Euro Million"/>
+    <n v="4638"/>
+  </r>
+</pivotCacheRecords>
 </file>