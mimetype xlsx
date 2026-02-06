--- v0 (2025-11-10)
+++ v1 (2026-02-06)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6cc423ce09654240" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ccd02374c63f4093868e45d6ba2a22b0.psmdcp" Id="R4b6e960d3023447b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc0fb311cdeb484e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/02f9eccbccd44e45bef4c0332ce77f43.psmdcp" Id="Ra873a242fa38488e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>BPA19</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Current Account: Merchandise and Services BPM6</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>7/8/2025 11:00:00 AM</x:t>
+    <x:t>08/07/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/BPA19/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>IAA</x:t>
   </x:si>
   <x:si>
     <x:t>BOP/International Accounts - Annual Series</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Lucia Perez Alfaro</x:t>
   </x:si>
@@ -310,50 +310,53 @@
   </x:si>
   <x:si>
     <x:t>2019</x:t>
   </x:si>
   <x:si>
     <x:t>2020</x:t>
   </x:si>
   <x:si>
     <x:t>2021</x:t>
   </x:si>
   <x:si>
     <x:t>2022</x:t>
   </x:si>
   <x:si>
     <x:t>2023</x:t>
   </x:si>
   <x:si>
     <x:t>2024</x:t>
   </x:si>
   <x:si>
     <x:t>BPA19C2</x:t>
   </x:si>
   <x:si>
     <x:t>Current Account Imports</x:t>
   </x:si>
+  <x:si>
+    <x:t/>
+  </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
@@ -490,371 +493,160 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...319 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03141V03792" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="16">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+      </items>
+    </pivotField>
+    <pivotField name="Component" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="16">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H417" totalsRowShown="0">
   <x:autoFilter ref="A1:H417"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C03141V03792"/>
     <x:tableColumn id="6" name="Component"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1123,51 +915,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/BPA19/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1354,51 +1146,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H417"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="23.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="72.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.567768" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>39</x:v>
@@ -6856,50 +6648,53 @@
         <x:v>64974</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:8">
       <x:c r="A211" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C211" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D211" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E211" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F211" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G211" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H211" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="212" spans="1:8">
       <x:c r="A212" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B212" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C212" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D212" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E212" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F212" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G212" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H212" s="0">
         <x:v>87425</x:v>
@@ -7269,50 +7064,53 @@
         <x:v>64227</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:8">
       <x:c r="A227" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C227" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D227" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E227" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F227" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G227" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H227" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="228" spans="1:8">
       <x:c r="A228" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B228" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C228" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D228" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E228" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F228" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G228" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H228" s="0">
         <x:v>100383</x:v>
@@ -7682,50 +7480,53 @@
         <x:v>73730</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:8">
       <x:c r="A243" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C243" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D243" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E243" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F243" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G243" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H243" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="244" spans="1:8">
       <x:c r="A244" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B244" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C244" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D244" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E244" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F244" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G244" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H244" s="0">
         <x:v>119008</x:v>
@@ -8095,50 +7896,53 @@
         <x:v>86933</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:8">
       <x:c r="A259" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C259" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D259" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E259" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F259" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G259" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H259" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="260" spans="1:8">
       <x:c r="A260" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B260" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C260" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D260" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E260" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F260" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G260" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H260" s="0">
         <x:v>177224</x:v>
@@ -8508,50 +8312,53 @@
         <x:v>87072</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:8">
       <x:c r="A275" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C275" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D275" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E275" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F275" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G275" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H275" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="276" spans="1:8">
       <x:c r="A276" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B276" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C276" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D276" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E276" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F276" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G276" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H276" s="0">
         <x:v>217917</x:v>
@@ -8921,50 +8728,53 @@
         <x:v>88705</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:8">
       <x:c r="A291" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C291" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D291" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E291" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F291" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G291" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H291" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="292" spans="1:8">
       <x:c r="A292" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B292" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C292" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D292" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E292" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F292" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G292" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H292" s="0">
         <x:v>234486</x:v>
@@ -9334,50 +9144,53 @@
         <x:v>102312</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:8">
       <x:c r="A307" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C307" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D307" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="E307" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F307" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G307" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H307" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="308" spans="1:8">
       <x:c r="A308" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B308" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C308" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D308" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="E308" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F308" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G308" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H308" s="0">
         <x:v>221044</x:v>
@@ -9747,50 +9560,53 @@
         <x:v>107828</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:8">
       <x:c r="A323" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C323" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="D323" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="E323" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F323" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G323" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H323" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="324" spans="1:8">
       <x:c r="A324" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B324" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C324" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="D324" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="E324" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F324" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G324" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H324" s="0">
         <x:v>352058</x:v>
@@ -10160,50 +9976,53 @@
         <x:v>100166</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:8">
       <x:c r="A339" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C339" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D339" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E339" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F339" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G339" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H339" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="340" spans="1:8">
       <x:c r="A340" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B340" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C340" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D340" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E340" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F340" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G340" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H340" s="0">
         <x:v>353971</x:v>
@@ -10573,50 +10392,53 @@
         <x:v>112240</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:8">
       <x:c r="A355" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C355" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D355" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E355" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F355" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G355" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H355" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="356" spans="1:8">
       <x:c r="A356" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B356" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C356" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D356" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E356" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F356" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G356" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H356" s="0">
         <x:v>312145</x:v>
@@ -10986,50 +10808,53 @@
         <x:v>149653</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:8">
       <x:c r="A371" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C371" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="D371" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="E371" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F371" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G371" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H371" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="372" spans="1:8">
       <x:c r="A372" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B372" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C372" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="D372" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="E372" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F372" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G372" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H372" s="0">
         <x:v>361951</x:v>
@@ -11399,50 +11224,53 @@
         <x:v>149558</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:8">
       <x:c r="A387" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C387" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="D387" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E387" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F387" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G387" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H387" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
     </x:row>
     <x:row r="388" spans="1:8">
       <x:c r="A388" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B388" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C388" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="D388" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E388" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F388" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G388" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H388" s="0">
         <x:v>391559</x:v>
@@ -11811,50 +11639,53 @@
       <x:c r="H402" s="0">
         <x:v>151817</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:8">
       <x:c r="A403" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C403" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D403" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="E403" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F403" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G403" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H403" s="0" t="s">
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:8">
       <x:c r="A404" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B404" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C404" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D404" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="E404" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F404" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G404" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H404" s="0">
@@ -12189,51 +12020,51 @@
       <x:c r="E417" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F417" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G417" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H417" s="0">
         <x:v>22410</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -12250,51 +12081,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H417" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="2">
         <x:s v="BPA19C1"/>
         <x:s v="BPA19C2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="2">
         <x:s v="Current Account Exports"/>
         <x:s v="Current Account Imports"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="13">
         <x:s v="2012"/>
         <x:s v="2013"/>
         <x:s v="2014"/>
         <x:s v="2015"/>
         <x:s v="2016"/>
         <x:s v="2017"/>
         <x:s v="2018"/>
         <x:s v="2019"/>
         <x:s v="2020"/>
@@ -12751,27 +12582,4188 @@
         <x:n v="1684"/>
         <x:n v="95288"/>
         <x:n v="18848"/>
         <x:n v="151817"/>
         <x:n v="423277"/>
         <x:n v="8850"/>
         <x:n v="5941"/>
         <x:n v="13075"/>
         <x:n v="893"/>
         <x:n v="14704"/>
         <x:n v="23602"/>
         <x:n v="16982"/>
         <x:n v="164173"/>
         <x:n v="152649"/>
         <x:n v="44866"/>
         <x:n v="1771"/>
         <x:n v="106012"/>
         <x:n v="22410"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="01"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="101869"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="02"/>
+    <s v="Merchanting (net export)"/>
+    <s v="Euro Million"/>
+    <n v="3278"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="03"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="81145"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="04"/>
+    <s v="Repairs and processing"/>
+    <s v="Euro Million"/>
+    <n v="1311"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="05"/>
+    <s v="Transport"/>
+    <s v="Euro Million"/>
+    <n v="4772"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="06"/>
+    <s v="Tourism and travel"/>
+    <s v="Euro Million"/>
+    <n v="3022"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="07"/>
+    <s v="Communications"/>
+    <s v="Euro Million"/>
+    <n v="569"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="08"/>
+    <s v="Insurance"/>
+    <s v="Euro Million"/>
+    <n v="8419"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="09"/>
+    <s v="Financial services"/>
+    <s v="Euro Million"/>
+    <n v="10094"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="10"/>
+    <s v="Computer services"/>
+    <s v="Euro Million"/>
+    <n v="31619"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="11"/>
+    <s v="Royalties/licences"/>
+    <s v="Euro Million"/>
+    <n v="3880"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="12"/>
+    <s v="All business services"/>
+    <s v="Euro Million"/>
+    <n v="15965"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="13"/>
+    <s v="Business services: Research and development"/>
+    <s v="Euro Million"/>
+    <n v="766"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="14"/>
+    <s v="Business services: Operational leasing"/>
+    <s v="Euro Million"/>
+    <n v="7537"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="15"/>
+    <s v="Business services other than research and development and operational leasing"/>
+    <s v="Euro Million"/>
+    <n v="7660"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="16"/>
+    <s v="Other services not elsewhere stated"/>
+    <s v="Euro Million"/>
+    <n v="1497"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="01"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="98732"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="02"/>
+    <s v="Merchanting (net export)"/>
+    <s v="Euro Million"/>
+    <n v="3715"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="03"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="102002"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="04"/>
+    <s v="Repairs and processing"/>
+    <s v="Euro Million"/>
+    <n v="1440"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="05"/>
+    <s v="Transport"/>
+    <s v="Euro Million"/>
+    <n v="4828"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="06"/>
+    <s v="Tourism and travel"/>
+    <s v="Euro Million"/>
+    <n v="3360"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="07"/>
+    <s v="Communications"/>
+    <s v="Euro Million"/>
+    <n v="556"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="08"/>
+    <s v="Insurance"/>
+    <s v="Euro Million"/>
+    <n v="8439"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="09"/>
+    <s v="Financial services"/>
+    <s v="Euro Million"/>
+    <n v="9393"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="10"/>
+    <s v="Computer services"/>
+    <s v="Euro Million"/>
+    <n v="36070"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="11"/>
+    <s v="Royalties/licences"/>
+    <s v="Euro Million"/>
+    <n v="4735"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="12"/>
+    <s v="All business services"/>
+    <s v="Euro Million"/>
+    <n v="22276"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="13"/>
+    <s v="Business services: Research and development"/>
+    <s v="Euro Million"/>
+    <n v="1142"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="14"/>
+    <s v="Business services: Operational leasing"/>
+    <s v="Euro Million"/>
+    <n v="10610"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="15"/>
+    <s v="Business services other than research and development and operational leasing"/>
+    <s v="Euro Million"/>
+    <n v="10525"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="16"/>
+    <s v="Other services not elsewhere stated"/>
+    <s v="Euro Million"/>
+    <n v="10904"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="01"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="114461"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="02"/>
+    <s v="Merchanting (net export)"/>
+    <s v="Euro Million"/>
+    <n v="3506"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="03"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="116420"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="04"/>
+    <s v="Repairs and processing"/>
+    <s v="Euro Million"/>
+    <n v="1384"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="05"/>
+    <s v="Transport"/>
+    <s v="Euro Million"/>
+    <n v="5193"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="06"/>
+    <s v="Tourism and travel"/>
+    <s v="Euro Million"/>
+    <n v="3653"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="07"/>
+    <s v="Communications"/>
+    <s v="Euro Million"/>
+    <n v="569"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="08"/>
+    <s v="Insurance"/>
+    <s v="Euro Million"/>
+    <n v="8723"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="09"/>
+    <s v="Financial services"/>
+    <s v="Euro Million"/>
+    <n v="10436"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="10"/>
+    <s v="Computer services"/>
+    <s v="Euro Million"/>
+    <n v="42795"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="11"/>
+    <s v="Royalties/licences"/>
+    <s v="Euro Million"/>
+    <n v="5528"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="12"/>
+    <s v="All business services"/>
+    <s v="Euro Million"/>
+    <n v="26024"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="13"/>
+    <s v="Business services: Research and development"/>
+    <s v="Euro Million"/>
+    <n v="2455"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="14"/>
+    <s v="Business services: Operational leasing"/>
+    <s v="Euro Million"/>
+    <n v="12911"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="15"/>
+    <s v="Business services other than research and development and operational leasing"/>
+    <s v="Euro Million"/>
+    <n v="10658"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="16"/>
+    <s v="Other services not elsewhere stated"/>
+    <s v="Euro Million"/>
+    <n v="12115"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="01"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="200327"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="02"/>
+    <s v="Merchanting (net export)"/>
+    <s v="Euro Million"/>
+    <n v="6400"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="03"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="144622"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="04"/>
+    <s v="Repairs and processing"/>
+    <s v="Euro Million"/>
+    <n v="1582"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="05"/>
+    <s v="Transport"/>
+    <s v="Euro Million"/>
+    <n v="6553"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="06"/>
+    <s v="Tourism and travel"/>
+    <s v="Euro Million"/>
+    <n v="5018"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="07"/>
+    <s v="Communications"/>
+    <s v="Euro Million"/>
+    <n v="687"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="08"/>
+    <s v="Insurance"/>
+    <s v="Euro Million"/>
+    <n v="10231"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="09"/>
+    <s v="Financial services"/>
+    <s v="Euro Million"/>
+    <n v="12492"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="10"/>
+    <s v="Computer services"/>
+    <s v="Euro Million"/>
+    <n v="52007"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="11"/>
+    <s v="Royalties/licences"/>
+    <s v="Euro Million"/>
+    <n v="7968"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="12"/>
+    <s v="All business services"/>
+    <s v="Euro Million"/>
+    <n v="33970"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="13"/>
+    <s v="Business services: Research and development"/>
+    <s v="Euro Million"/>
+    <n v="4104"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="14"/>
+    <s v="Business services: Operational leasing"/>
+    <s v="Euro Million"/>
+    <n v="17149"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="15"/>
+    <s v="Business services other than research and development and operational leasing"/>
+    <s v="Euro Million"/>
+    <n v="12716"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="16"/>
+    <s v="Other services not elsewhere stated"/>
+    <s v="Euro Million"/>
+    <n v="14113"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="193237"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Merchanting (net export)"/>
+    <s v="Euro Million"/>
+    <n v="6418"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="163209"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Repairs and processing"/>
+    <s v="Euro Million"/>
+    <n v="1814"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Transport"/>
+    <s v="Euro Million"/>
+    <n v="7225"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Tourism and travel"/>
+    <s v="Euro Million"/>
+    <n v="5447"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="Communications"/>
+    <s v="Euro Million"/>
+    <n v="719"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="08"/>
+    <s v="Insurance"/>
+    <s v="Euro Million"/>
+    <n v="9272"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="Financial services"/>
+    <s v="Euro Million"/>
+    <n v="13299"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Computer services"/>
+    <s v="Euro Million"/>
+    <n v="59706"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="11"/>
+    <s v="Royalties/licences"/>
+    <s v="Euro Million"/>
+    <n v="8615"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="All business services"/>
+    <s v="Euro Million"/>
+    <n v="41851"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="13"/>
+    <s v="Business services: Research and development"/>
+    <s v="Euro Million"/>
+    <n v="4293"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="14"/>
+    <s v="Business services: Operational leasing"/>
+    <s v="Euro Million"/>
+    <n v="19299"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Business services other than research and development and operational leasing"/>
+    <s v="Euro Million"/>
+    <n v="18257"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Other services not elsewhere stated"/>
+    <s v="Euro Million"/>
+    <n v="15265"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="196950"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="02"/>
+    <s v="Merchanting (net export)"/>
+    <s v="Euro Million"/>
+    <n v="8885"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="03"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="199289"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="04"/>
+    <s v="Repairs and processing"/>
+    <s v="Euro Million"/>
+    <n v="2007"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="05"/>
+    <s v="Transport"/>
+    <s v="Euro Million"/>
+    <n v="8088"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="06"/>
+    <s v="Tourism and travel"/>
+    <s v="Euro Million"/>
+    <n v="5808"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="07"/>
+    <s v="Communications"/>
+    <s v="Euro Million"/>
+    <n v="601"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="08"/>
+    <s v="Insurance"/>
+    <s v="Euro Million"/>
+    <n v="9747"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="09"/>
+    <s v="Financial services"/>
+    <s v="Euro Million"/>
+    <n v="15818"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="10"/>
+    <s v="Computer services"/>
+    <s v="Euro Million"/>
+    <n v="73199"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="11"/>
+    <s v="Royalties/licences"/>
+    <s v="Euro Million"/>
+    <n v="9672"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="12"/>
+    <s v="All business services"/>
+    <s v="Euro Million"/>
+    <n v="58260"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="13"/>
+    <s v="Business services: Research and development"/>
+    <s v="Euro Million"/>
+    <n v="7834"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="14"/>
+    <s v="Business services: Operational leasing"/>
+    <s v="Euro Million"/>
+    <n v="20066"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="15"/>
+    <s v="Business services other than research and development and operational leasing"/>
+    <s v="Euro Million"/>
+    <n v="30359"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="16"/>
+    <s v="Other services not elsewhere stated"/>
+    <s v="Euro Million"/>
+    <n v="16087"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="01"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="210906"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="02"/>
+    <s v="Merchanting (net export)"/>
+    <s v="Euro Million"/>
+    <n v="9744"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="03"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="211261"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="04"/>
+    <s v="Repairs and processing"/>
+    <s v="Euro Million"/>
+    <n v="1965"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="05"/>
+    <s v="Transport"/>
+    <s v="Euro Million"/>
+    <n v="7746"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="06"/>
+    <s v="Tourism and travel"/>
+    <s v="Euro Million"/>
+    <n v="5796"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="07"/>
+    <s v="Communications"/>
+    <s v="Euro Million"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="08"/>
+    <s v="Insurance"/>
+    <s v="Euro Million"/>
+    <n v="9535"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="09"/>
+    <s v="Financial services"/>
+    <s v="Euro Million"/>
+    <n v="15421"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Computer services"/>
+    <s v="Euro Million"/>
+    <n v="98244"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="11"/>
+    <s v="Royalties/licences"/>
+    <s v="Euro Million"/>
+    <n v="12799"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="12"/>
+    <s v="All business services"/>
+    <s v="Euro Million"/>
+    <n v="42402"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="13"/>
+    <s v="Business services: Research and development"/>
+    <s v="Euro Million"/>
+    <n v="3552"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="14"/>
+    <s v="Business services: Operational leasing"/>
+    <s v="Euro Million"/>
+    <n v="19276"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="15"/>
+    <s v="Business services other than research and development and operational leasing"/>
+    <s v="Euro Million"/>
+    <n v="19572"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="16"/>
+    <s v="Other services not elsewhere stated"/>
+    <s v="Euro Million"/>
+    <n v="17003"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="01"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="225093"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="02"/>
+    <s v="Merchanting (net export)"/>
+    <s v="Euro Million"/>
+    <n v="13108"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="03"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="252240"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="04"/>
+    <s v="Repairs and processing"/>
+    <s v="Euro Million"/>
+    <n v="2031"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="05"/>
+    <s v="Transport"/>
+    <s v="Euro Million"/>
+    <n v="8041"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="06"/>
+    <s v="Tourism and travel"/>
+    <s v="Euro Million"/>
+    <n v="5786"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="07"/>
+    <s v="Communications"/>
+    <s v="Euro Million"/>
+    <n v="428"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="08"/>
+    <s v="Insurance"/>
+    <s v="Euro Million"/>
+    <n v="10271"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="09"/>
+    <s v="Financial services"/>
+    <s v="Euro Million"/>
+    <n v="17656"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="10"/>
+    <s v="Computer services"/>
+    <s v="Euro Million"/>
+    <n v="124663"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="11"/>
+    <s v="Royalties/licences"/>
+    <s v="Euro Million"/>
+    <n v="11066"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="12"/>
+    <s v="All business services"/>
+    <s v="Euro Million"/>
+    <n v="48961"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="13"/>
+    <s v="Business services: Research and development"/>
+    <s v="Euro Million"/>
+    <n v="5896"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="14"/>
+    <s v="Business services: Operational leasing"/>
+    <s v="Euro Million"/>
+    <n v="20507"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="15"/>
+    <s v="Business services other than research and development and operational leasing"/>
+    <s v="Euro Million"/>
+    <n v="22559"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="16"/>
+    <s v="Other services not elsewhere stated"/>
+    <s v="Euro Million"/>
+    <n v="23335"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="01"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="242611"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="02"/>
+    <s v="Merchanting (net export)"/>
+    <s v="Euro Million"/>
+    <n v="13720"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="03"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="291092"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="04"/>
+    <s v="Repairs and processing"/>
+    <s v="Euro Million"/>
+    <n v="2110"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="05"/>
+    <s v="Transport"/>
+    <s v="Euro Million"/>
+    <n v="2607"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="06"/>
+    <s v="Tourism and travel"/>
+    <s v="Euro Million"/>
+    <n v="2095"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="07"/>
+    <s v="Communications"/>
+    <s v="Euro Million"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="08"/>
+    <s v="Insurance"/>
+    <s v="Euro Million"/>
+    <n v="11415"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="09"/>
+    <s v="Financial services"/>
+    <s v="Euro Million"/>
+    <n v="18857"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="Computer services"/>
+    <s v="Euro Million"/>
+    <n v="146744"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="11"/>
+    <s v="Royalties/licences"/>
+    <s v="Euro Million"/>
+    <n v="13584"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="12"/>
+    <s v="All business services"/>
+    <s v="Euro Million"/>
+    <n v="67412"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="13"/>
+    <s v="Business services: Research and development"/>
+    <s v="Euro Million"/>
+    <n v="18133"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="14"/>
+    <s v="Business services: Operational leasing"/>
+    <s v="Euro Million"/>
+    <n v="18863"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="15"/>
+    <s v="Business services other than research and development and operational leasing"/>
+    <s v="Euro Million"/>
+    <n v="30415"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="16"/>
+    <s v="Other services not elsewhere stated"/>
+    <s v="Euro Million"/>
+    <n v="26011"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="280656"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="02"/>
+    <s v="Merchanting (net export)"/>
+    <s v="Euro Million"/>
+    <n v="24035"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="03"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="331013"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="04"/>
+    <s v="Repairs and processing"/>
+    <s v="Euro Million"/>
+    <n v="1851"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="05"/>
+    <s v="Transport"/>
+    <s v="Euro Million"/>
+    <n v="2894"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="06"/>
+    <s v="Tourism and travel"/>
+    <s v="Euro Million"/>
+    <n v="2273"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="07"/>
+    <s v="Communications"/>
+    <s v="Euro Million"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="08"/>
+    <s v="Insurance"/>
+    <s v="Euro Million"/>
+    <n v="13339"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="09"/>
+    <s v="Financial services"/>
+    <s v="Euro Million"/>
+    <n v="23214"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="10"/>
+    <s v="Computer services"/>
+    <s v="Euro Million"/>
+    <n v="186994"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="11"/>
+    <s v="Royalties/licences"/>
+    <s v="Euro Million"/>
+    <n v="16115"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="12"/>
+    <s v="All business services"/>
+    <s v="Euro Million"/>
+    <n v="57331"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="13"/>
+    <s v="Business services: Research and development"/>
+    <s v="Euro Million"/>
+    <n v="7363"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="14"/>
+    <s v="Business services: Operational leasing"/>
+    <s v="Euro Million"/>
+    <n v="17975"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="15"/>
+    <s v="Business services other than research and development and operational leasing"/>
+    <s v="Euro Million"/>
+    <n v="31991"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="16"/>
+    <s v="Other services not elsewhere stated"/>
+    <s v="Euro Million"/>
+    <n v="26758"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="01"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="354786"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="02"/>
+    <s v="Merchanting (net export)"/>
+    <s v="Euro Million"/>
+    <n v="24473"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="03"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="371648"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="04"/>
+    <s v="Repairs and processing"/>
+    <s v="Euro Million"/>
+    <n v="2343"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="05"/>
+    <s v="Transport"/>
+    <s v="Euro Million"/>
+    <n v="7795"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="06"/>
+    <s v="Tourism and travel"/>
+    <s v="Euro Million"/>
+    <n v="6801"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="07"/>
+    <s v="Communications"/>
+    <s v="Euro Million"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="08"/>
+    <s v="Insurance"/>
+    <s v="Euro Million"/>
+    <n v="14911"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="09"/>
+    <s v="Financial services"/>
+    <s v="Euro Million"/>
+    <n v="22068"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="10"/>
+    <s v="Computer services"/>
+    <s v="Euro Million"/>
+    <n v="204946"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="11"/>
+    <s v="Royalties/licences"/>
+    <s v="Euro Million"/>
+    <n v="14854"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="12"/>
+    <s v="All business services"/>
+    <s v="Euro Million"/>
+    <n v="71732"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="13"/>
+    <s v="Business services: Research and development"/>
+    <s v="Euro Million"/>
+    <n v="8440"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="14"/>
+    <s v="Business services: Operational leasing"/>
+    <s v="Euro Million"/>
+    <n v="19598"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="15"/>
+    <s v="Business services other than research and development and operational leasing"/>
+    <s v="Euro Million"/>
+    <n v="43693"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="16"/>
+    <s v="Other services not elsewhere stated"/>
+    <s v="Euro Million"/>
+    <n v="26009"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="01"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="306245"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="02"/>
+    <s v="Merchanting (net export)"/>
+    <s v="Euro Million"/>
+    <n v="27146"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="03"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="410148"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="04"/>
+    <s v="Repairs and processing"/>
+    <s v="Euro Million"/>
+    <n v="2805"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="05"/>
+    <s v="Transport"/>
+    <s v="Euro Million"/>
+    <n v="10541"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="06"/>
+    <s v="Tourism and travel"/>
+    <s v="Euro Million"/>
+    <n v="6981"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="07"/>
+    <s v="Communications"/>
+    <s v="Euro Million"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="08"/>
+    <s v="Insurance"/>
+    <s v="Euro Million"/>
+    <n v="15886"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="09"/>
+    <s v="Financial services"/>
+    <s v="Euro Million"/>
+    <n v="22987"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Computer services"/>
+    <s v="Euro Million"/>
+    <n v="234216"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="11"/>
+    <s v="Royalties/licences"/>
+    <s v="Euro Million"/>
+    <n v="16177"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="12"/>
+    <s v="All business services"/>
+    <s v="Euro Million"/>
+    <n v="71196"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="13"/>
+    <s v="Business services: Research and development"/>
+    <s v="Euro Million"/>
+    <n v="10621"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="14"/>
+    <s v="Business services: Operational leasing"/>
+    <s v="Euro Million"/>
+    <n v="19791"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="15"/>
+    <s v="Business services other than research and development and operational leasing"/>
+    <s v="Euro Million"/>
+    <n v="40783"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="16"/>
+    <s v="Other services not elsewhere stated"/>
+    <s v="Euro Million"/>
+    <n v="29184"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="01"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="327370"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="02"/>
+    <s v="Merchanting (net export)"/>
+    <s v="Euro Million"/>
+    <n v="31630"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="03"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="482967"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="04"/>
+    <s v="Repairs and processing"/>
+    <s v="Euro Million"/>
+    <n v="1164"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="05"/>
+    <s v="Transport"/>
+    <s v="Euro Million"/>
+    <n v="10767"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="06"/>
+    <s v="Tourism and travel"/>
+    <s v="Euro Million"/>
+    <n v="7256"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="07"/>
+    <s v="Communications"/>
+    <s v="Euro Million"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="08"/>
+    <s v="Insurance"/>
+    <s v="Euro Million"/>
+    <n v="17017"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="09"/>
+    <s v="Financial services"/>
+    <s v="Euro Million"/>
+    <n v="26895"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="10"/>
+    <s v="Computer services"/>
+    <s v="Euro Million"/>
+    <n v="278729"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="11"/>
+    <s v="Royalties/licences"/>
+    <s v="Euro Million"/>
+    <n v="16316"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="12"/>
+    <s v="All business services"/>
+    <s v="Euro Million"/>
+    <n v="94510"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="13"/>
+    <s v="Business services: Research and development"/>
+    <s v="Euro Million"/>
+    <n v="32681"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="14"/>
+    <s v="Business services: Operational leasing"/>
+    <s v="Euro Million"/>
+    <n v="20114"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="15"/>
+    <s v="Business services other than research and development and operational leasing"/>
+    <s v="Euro Million"/>
+    <n v="41717"/>
+  </r>
+  <r>
+    <s v="BPA19C1"/>
+    <s v="Current Account Exports"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="16"/>
+    <s v="Other services not elsewhere stated"/>
+    <s v="Euro Million"/>
+    <n v="30091"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="01"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="64974"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="02"/>
+    <s v="Merchanting (net export)"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="03"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="87425"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="04"/>
+    <s v="Repairs and processing"/>
+    <s v="Euro Million"/>
+    <n v="1434"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="05"/>
+    <s v="Transport"/>
+    <s v="Euro Million"/>
+    <n v="1547"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="06"/>
+    <s v="Tourism and travel"/>
+    <s v="Euro Million"/>
+    <n v="4609"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="07"/>
+    <s v="Communications"/>
+    <s v="Euro Million"/>
+    <n v="1087"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="08"/>
+    <s v="Insurance"/>
+    <s v="Euro Million"/>
+    <n v="5953"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="09"/>
+    <s v="Financial services"/>
+    <s v="Euro Million"/>
+    <n v="6366"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="10"/>
+    <s v="Computer services"/>
+    <s v="Euro Million"/>
+    <n v="358"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="11"/>
+    <s v="Royalties/licences"/>
+    <s v="Euro Million"/>
+    <n v="29728"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="12"/>
+    <s v="All business services"/>
+    <s v="Euro Million"/>
+    <n v="36023"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="13"/>
+    <s v="Business services: Research and development"/>
+    <s v="Euro Million"/>
+    <n v="8006"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="14"/>
+    <s v="Business services: Operational leasing"/>
+    <s v="Euro Million"/>
+    <n v="1434"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="15"/>
+    <s v="Business services other than research and development and operational leasing"/>
+    <s v="Euro Million"/>
+    <n v="26582"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="16"/>
+    <s v="Other services not elsewhere stated"/>
+    <s v="Euro Million"/>
+    <n v="322"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="01"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="64227"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="02"/>
+    <s v="Merchanting (net export)"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="03"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="100383"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="04"/>
+    <s v="Repairs and processing"/>
+    <s v="Euro Million"/>
+    <n v="984"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="05"/>
+    <s v="Transport"/>
+    <s v="Euro Million"/>
+    <n v="1587"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="06"/>
+    <s v="Tourism and travel"/>
+    <s v="Euro Million"/>
+    <n v="4748"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="07"/>
+    <s v="Communications"/>
+    <s v="Euro Million"/>
+    <n v="1082"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="08"/>
+    <s v="Insurance"/>
+    <s v="Euro Million"/>
+    <n v="5338"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="09"/>
+    <s v="Financial services"/>
+    <s v="Euro Million"/>
+    <n v="6459"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="10"/>
+    <s v="Computer services"/>
+    <s v="Euro Million"/>
+    <n v="778"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="11"/>
+    <s v="Royalties/licences"/>
+    <s v="Euro Million"/>
+    <n v="32080"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="12"/>
+    <s v="All business services"/>
+    <s v="Euro Million"/>
+    <n v="37786"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="13"/>
+    <s v="Business services: Research and development"/>
+    <s v="Euro Million"/>
+    <n v="6040"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="14"/>
+    <s v="Business services: Operational leasing"/>
+    <s v="Euro Million"/>
+    <n v="1805"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="15"/>
+    <s v="Business services other than research and development and operational leasing"/>
+    <s v="Euro Million"/>
+    <n v="29939"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="16"/>
+    <s v="Other services not elsewhere stated"/>
+    <s v="Euro Million"/>
+    <n v="9542"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="01"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="73730"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="02"/>
+    <s v="Merchanting (net export)"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="03"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="119008"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="04"/>
+    <s v="Repairs and processing"/>
+    <s v="Euro Million"/>
+    <n v="1417"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="05"/>
+    <s v="Transport"/>
+    <s v="Euro Million"/>
+    <n v="2171"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="06"/>
+    <s v="Tourism and travel"/>
+    <s v="Euro Million"/>
+    <n v="4905"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="07"/>
+    <s v="Communications"/>
+    <s v="Euro Million"/>
+    <n v="984"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="08"/>
+    <s v="Insurance"/>
+    <s v="Euro Million"/>
+    <n v="5703"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="09"/>
+    <s v="Financial services"/>
+    <s v="Euro Million"/>
+    <n v="7644"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="10"/>
+    <s v="Computer services"/>
+    <s v="Euro Million"/>
+    <n v="1446"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="11"/>
+    <s v="Royalties/licences"/>
+    <s v="Euro Million"/>
+    <n v="43553"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="12"/>
+    <s v="All business services"/>
+    <s v="Euro Million"/>
+    <n v="41048"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="13"/>
+    <s v="Business services: Research and development"/>
+    <s v="Euro Million"/>
+    <n v="8882"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="14"/>
+    <s v="Business services: Operational leasing"/>
+    <s v="Euro Million"/>
+    <n v="1311"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="15"/>
+    <s v="Business services other than research and development and operational leasing"/>
+    <s v="Euro Million"/>
+    <n v="30853"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="16"/>
+    <s v="Other services not elsewhere stated"/>
+    <s v="Euro Million"/>
+    <n v="10138"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="01"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="86933"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="02"/>
+    <s v="Merchanting (net export)"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="03"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="177224"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="04"/>
+    <s v="Repairs and processing"/>
+    <s v="Euro Million"/>
+    <n v="1803"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="05"/>
+    <s v="Transport"/>
+    <s v="Euro Million"/>
+    <n v="2719"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="06"/>
+    <s v="Tourism and travel"/>
+    <s v="Euro Million"/>
+    <n v="5340"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="07"/>
+    <s v="Communications"/>
+    <s v="Euro Million"/>
+    <n v="1033"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="08"/>
+    <s v="Insurance"/>
+    <s v="Euro Million"/>
+    <n v="7114"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="09"/>
+    <s v="Financial services"/>
+    <s v="Euro Million"/>
+    <n v="10294"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="10"/>
+    <s v="Computer services"/>
+    <s v="Euro Million"/>
+    <n v="2736"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="11"/>
+    <s v="Royalties/licences"/>
+    <s v="Euro Million"/>
+    <n v="64401"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="12"/>
+    <s v="All business services"/>
+    <s v="Euro Million"/>
+    <n v="71015"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="13"/>
+    <s v="Business services: Research and development"/>
+    <s v="Euro Million"/>
+    <n v="30449"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="14"/>
+    <s v="Business services: Operational leasing"/>
+    <s v="Euro Million"/>
+    <n v="1198"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="15"/>
+    <s v="Business services other than research and development and operational leasing"/>
+    <s v="Euro Million"/>
+    <n v="39367"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="16"/>
+    <s v="Other services not elsewhere stated"/>
+    <s v="Euro Million"/>
+    <n v="10771"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="87072"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Merchanting (net export)"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="217917"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Repairs and processing"/>
+    <s v="Euro Million"/>
+    <n v="3505"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Transport"/>
+    <s v="Euro Million"/>
+    <n v="2689"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Tourism and travel"/>
+    <s v="Euro Million"/>
+    <n v="5827"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="Communications"/>
+    <s v="Euro Million"/>
+    <n v="1165"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="08"/>
+    <s v="Insurance"/>
+    <s v="Euro Million"/>
+    <n v="6688"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="Financial services"/>
+    <s v="Euro Million"/>
+    <n v="11562"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Computer services"/>
+    <s v="Euro Million"/>
+    <n v="3012"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="11"/>
+    <s v="Royalties/licences"/>
+    <s v="Euro Million"/>
+    <n v="69557"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="All business services"/>
+    <s v="Euro Million"/>
+    <n v="99595"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="13"/>
+    <s v="Business services: Research and development"/>
+    <s v="Euro Million"/>
+    <n v="55411"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="14"/>
+    <s v="Business services: Operational leasing"/>
+    <s v="Euro Million"/>
+    <n v="1554"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Business services other than research and development and operational leasing"/>
+    <s v="Euro Million"/>
+    <n v="42632"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Other services not elsewhere stated"/>
+    <s v="Euro Million"/>
+    <n v="14318"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="88705"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="02"/>
+    <s v="Merchanting (net export)"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="03"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="234486"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="04"/>
+    <s v="Repairs and processing"/>
+    <s v="Euro Million"/>
+    <n v="4784"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="05"/>
+    <s v="Transport"/>
+    <s v="Euro Million"/>
+    <n v="2599"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="06"/>
+    <s v="Tourism and travel"/>
+    <s v="Euro Million"/>
+    <n v="6038"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="07"/>
+    <s v="Communications"/>
+    <s v="Euro Million"/>
+    <n v="677"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="08"/>
+    <s v="Insurance"/>
+    <s v="Euro Million"/>
+    <n v="6965"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="09"/>
+    <s v="Financial services"/>
+    <s v="Euro Million"/>
+    <n v="13194"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="10"/>
+    <s v="Computer services"/>
+    <s v="Euro Million"/>
+    <n v="5982"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="11"/>
+    <s v="Royalties/licences"/>
+    <s v="Euro Million"/>
+    <n v="67232"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="12"/>
+    <s v="All business services"/>
+    <s v="Euro Million"/>
+    <n v="114792"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="13"/>
+    <s v="Business services: Research and development"/>
+    <s v="Euro Million"/>
+    <n v="56165"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="14"/>
+    <s v="Business services: Operational leasing"/>
+    <s v="Euro Million"/>
+    <n v="1473"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="15"/>
+    <s v="Business services other than research and development and operational leasing"/>
+    <s v="Euro Million"/>
+    <n v="57156"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="16"/>
+    <s v="Other services not elsewhere stated"/>
+    <s v="Euro Million"/>
+    <n v="12222"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="01"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="102312"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="02"/>
+    <s v="Merchanting (net export)"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="03"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="221044"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="04"/>
+    <s v="Repairs and processing"/>
+    <s v="Euro Million"/>
+    <n v="5450"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="05"/>
+    <s v="Transport"/>
+    <s v="Euro Million"/>
+    <n v="3065"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="06"/>
+    <s v="Tourism and travel"/>
+    <s v="Euro Million"/>
+    <n v="6474"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="07"/>
+    <s v="Communications"/>
+    <s v="Euro Million"/>
+    <n v="556"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="08"/>
+    <s v="Insurance"/>
+    <s v="Euro Million"/>
+    <n v="7979"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="09"/>
+    <s v="Financial services"/>
+    <s v="Euro Million"/>
+    <n v="14019"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Computer services"/>
+    <s v="Euro Million"/>
+    <n v="6644"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="11"/>
+    <s v="Royalties/licences"/>
+    <s v="Euro Million"/>
+    <n v="73140"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="12"/>
+    <s v="All business services"/>
+    <s v="Euro Million"/>
+    <n v="91889"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="13"/>
+    <s v="Business services: Research and development"/>
+    <s v="Euro Million"/>
+    <n v="37775"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="14"/>
+    <s v="Business services: Operational leasing"/>
+    <s v="Euro Million"/>
+    <n v="1151"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="15"/>
+    <s v="Business services other than research and development and operational leasing"/>
+    <s v="Euro Million"/>
+    <n v="52965"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="16"/>
+    <s v="Other services not elsewhere stated"/>
+    <s v="Euro Million"/>
+    <n v="11829"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="01"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="107828"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="02"/>
+    <s v="Merchanting (net export)"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="03"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="352058"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="04"/>
+    <s v="Repairs and processing"/>
+    <s v="Euro Million"/>
+    <n v="6371"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="05"/>
+    <s v="Transport"/>
+    <s v="Euro Million"/>
+    <n v="4236"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="06"/>
+    <s v="Tourism and travel"/>
+    <s v="Euro Million"/>
+    <n v="7374"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="07"/>
+    <s v="Communications"/>
+    <s v="Euro Million"/>
+    <n v="544"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="08"/>
+    <s v="Insurance"/>
+    <s v="Euro Million"/>
+    <n v="8360"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="09"/>
+    <s v="Financial services"/>
+    <s v="Euro Million"/>
+    <n v="15690"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="10"/>
+    <s v="Computer services"/>
+    <s v="Euro Million"/>
+    <n v="7131"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="11"/>
+    <s v="Royalties/licences"/>
+    <s v="Euro Million"/>
+    <n v="86957"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="12"/>
+    <s v="All business services"/>
+    <s v="Euro Million"/>
+    <n v="199415"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="13"/>
+    <s v="Business services: Research and development"/>
+    <s v="Euro Million"/>
+    <n v="137088"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="14"/>
+    <s v="Business services: Operational leasing"/>
+    <s v="Euro Million"/>
+    <n v="1181"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="15"/>
+    <s v="Business services other than research and development and operational leasing"/>
+    <s v="Euro Million"/>
+    <n v="61147"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="16"/>
+    <s v="Other services not elsewhere stated"/>
+    <s v="Euro Million"/>
+    <n v="15978"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="01"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="100166"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="02"/>
+    <s v="Merchanting (net export)"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="03"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="353971"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="04"/>
+    <s v="Repairs and processing"/>
+    <s v="Euro Million"/>
+    <n v="7389"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="05"/>
+    <s v="Transport"/>
+    <s v="Euro Million"/>
+    <n v="4088"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="06"/>
+    <s v="Tourism and travel"/>
+    <s v="Euro Million"/>
+    <n v="2277"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="07"/>
+    <s v="Communications"/>
+    <s v="Euro Million"/>
+    <n v="687"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="08"/>
+    <s v="Insurance"/>
+    <s v="Euro Million"/>
+    <n v="9405"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="09"/>
+    <s v="Financial services"/>
+    <s v="Euro Million"/>
+    <n v="17532"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="Computer services"/>
+    <s v="Euro Million"/>
+    <n v="9269"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="11"/>
+    <s v="Royalties/licences"/>
+    <s v="Euro Million"/>
+    <n v="85710"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="12"/>
+    <s v="All business services"/>
+    <s v="Euro Million"/>
+    <n v="199969"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="13"/>
+    <s v="Business services: Research and development"/>
+    <s v="Euro Million"/>
+    <n v="123542"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="14"/>
+    <s v="Business services: Operational leasing"/>
+    <s v="Euro Million"/>
+    <n v="1066"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="15"/>
+    <s v="Business services other than research and development and operational leasing"/>
+    <s v="Euro Million"/>
+    <n v="75360"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="16"/>
+    <s v="Other services not elsewhere stated"/>
+    <s v="Euro Million"/>
+    <n v="17646"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="112240"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="02"/>
+    <s v="Merchanting (net export)"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="03"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="312145"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="04"/>
+    <s v="Repairs and processing"/>
+    <s v="Euro Million"/>
+    <n v="8215"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="05"/>
+    <s v="Transport"/>
+    <s v="Euro Million"/>
+    <n v="4751"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="06"/>
+    <s v="Tourism and travel"/>
+    <s v="Euro Million"/>
+    <n v="2166"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="07"/>
+    <s v="Communications"/>
+    <s v="Euro Million"/>
+    <n v="760"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="08"/>
+    <s v="Insurance"/>
+    <s v="Euro Million"/>
+    <n v="10357"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="09"/>
+    <s v="Financial services"/>
+    <s v="Euro Million"/>
+    <n v="20811"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="10"/>
+    <s v="Computer services"/>
+    <s v="Euro Million"/>
+    <n v="10462"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="11"/>
+    <s v="Royalties/licences"/>
+    <s v="Euro Million"/>
+    <n v="114277"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="12"/>
+    <s v="All business services"/>
+    <s v="Euro Million"/>
+    <n v="124540"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="13"/>
+    <s v="Business services: Research and development"/>
+    <s v="Euro Million"/>
+    <n v="46534"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="14"/>
+    <s v="Business services: Operational leasing"/>
+    <s v="Euro Million"/>
+    <n v="1601"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="15"/>
+    <s v="Business services other than research and development and operational leasing"/>
+    <s v="Euro Million"/>
+    <n v="76406"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="16"/>
+    <s v="Other services not elsewhere stated"/>
+    <s v="Euro Million"/>
+    <n v="15804"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="01"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="149653"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="02"/>
+    <s v="Merchanting (net export)"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="03"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="361951"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="04"/>
+    <s v="Repairs and processing"/>
+    <s v="Euro Million"/>
+    <n v="11244"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="05"/>
+    <s v="Transport"/>
+    <s v="Euro Million"/>
+    <n v="5915"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="06"/>
+    <s v="Tourism and travel"/>
+    <s v="Euro Million"/>
+    <n v="8183"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="07"/>
+    <s v="Communications"/>
+    <s v="Euro Million"/>
+    <n v="838"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="08"/>
+    <s v="Insurance"/>
+    <s v="Euro Million"/>
+    <n v="14235"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="09"/>
+    <s v="Financial services"/>
+    <s v="Euro Million"/>
+    <n v="20439"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="10"/>
+    <s v="Computer services"/>
+    <s v="Euro Million"/>
+    <n v="10855"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="11"/>
+    <s v="Royalties/licences"/>
+    <s v="Euro Million"/>
+    <n v="136380"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="12"/>
+    <s v="All business services"/>
+    <s v="Euro Million"/>
+    <n v="137091"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="13"/>
+    <s v="Business services: Research and development"/>
+    <s v="Euro Million"/>
+    <n v="46414"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="14"/>
+    <s v="Business services: Operational leasing"/>
+    <s v="Euro Million"/>
+    <n v="1843"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="15"/>
+    <s v="Business services other than research and development and operational leasing"/>
+    <s v="Euro Million"/>
+    <n v="88835"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="16"/>
+    <s v="Other services not elsewhere stated"/>
+    <s v="Euro Million"/>
+    <n v="16772"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="01"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="149558"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="02"/>
+    <s v="Merchanting (net export)"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="03"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="391559"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="04"/>
+    <s v="Repairs and processing"/>
+    <s v="Euro Million"/>
+    <n v="11712"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="05"/>
+    <s v="Transport"/>
+    <s v="Euro Million"/>
+    <n v="5800"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="06"/>
+    <s v="Tourism and travel"/>
+    <s v="Euro Million"/>
+    <n v="12219"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="07"/>
+    <s v="Communications"/>
+    <s v="Euro Million"/>
+    <n v="792"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="08"/>
+    <s v="Insurance"/>
+    <s v="Euro Million"/>
+    <n v="14248"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="09"/>
+    <s v="Financial services"/>
+    <s v="Euro Million"/>
+    <n v="20317"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Computer services"/>
+    <s v="Euro Million"/>
+    <n v="11603"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="11"/>
+    <s v="Royalties/licences"/>
+    <s v="Euro Million"/>
+    <n v="142506"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="12"/>
+    <s v="All business services"/>
+    <s v="Euro Million"/>
+    <n v="153514"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="13"/>
+    <s v="Business services: Research and development"/>
+    <s v="Euro Million"/>
+    <n v="56543"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="14"/>
+    <s v="Business services: Operational leasing"/>
+    <s v="Euro Million"/>
+    <n v="1684"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="15"/>
+    <s v="Business services other than research and development and operational leasing"/>
+    <s v="Euro Million"/>
+    <n v="95288"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="16"/>
+    <s v="Other services not elsewhere stated"/>
+    <s v="Euro Million"/>
+    <n v="18848"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="01"/>
+    <s v="Merchandise"/>
+    <s v="Euro Million"/>
+    <n v="151817"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="02"/>
+    <s v="Merchanting (net export)"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="03"/>
+    <s v="Services"/>
+    <s v="Euro Million"/>
+    <n v="423277"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="04"/>
+    <s v="Repairs and processing"/>
+    <s v="Euro Million"/>
+    <n v="8850"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="05"/>
+    <s v="Transport"/>
+    <s v="Euro Million"/>
+    <n v="5941"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="06"/>
+    <s v="Tourism and travel"/>
+    <s v="Euro Million"/>
+    <n v="13075"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="07"/>
+    <s v="Communications"/>
+    <s v="Euro Million"/>
+    <n v="893"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="08"/>
+    <s v="Insurance"/>
+    <s v="Euro Million"/>
+    <n v="14704"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="09"/>
+    <s v="Financial services"/>
+    <s v="Euro Million"/>
+    <n v="23602"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="10"/>
+    <s v="Computer services"/>
+    <s v="Euro Million"/>
+    <n v="16982"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="11"/>
+    <s v="Royalties/licences"/>
+    <s v="Euro Million"/>
+    <n v="164173"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="12"/>
+    <s v="All business services"/>
+    <s v="Euro Million"/>
+    <n v="152649"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="13"/>
+    <s v="Business services: Research and development"/>
+    <s v="Euro Million"/>
+    <n v="44866"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="14"/>
+    <s v="Business services: Operational leasing"/>
+    <s v="Euro Million"/>
+    <n v="1771"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="15"/>
+    <s v="Business services other than research and development and operational leasing"/>
+    <s v="Euro Million"/>
+    <n v="106012"/>
+  </r>
+  <r>
+    <s v="BPA19C2"/>
+    <s v="Current Account Imports"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="16"/>
+    <s v="Other services not elsewhere stated"/>
+    <s v="Euro Million"/>
+    <n v="22410"/>
+  </r>
+</pivotCacheRecords>
 </file>