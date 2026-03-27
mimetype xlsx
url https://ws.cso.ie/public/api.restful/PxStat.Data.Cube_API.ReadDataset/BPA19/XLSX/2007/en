--- v1 (2026-02-06)
+++ v2 (2026-03-27)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc0fb311cdeb484e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/02f9eccbccd44e45bef4c0332ce77f43.psmdcp" Id="Ra873a242fa38488e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R762bd2ce356645c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/33a45464f3684020bf14ccfab204b9e6.psmdcp" Id="Rce881bbcb789483d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>