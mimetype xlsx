--- v0 (2025-11-08)
+++ v1 (2026-02-05)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b96953ae3374ef7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d2b44129181940739ecbe271ea0d66cb.psmdcp" Id="R46dc42b618404e31" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec435df6e9e34765" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2da0cff4c19c4435b98fd1cbc5857b17.psmdcp" Id="Rd57f5b7df02d4343" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>BPA17</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Financial Account  (BPM6)</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>7/8/2025 11:00:00 AM</x:t>
+    <x:t>08/07/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/BPA17/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>IAA</x:t>
   </x:si>
   <x:si>
     <x:t>BOP/International Accounts - Annual Series</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Lucia Perez Alfaro</x:t>
   </x:si>
@@ -274,50 +274,53 @@
   </x:si>
   <x:si>
     <x:t>2019</x:t>
   </x:si>
   <x:si>
     <x:t>2020</x:t>
   </x:si>
   <x:si>
     <x:t>2021</x:t>
   </x:si>
   <x:si>
     <x:t>2022</x:t>
   </x:si>
   <x:si>
     <x:t>2023</x:t>
   </x:si>
   <x:si>
     <x:t>2024</x:t>
   </x:si>
   <x:si>
     <x:t>BPA17C2</x:t>
   </x:si>
   <x:si>
     <x:t>Liabilities</x:t>
   </x:si>
+  <x:si>
+    <x:t/>
+  </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
@@ -454,323 +457,148 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...271 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField name="BPINVES" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Investment" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H261" totalsRowShown="0">
   <x:autoFilter ref="A1:H261"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="BPINVES"/>
     <x:tableColumn id="6" name="Type of Investment"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1039,51 +867,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/BPA17/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1270,51 +1098,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H261"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="15.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="10.853482" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="55.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.567768" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>39</x:v>
@@ -4952,50 +4780,53 @@
         <x:v>16959</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:8">
       <x:c r="A141" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C141" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D141" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E141" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F141" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H141" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
     </x:row>
     <x:row r="142" spans="1:8">
       <x:c r="A142" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C142" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="D142" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E142" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F142" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G142" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H142" s="0">
         <x:v>63428</x:v>
@@ -5209,50 +5040,53 @@
         <x:v>2904</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:8">
       <x:c r="A151" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C151" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="D151" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E151" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F151" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G151" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H151" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
     </x:row>
     <x:row r="152" spans="1:8">
       <x:c r="A152" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C152" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D152" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E152" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F152" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G152" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H152" s="0">
         <x:v>200650</x:v>
@@ -5466,50 +5300,53 @@
         <x:v>2421</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:8">
       <x:c r="A161" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C161" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D161" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E161" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F161" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G161" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H161" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
     </x:row>
     <x:row r="162" spans="1:8">
       <x:c r="A162" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C162" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D162" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E162" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F162" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G162" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H162" s="0">
         <x:v>228849</x:v>
@@ -5723,50 +5560,53 @@
         <x:v>-619</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:8">
       <x:c r="A171" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C171" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D171" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E171" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F171" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G171" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H171" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
     </x:row>
     <x:row r="172" spans="1:8">
       <x:c r="A172" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C172" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D172" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="E172" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F172" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G172" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H172" s="0">
         <x:v>81619</x:v>
@@ -5980,50 +5820,53 @@
         <x:v>-6494</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:8">
       <x:c r="A181" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C181" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D181" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="E181" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F181" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G181" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H181" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
     </x:row>
     <x:row r="182" spans="1:8">
       <x:c r="A182" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C182" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D182" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E182" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F182" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G182" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H182" s="0">
         <x:v>287001</x:v>
@@ -6237,50 +6080,53 @@
         <x:v>1379</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:8">
       <x:c r="A191" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C191" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D191" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E191" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F191" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G191" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H191" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
     </x:row>
     <x:row r="192" spans="1:8">
       <x:c r="A192" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C192" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D192" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E192" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F192" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G192" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H192" s="0">
         <x:v>91708</x:v>
@@ -6494,50 +6340,53 @@
         <x:v>17085</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:8">
       <x:c r="A201" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C201" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D201" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E201" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F201" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H201" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
     </x:row>
     <x:row r="202" spans="1:8">
       <x:c r="A202" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C202" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D202" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E202" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F202" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G202" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H202" s="0">
         <x:v>326326</x:v>
@@ -6751,50 +6600,53 @@
         <x:v>235</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:8">
       <x:c r="A211" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C211" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D211" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E211" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F211" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G211" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H211" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
     </x:row>
     <x:row r="212" spans="1:8">
       <x:c r="A212" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B212" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C212" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D212" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E212" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F212" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G212" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H212" s="0">
         <x:v>258454</x:v>
@@ -7008,50 +6860,53 @@
         <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:8">
       <x:c r="A221" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C221" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D221" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E221" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F221" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G221" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H221" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
     </x:row>
     <x:row r="222" spans="1:8">
       <x:c r="A222" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B222" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C222" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D222" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E222" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F222" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G222" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H222" s="0">
         <x:v>368492</x:v>
@@ -7265,50 +7120,53 @@
         <x:v>2978</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:8">
       <x:c r="A231" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C231" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D231" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E231" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F231" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G231" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H231" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
     </x:row>
     <x:row r="232" spans="1:8">
       <x:c r="A232" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B232" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C232" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D232" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E232" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F232" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G232" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H232" s="0">
         <x:v>99751</x:v>
@@ -7522,50 +7380,53 @@
         <x:v>-9632</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:8">
       <x:c r="A241" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C241" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D241" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E241" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F241" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G241" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H241" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
     </x:row>
     <x:row r="242" spans="1:8">
       <x:c r="A242" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B242" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C242" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D242" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E242" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F242" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G242" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H242" s="0">
         <x:v>194938</x:v>
@@ -7779,50 +7640,53 @@
         <x:v>-636</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:8">
       <x:c r="A251" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C251" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D251" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E251" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F251" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G251" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H251" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
     </x:row>
     <x:row r="252" spans="1:8">
       <x:c r="A252" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B252" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C252" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D252" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E252" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F252" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G252" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H252" s="0">
         <x:v>392067</x:v>
@@ -8035,65 +7899,68 @@
       <x:c r="H260" s="0">
         <x:v>-792</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:8">
       <x:c r="A261" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C261" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D261" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E261" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F261" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G261" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H261" s="0" t="s">
+        <x:v>84</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -8110,51 +7977,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H261" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="2">
         <x:s v="BPA17C1"/>
         <x:s v="BPA17C2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="2">
         <x:s v="Assets"/>
         <x:s v="Liabilities"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="13">
         <x:s v="2012"/>
         <x:s v="2013"/>
         <x:s v="2014"/>
         <x:s v="2015"/>
         <x:s v="2016"/>
         <x:s v="2017"/>
         <x:s v="2018"/>
         <x:s v="2019"/>
         <x:s v="2020"/>
@@ -8449,27 +8316,2628 @@
         <x:n v="194938"/>
         <x:n v="153633"/>
         <x:n v="41304"/>
         <x:n v="31354"/>
         <x:n v="9950"/>
         <x:n v="-14430"/>
         <x:n v="14667"/>
         <x:n v="-29094"/>
         <x:n v="-636"/>
         <x:n v="392067"/>
         <x:n v="352501"/>
         <x:n v="39568"/>
         <x:n v="35548"/>
         <x:n v="4021"/>
         <x:n v="68718"/>
         <x:n v="38374"/>
         <x:n v="30345"/>
         <x:n v="-792"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="Euro Million"/>
+    <n v="74624"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="Euro Million"/>
+    <n v="13145"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="Euro Million"/>
+    <n v="61478"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="Euro Million"/>
+    <n v="55383"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="Euro Million"/>
+    <n v="6096"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="Euro Million"/>
+    <n v="-89980"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="Euro Million"/>
+    <n v="-86320"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="Euro Million"/>
+    <n v="-3661"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="Euro Million"/>
+    <n v="-240"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <n v="-12"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="Euro Million"/>
+    <n v="113224"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="Euro Million"/>
+    <n v="67496"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="Euro Million"/>
+    <n v="45729"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="Euro Million"/>
+    <n v="50985"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="Euro Million"/>
+    <n v="-5256"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="Euro Million"/>
+    <n v="-29955"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="Euro Million"/>
+    <n v="-18590"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="Euro Million"/>
+    <n v="-11366"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="Euro Million"/>
+    <n v="-300"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="Euro Million"/>
+    <n v="172863"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="Euro Million"/>
+    <n v="80654"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="Euro Million"/>
+    <n v="92209"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="Euro Million"/>
+    <n v="33181"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="Euro Million"/>
+    <n v="59028"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="Euro Million"/>
+    <n v="81487"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="Euro Million"/>
+    <n v="35859"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="Euro Million"/>
+    <n v="45628"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="Euro Million"/>
+    <n v="-6581"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="Euro Million"/>
+    <n v="144845"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="Euro Million"/>
+    <n v="53398"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="Euro Million"/>
+    <n v="91446"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="Euro Million"/>
+    <n v="76478"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="Euro Million"/>
+    <n v="14969"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="Euro Million"/>
+    <n v="75506"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="Euro Million"/>
+    <n v="74729"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="Euro Million"/>
+    <n v="777"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="Euro Million"/>
+    <n v="-1269"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <n v="494"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="Euro Million"/>
+    <n v="116244"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="Euro Million"/>
+    <n v="4264"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="Euro Million"/>
+    <n v="111980"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="Euro Million"/>
+    <n v="82924"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="Euro Million"/>
+    <n v="29056"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="Euro Million"/>
+    <n v="-73437"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="Euro Million"/>
+    <n v="-8866"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="Euro Million"/>
+    <n v="-64570"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="Euro Million"/>
+    <n v="-906"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <n v="1456"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="Euro Million"/>
+    <n v="252501"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="Euro Million"/>
+    <n v="91946"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="Euro Million"/>
+    <n v="160555"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="Euro Million"/>
+    <n v="123977"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="Euro Million"/>
+    <n v="36579"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="Euro Million"/>
+    <n v="-49752"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="Euro Million"/>
+    <n v="94631"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="Euro Million"/>
+    <n v="-144382"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="Euro Million"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <n v="399"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="Euro Million"/>
+    <n v="131598"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="Euro Million"/>
+    <n v="53023"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="Euro Million"/>
+    <n v="78576"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="Euro Million"/>
+    <n v="103467"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="Euro Million"/>
+    <n v="-24892"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="Euro Million"/>
+    <n v="-1359"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="Euro Million"/>
+    <n v="13885"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="Euro Million"/>
+    <n v="-15244"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="Euro Million"/>
+    <n v="14232"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <n v="762"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="Euro Million"/>
+    <n v="338961"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="Euro Million"/>
+    <n v="86013"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="Euro Million"/>
+    <n v="252949"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="Euro Million"/>
+    <n v="216413"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="Euro Million"/>
+    <n v="36535"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="Euro Million"/>
+    <n v="109954"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="Euro Million"/>
+    <n v="127875"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="Euro Million"/>
+    <n v="-17923"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="Euro Million"/>
+    <n v="-1888"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <n v="422"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="Euro Million"/>
+    <n v="250096"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="Euro Million"/>
+    <n v="102563"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="Euro Million"/>
+    <n v="147533"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="Euro Million"/>
+    <n v="97594"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="Euro Million"/>
+    <n v="49938"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="Euro Million"/>
+    <n v="172815"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="Euro Million"/>
+    <n v="149513"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="Euro Million"/>
+    <n v="23306"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="Euro Million"/>
+    <n v="-332"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <n v="1282"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="Euro Million"/>
+    <n v="358014"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="Euro Million"/>
+    <n v="191876"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="Euro Million"/>
+    <n v="166139"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="Euro Million"/>
+    <n v="124414"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="Euro Million"/>
+    <n v="41724"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="Euro Million"/>
+    <n v="5663"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="Euro Million"/>
+    <n v="43050"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="Euro Million"/>
+    <n v="-37388"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="Euro Million"/>
+    <n v="-1821"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <n v="4980"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="Euro Million"/>
+    <n v="-39044"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="Euro Million"/>
+    <n v="-8697"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="Euro Million"/>
+    <n v="-30347"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="Euro Million"/>
+    <n v="-13419"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="Euro Million"/>
+    <n v="-16928"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="Euro Million"/>
+    <n v="69274"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="Euro Million"/>
+    <n v="93945"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="Euro Million"/>
+    <n v="-24671"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="Euro Million"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <n v="485"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="Euro Million"/>
+    <n v="293513"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="Euro Million"/>
+    <n v="118759"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="Euro Million"/>
+    <n v="174754"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="Euro Million"/>
+    <n v="159198"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="Euro Million"/>
+    <n v="15556"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="Euro Million"/>
+    <n v="-96645"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="Euro Million"/>
+    <n v="43836"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="Euro Million"/>
+    <n v="-140483"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="Euro Million"/>
+    <n v="4182"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <n v="-435"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="Euro Million"/>
+    <n v="455046"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="Euro Million"/>
+    <n v="182650"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="Euro Million"/>
+    <n v="272396"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="Euro Million"/>
+    <n v="191997"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="Euro Million"/>
+    <n v="80399"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="Euro Million"/>
+    <n v="37037"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="Euro Million"/>
+    <n v="62578"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="Euro Million"/>
+    <n v="-25544"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="Euro Million"/>
+    <n v="20252"/>
+  </r>
+  <r>
+    <s v="BPA17C1"/>
+    <s v="Assets"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <n v="-138"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="Euro Million"/>
+    <n v="75390"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="Euro Million"/>
+    <n v="84729"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="Euro Million"/>
+    <n v="-9338"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="Euro Million"/>
+    <n v="-11314"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="Euro Million"/>
+    <n v="1976"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="Euro Million"/>
+    <n v="-100932"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="Euro Million"/>
+    <n v="-90172"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="Euro Million"/>
+    <n v="-10760"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="Euro Million"/>
+    <n v="16959"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="Euro Million"/>
+    <n v="63428"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="Euro Million"/>
+    <n v="75052"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="Euro Million"/>
+    <n v="-11623"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="Euro Million"/>
+    <n v="-4051"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="Euro Million"/>
+    <n v="-7573"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="Euro Million"/>
+    <n v="-2749"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="Euro Million"/>
+    <n v="-446"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="Euro Million"/>
+    <n v="-2303"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="Euro Million"/>
+    <n v="2904"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="Euro Million"/>
+    <n v="200650"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="Euro Million"/>
+    <n v="182596"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="Euro Million"/>
+    <n v="18055"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="Euro Million"/>
+    <n v="17362"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="Euro Million"/>
+    <n v="693"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="Euro Million"/>
+    <n v="50738"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="Euro Million"/>
+    <n v="11267"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="Euro Million"/>
+    <n v="39469"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="Euro Million"/>
+    <n v="2421"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="Euro Million"/>
+    <n v="228849"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="Euro Million"/>
+    <n v="181154"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="Euro Million"/>
+    <n v="47693"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="Euro Million"/>
+    <n v="44078"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="Euro Million"/>
+    <n v="3615"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="Euro Million"/>
+    <n v="-63080"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="Euro Million"/>
+    <n v="-19423"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="Euro Million"/>
+    <n v="-43657"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="Euro Million"/>
+    <n v="-619"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="Euro Million"/>
+    <n v="81619"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="Euro Million"/>
+    <n v="123864"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="Euro Million"/>
+    <n v="-42245"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="Euro Million"/>
+    <n v="-38283"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="Euro Million"/>
+    <n v="-3961"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="Euro Million"/>
+    <n v="-17588"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="Euro Million"/>
+    <n v="19256"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="Euro Million"/>
+    <n v="-36845"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="Euro Million"/>
+    <n v="-6494"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="Euro Million"/>
+    <n v="287001"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="Euro Million"/>
+    <n v="281846"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="Euro Million"/>
+    <n v="5156"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="Euro Million"/>
+    <n v="1523"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="Euro Million"/>
+    <n v="3633"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="Euro Million"/>
+    <n v="-123573"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="Euro Million"/>
+    <n v="12469"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="Euro Million"/>
+    <n v="-136042"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="Euro Million"/>
+    <n v="1379"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="Euro Million"/>
+    <n v="91708"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="Euro Million"/>
+    <n v="84850"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="Euro Million"/>
+    <n v="6857"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="Euro Million"/>
+    <n v="12483"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="Euro Million"/>
+    <n v="-5626"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="Euro Million"/>
+    <n v="86174"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="Euro Million"/>
+    <n v="76476"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="Euro Million"/>
+    <n v="9700"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="Euro Million"/>
+    <n v="17085"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="Euro Million"/>
+    <n v="326326"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="Euro Million"/>
+    <n v="255199"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="Euro Million"/>
+    <n v="71128"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="Euro Million"/>
+    <n v="68214"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="Euro Million"/>
+    <n v="2912"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="Euro Million"/>
+    <n v="114226"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="Euro Million"/>
+    <n v="51762"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="Euro Million"/>
+    <n v="62465"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="Euro Million"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="Euro Million"/>
+    <n v="258454"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="Euro Million"/>
+    <n v="187215"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="Euro Million"/>
+    <n v="71240"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="Euro Million"/>
+    <n v="61956"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="Euro Million"/>
+    <n v="9285"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="Euro Million"/>
+    <n v="103172"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="Euro Million"/>
+    <n v="44137"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="Euro Million"/>
+    <n v="59034"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="Euro Million"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="Euro Million"/>
+    <n v="368492"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="Euro Million"/>
+    <n v="288755"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="Euro Million"/>
+    <n v="79737"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="Euro Million"/>
+    <n v="78364"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="Euro Million"/>
+    <n v="1373"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="Euro Million"/>
+    <n v="-10986"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="Euro Million"/>
+    <n v="43608"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="Euro Million"/>
+    <n v="-54594"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="Euro Million"/>
+    <n v="2978"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="Euro Million"/>
+    <n v="99751"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="Euro Million"/>
+    <n v="100706"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="Euro Million"/>
+    <n v="-955"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="Euro Million"/>
+    <n v="634"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="Euro Million"/>
+    <n v="-1590"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="Euro Million"/>
+    <n v="-88436"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="Euro Million"/>
+    <n v="-43385"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="Euro Million"/>
+    <n v="-45051"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="Euro Million"/>
+    <n v="-9632"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="Euro Million"/>
+    <n v="194938"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="Euro Million"/>
+    <n v="153633"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="Euro Million"/>
+    <n v="41304"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="Euro Million"/>
+    <n v="31354"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="Euro Million"/>
+    <n v="9950"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="Euro Million"/>
+    <n v="-14430"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="Euro Million"/>
+    <n v="14667"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="Euro Million"/>
+    <n v="-29094"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="Euro Million"/>
+    <n v="-636"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="01"/>
+    <s v="Portfolio Investment: Total"/>
+    <s v="Euro Million"/>
+    <n v="392067"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="011"/>
+    <s v="Portfolio Investment: Equity"/>
+    <s v="Euro Million"/>
+    <n v="352501"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="012"/>
+    <s v="Portfolio Investment: Debt Instruments"/>
+    <s v="Euro Million"/>
+    <n v="39568"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="013"/>
+    <s v="Portfolio Investment: Bonds and Notes"/>
+    <s v="Euro Million"/>
+    <n v="35548"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="014"/>
+    <s v="Portfolio Investment: Money Market Instruments"/>
+    <s v="Euro Million"/>
+    <n v="4021"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="02"/>
+    <s v="Other Investment: Total"/>
+    <s v="Euro Million"/>
+    <n v="68718"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="021"/>
+    <s v="Loans, Currency and Deposits"/>
+    <s v="Euro Million"/>
+    <n v="38374"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="022"/>
+    <s v="Other Investment: Other(excl. Loans, Currency and Deposits)"/>
+    <s v="Euro Million"/>
+    <n v="30345"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="03"/>
+    <s v="Memorandum Item: Government Financial Transactions"/>
+    <s v="Euro Million"/>
+    <n v="-792"/>
+  </r>
+  <r>
+    <s v="BPA17C2"/>
+    <s v="Liabilities"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="04"/>
+    <s v="Reserve Assets: Total"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+</pivotCacheRecords>
 </file>